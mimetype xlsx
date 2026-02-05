--- v0 (2025-10-21)
+++ v1 (2026-02-05)
@@ -6,374 +6,367 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://educationgovuk-my.sharepoint.com/personal/peter_curtis_education_gov_uk/Documents/Documents/CSS/DevOps Repos/CSS/inst/extdata/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://educationgovuk-my.sharepoint.com/personal/sadiya_khanom_education_gov_uk/Documents/Projects/Capital%20Spend%20Survey/inst/extdata/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="135" documentId="8_{35C66E7E-F411-400E-8470-21F1705A3246}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{59B79D77-4E53-4762-8756-36E7F9B0469C}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="w8wsCUdA333iKm0DQDG4DHVrXGpaLJ18q4T26prlDIPtbFkAsovXyqSHd3nNn4rYuzliAfHV4IUX4OefBN/OaQ==" workbookSaltValue="+6DZZ8ecbQJqgehQxtuLpg==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="283" documentId="8_{35C66E7E-F411-400E-8470-21F1705A3246}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{14F2B71C-4E70-4129-AF9F-0285161145B8}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="J5vpO2bedvZBQdyOoqR2cymP6ACmhduspvCqz2JL45r9CEz5/quobnmYbJ04kAd2p9UJHVHENriAVYOHbQw4DQ==" workbookSaltValue="palX6X7kGJ4OJwMRMejQ9w==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{BC32682D-25DB-4792-AF84-B199A2F14739}"/>
+    <workbookView xWindow="-90" yWindow="-21720" windowWidth="38640" windowHeight="21120" activeTab="1" xr2:uid="{BC32682D-25DB-4792-AF84-B199A2F14739}"/>
   </bookViews>
   <sheets>
     <sheet name="GUIDE" sheetId="4" r:id="rId1"/>
     <sheet name="CSS Projects" sheetId="1" r:id="rId2"/>
     <sheet name="LookupTable" sheetId="3" state="veryHidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="blank_list">Table4[[#This Row],[Column1]]</definedName>
     <definedName name="places_type">Table1[PlacesType]</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="BH3" i="1" l="1"/>
-[...263 lines deleted...]
-  <c r="AN2" i="1"/>
+  <c r="AO3" i="1" l="1"/>
+  <c r="AO2" i="1"/>
+  <c r="AF2" i="1"/>
+  <c r="BI3" i="1" l="1"/>
+  <c r="BI4" i="1"/>
+  <c r="BI5" i="1"/>
+  <c r="BI6" i="1"/>
+  <c r="BI7" i="1"/>
+  <c r="BI8" i="1"/>
+  <c r="BI10" i="1"/>
+  <c r="BI2" i="1"/>
+  <c r="BD3" i="1"/>
+  <c r="BD4" i="1"/>
+  <c r="BD5" i="1"/>
+  <c r="BD6" i="1"/>
+  <c r="BD7" i="1"/>
+  <c r="BD8" i="1"/>
+  <c r="BD10" i="1"/>
+  <c r="BD2" i="1"/>
+  <c r="AY3" i="1"/>
+  <c r="BA3" i="1" s="1"/>
+  <c r="AY4" i="1"/>
+  <c r="BA4" i="1" s="1"/>
+  <c r="AY5" i="1"/>
+  <c r="BA5" i="1" s="1"/>
+  <c r="AY6" i="1"/>
+  <c r="BA6" i="1" s="1"/>
+  <c r="AY7" i="1"/>
+  <c r="BA7" i="1" s="1"/>
+  <c r="AY8" i="1"/>
+  <c r="BA8" i="1" s="1"/>
+  <c r="AY10" i="1"/>
+  <c r="BA10" i="1" s="1"/>
+  <c r="AY2" i="1"/>
+  <c r="BA2" i="1" s="1"/>
+  <c r="AO4" i="1"/>
+  <c r="AO5" i="1"/>
+  <c r="AO6" i="1"/>
+  <c r="AO7" i="1"/>
+  <c r="AO8" i="1"/>
+  <c r="AO10" i="1"/>
+  <c r="AO11" i="1"/>
+  <c r="AO12" i="1"/>
+  <c r="AO13" i="1"/>
+  <c r="AO14" i="1"/>
+  <c r="AO15" i="1"/>
+  <c r="AO16" i="1"/>
+  <c r="AO17" i="1"/>
+  <c r="AO18" i="1"/>
+  <c r="AO19" i="1"/>
+  <c r="AO20" i="1"/>
+  <c r="AO21" i="1"/>
+  <c r="AO22" i="1"/>
+  <c r="AO23" i="1"/>
+  <c r="AO24" i="1"/>
+  <c r="AO25" i="1"/>
+  <c r="AO26" i="1"/>
+  <c r="AO27" i="1"/>
+  <c r="AO28" i="1"/>
+  <c r="AO29" i="1"/>
+  <c r="AO30" i="1"/>
+  <c r="AO31" i="1"/>
+  <c r="AO32" i="1"/>
+  <c r="AO33" i="1"/>
+  <c r="AO34" i="1"/>
+  <c r="AO35" i="1"/>
+  <c r="AO36" i="1"/>
+  <c r="AO37" i="1"/>
+  <c r="AO38" i="1"/>
+  <c r="AO39" i="1"/>
+  <c r="AO40" i="1"/>
+  <c r="AO41" i="1"/>
+  <c r="AO42" i="1"/>
+  <c r="AO43" i="1"/>
+  <c r="AO44" i="1"/>
+  <c r="AO45" i="1"/>
+  <c r="AO46" i="1"/>
+  <c r="AO47" i="1"/>
+  <c r="AO48" i="1"/>
+  <c r="AO49" i="1"/>
+  <c r="AO50" i="1"/>
+  <c r="AO51" i="1"/>
+  <c r="AO52" i="1"/>
+  <c r="AO53" i="1"/>
+  <c r="AO54" i="1"/>
+  <c r="AO55" i="1"/>
+  <c r="AO56" i="1"/>
+  <c r="AO57" i="1"/>
+  <c r="AO58" i="1"/>
+  <c r="AO59" i="1"/>
+  <c r="AO60" i="1"/>
+  <c r="AO61" i="1"/>
+  <c r="AO62" i="1"/>
+  <c r="AO63" i="1"/>
+  <c r="AO64" i="1"/>
+  <c r="AO65" i="1"/>
+  <c r="AO66" i="1"/>
+  <c r="AO67" i="1"/>
+  <c r="AO68" i="1"/>
+  <c r="AO69" i="1"/>
+  <c r="AO70" i="1"/>
+  <c r="AO71" i="1"/>
+  <c r="AO72" i="1"/>
+  <c r="AO73" i="1"/>
+  <c r="AO74" i="1"/>
+  <c r="AO75" i="1"/>
+  <c r="AO76" i="1"/>
+  <c r="AO77" i="1"/>
+  <c r="AO78" i="1"/>
+  <c r="AO79" i="1"/>
+  <c r="AO80" i="1"/>
+  <c r="AO81" i="1"/>
+  <c r="AO82" i="1"/>
+  <c r="AO83" i="1"/>
+  <c r="AO84" i="1"/>
+  <c r="AO85" i="1"/>
+  <c r="AO86" i="1"/>
+  <c r="AO87" i="1"/>
+  <c r="AO88" i="1"/>
+  <c r="AO89" i="1"/>
+  <c r="AO90" i="1"/>
+  <c r="AO91" i="1"/>
+  <c r="AO92" i="1"/>
+  <c r="AO93" i="1"/>
+  <c r="AO94" i="1"/>
+  <c r="AO95" i="1"/>
+  <c r="AO96" i="1"/>
+  <c r="AO97" i="1"/>
+  <c r="AO98" i="1"/>
+  <c r="AO99" i="1"/>
+  <c r="AO100" i="1"/>
+  <c r="AO101" i="1"/>
+  <c r="AO102" i="1"/>
+  <c r="AO103" i="1"/>
+  <c r="AO104" i="1"/>
+  <c r="AO105" i="1"/>
+  <c r="AO106" i="1"/>
+  <c r="AO107" i="1"/>
+  <c r="AO108" i="1"/>
+  <c r="AO109" i="1"/>
+  <c r="AO110" i="1"/>
+  <c r="AO111" i="1"/>
+  <c r="AO112" i="1"/>
+  <c r="AO113" i="1"/>
+  <c r="AO114" i="1"/>
+  <c r="AO115" i="1"/>
+  <c r="AO116" i="1"/>
+  <c r="AO117" i="1"/>
+  <c r="AO118" i="1"/>
+  <c r="AO119" i="1"/>
+  <c r="AO120" i="1"/>
+  <c r="AO121" i="1"/>
+  <c r="AO122" i="1"/>
+  <c r="AO123" i="1"/>
+  <c r="AO124" i="1"/>
+  <c r="AO125" i="1"/>
+  <c r="AO126" i="1"/>
+  <c r="AO127" i="1"/>
+  <c r="AO128" i="1"/>
+  <c r="AO129" i="1"/>
+  <c r="AO130" i="1"/>
+  <c r="AO131" i="1"/>
+  <c r="AO132" i="1"/>
+  <c r="AO133" i="1"/>
+  <c r="AO134" i="1"/>
+  <c r="AO135" i="1"/>
+  <c r="AO136" i="1"/>
+  <c r="AO137" i="1"/>
+  <c r="AO138" i="1"/>
+  <c r="AO139" i="1"/>
+  <c r="AO140" i="1"/>
+  <c r="AO141" i="1"/>
+  <c r="AO142" i="1"/>
+  <c r="AO143" i="1"/>
+  <c r="AO144" i="1"/>
+  <c r="AO145" i="1"/>
+  <c r="AO146" i="1"/>
+  <c r="AO147" i="1"/>
+  <c r="AO148" i="1"/>
+  <c r="AO149" i="1"/>
+  <c r="AO150" i="1"/>
+  <c r="AO151" i="1"/>
+  <c r="AO152" i="1"/>
+  <c r="AO153" i="1"/>
+  <c r="AO154" i="1"/>
+  <c r="AO155" i="1"/>
+  <c r="AO156" i="1"/>
+  <c r="AO157" i="1"/>
+  <c r="AO158" i="1"/>
+  <c r="AO159" i="1"/>
+  <c r="AO160" i="1"/>
+  <c r="AO161" i="1"/>
+  <c r="AO162" i="1"/>
+  <c r="AO163" i="1"/>
+  <c r="AO164" i="1"/>
+  <c r="AO165" i="1"/>
+  <c r="AO166" i="1"/>
+  <c r="AO167" i="1"/>
+  <c r="AO168" i="1"/>
+  <c r="AO169" i="1"/>
+  <c r="AO170" i="1"/>
+  <c r="AO171" i="1"/>
+  <c r="AO172" i="1"/>
+  <c r="AO173" i="1"/>
+  <c r="AO174" i="1"/>
+  <c r="AO175" i="1"/>
+  <c r="AO176" i="1"/>
+  <c r="AO177" i="1"/>
+  <c r="AO178" i="1"/>
+  <c r="AO179" i="1"/>
+  <c r="AO180" i="1"/>
+  <c r="AO181" i="1"/>
+  <c r="AO182" i="1"/>
+  <c r="AO183" i="1"/>
+  <c r="AO184" i="1"/>
+  <c r="AO185" i="1"/>
+  <c r="AO186" i="1"/>
+  <c r="AO187" i="1"/>
+  <c r="AO188" i="1"/>
+  <c r="AO189" i="1"/>
+  <c r="AO190" i="1"/>
+  <c r="AO191" i="1"/>
+  <c r="AO192" i="1"/>
+  <c r="AO193" i="1"/>
+  <c r="AO194" i="1"/>
+  <c r="AO195" i="1"/>
+  <c r="AO196" i="1"/>
+  <c r="AO197" i="1"/>
+  <c r="AO198" i="1"/>
+  <c r="AO199" i="1"/>
+  <c r="AO200" i="1"/>
+  <c r="AO201" i="1"/>
+  <c r="AO202" i="1"/>
+  <c r="AO203" i="1"/>
+  <c r="AO204" i="1"/>
+  <c r="AO205" i="1"/>
+  <c r="AO206" i="1"/>
+  <c r="AO207" i="1"/>
+  <c r="AO208" i="1"/>
+  <c r="AO209" i="1"/>
+  <c r="AO210" i="1"/>
+  <c r="AO211" i="1"/>
+  <c r="AO212" i="1"/>
+  <c r="AO213" i="1"/>
+  <c r="AO214" i="1"/>
+  <c r="AO215" i="1"/>
+  <c r="AO216" i="1"/>
+  <c r="AO217" i="1"/>
+  <c r="AO218" i="1"/>
+  <c r="AO219" i="1"/>
+  <c r="AO220" i="1"/>
+  <c r="AO221" i="1"/>
+  <c r="AO222" i="1"/>
+  <c r="AO223" i="1"/>
+  <c r="AO224" i="1"/>
+  <c r="AO225" i="1"/>
+  <c r="AO226" i="1"/>
+  <c r="AO227" i="1"/>
+  <c r="AO228" i="1"/>
+  <c r="AO229" i="1"/>
+  <c r="AO230" i="1"/>
   <c r="AF3" i="1"/>
   <c r="AF4" i="1"/>
   <c r="AF5" i="1"/>
   <c r="AF6" i="1"/>
   <c r="AF7" i="1"/>
   <c r="AF8" i="1"/>
-  <c r="AF9" i="1"/>
   <c r="AF10" i="1"/>
-  <c r="AF2" i="1"/>
   <c r="N3" i="1"/>
   <c r="N4" i="1"/>
   <c r="N5" i="1"/>
   <c r="N6" i="1"/>
   <c r="N7" i="1"/>
   <c r="N8" i="1"/>
-  <c r="N9" i="1"/>
   <c r="N10" i="1"/>
   <c r="N11" i="1"/>
   <c r="N12" i="1"/>
   <c r="N13" i="1"/>
   <c r="N14" i="1"/>
   <c r="N15" i="1"/>
   <c r="N16" i="1"/>
   <c r="N17" i="1"/>
   <c r="N18" i="1"/>
   <c r="N19" i="1"/>
   <c r="N20" i="1"/>
   <c r="N21" i="1"/>
   <c r="N22" i="1"/>
   <c r="N23" i="1"/>
   <c r="N24" i="1"/>
   <c r="N25" i="1"/>
   <c r="N26" i="1"/>
   <c r="N27" i="1"/>
   <c r="N28" i="1"/>
   <c r="N29" i="1"/>
   <c r="N30" i="1"/>
   <c r="N31" i="1"/>
   <c r="N32" i="1"/>
   <c r="N33" i="1"/>
   <c r="N34" i="1"/>
@@ -589,1115 +582,1115 @@
   <c r="N244" i="1"/>
   <c r="N245" i="1"/>
   <c r="N246" i="1"/>
   <c r="N247" i="1"/>
   <c r="N248" i="1"/>
   <c r="N249" i="1"/>
   <c r="N250" i="1"/>
   <c r="N251" i="1"/>
   <c r="N252" i="1"/>
   <c r="N253" i="1"/>
   <c r="N254" i="1"/>
   <c r="N255" i="1"/>
   <c r="N256" i="1"/>
   <c r="N257" i="1"/>
   <c r="N258" i="1"/>
   <c r="N259" i="1"/>
   <c r="N260" i="1"/>
   <c r="N261" i="1"/>
   <c r="N262" i="1"/>
   <c r="N263" i="1"/>
   <c r="N264" i="1"/>
   <c r="N265" i="1"/>
   <c r="N266" i="1"/>
   <c r="N267" i="1"/>
   <c r="N268" i="1"/>
-  <c r="BH11" i="1"/>
-[...1063 lines deleted...]
-  <c r="AN268" i="1"/>
+  <c r="BI11" i="1"/>
+  <c r="BI12" i="1"/>
+  <c r="BI13" i="1"/>
+  <c r="BI14" i="1"/>
+  <c r="BI15" i="1"/>
+  <c r="BI16" i="1"/>
+  <c r="BI17" i="1"/>
+  <c r="BI18" i="1"/>
+  <c r="BI19" i="1"/>
+  <c r="BI20" i="1"/>
+  <c r="BI21" i="1"/>
+  <c r="BI22" i="1"/>
+  <c r="BI23" i="1"/>
+  <c r="BI24" i="1"/>
+  <c r="BI25" i="1"/>
+  <c r="BI26" i="1"/>
+  <c r="BI27" i="1"/>
+  <c r="BI28" i="1"/>
+  <c r="BI29" i="1"/>
+  <c r="BI30" i="1"/>
+  <c r="BI31" i="1"/>
+  <c r="BI32" i="1"/>
+  <c r="BI33" i="1"/>
+  <c r="BI34" i="1"/>
+  <c r="BI35" i="1"/>
+  <c r="BI36" i="1"/>
+  <c r="BI37" i="1"/>
+  <c r="BI38" i="1"/>
+  <c r="BI39" i="1"/>
+  <c r="BI40" i="1"/>
+  <c r="BI41" i="1"/>
+  <c r="BI42" i="1"/>
+  <c r="BI43" i="1"/>
+  <c r="BI44" i="1"/>
+  <c r="BI45" i="1"/>
+  <c r="BI46" i="1"/>
+  <c r="BI47" i="1"/>
+  <c r="BI48" i="1"/>
+  <c r="BI49" i="1"/>
+  <c r="BI50" i="1"/>
+  <c r="BI51" i="1"/>
+  <c r="BI52" i="1"/>
+  <c r="BI53" i="1"/>
+  <c r="BI54" i="1"/>
+  <c r="BI55" i="1"/>
+  <c r="BI56" i="1"/>
+  <c r="BI57" i="1"/>
+  <c r="BI58" i="1"/>
+  <c r="BI59" i="1"/>
+  <c r="BI60" i="1"/>
+  <c r="BI61" i="1"/>
+  <c r="BI62" i="1"/>
+  <c r="BI63" i="1"/>
+  <c r="BI64" i="1"/>
+  <c r="BI65" i="1"/>
+  <c r="BI66" i="1"/>
+  <c r="BI67" i="1"/>
+  <c r="BI68" i="1"/>
+  <c r="BI69" i="1"/>
+  <c r="BI70" i="1"/>
+  <c r="BI71" i="1"/>
+  <c r="BI72" i="1"/>
+  <c r="BI73" i="1"/>
+  <c r="BI74" i="1"/>
+  <c r="BI75" i="1"/>
+  <c r="BI76" i="1"/>
+  <c r="BI77" i="1"/>
+  <c r="BI78" i="1"/>
+  <c r="BI79" i="1"/>
+  <c r="BI80" i="1"/>
+  <c r="BI81" i="1"/>
+  <c r="BI82" i="1"/>
+  <c r="BI83" i="1"/>
+  <c r="BI84" i="1"/>
+  <c r="BI85" i="1"/>
+  <c r="BI86" i="1"/>
+  <c r="BI87" i="1"/>
+  <c r="BI88" i="1"/>
+  <c r="BI89" i="1"/>
+  <c r="BI90" i="1"/>
+  <c r="BI91" i="1"/>
+  <c r="BI92" i="1"/>
+  <c r="BI93" i="1"/>
+  <c r="BI94" i="1"/>
+  <c r="BI95" i="1"/>
+  <c r="BI96" i="1"/>
+  <c r="BI97" i="1"/>
+  <c r="BI98" i="1"/>
+  <c r="BI99" i="1"/>
+  <c r="BI100" i="1"/>
+  <c r="BI101" i="1"/>
+  <c r="BI102" i="1"/>
+  <c r="BI103" i="1"/>
+  <c r="BI104" i="1"/>
+  <c r="BI105" i="1"/>
+  <c r="BI106" i="1"/>
+  <c r="BI107" i="1"/>
+  <c r="BI108" i="1"/>
+  <c r="BI109" i="1"/>
+  <c r="BI110" i="1"/>
+  <c r="BI111" i="1"/>
+  <c r="BI112" i="1"/>
+  <c r="BI113" i="1"/>
+  <c r="BI114" i="1"/>
+  <c r="BI115" i="1"/>
+  <c r="BI116" i="1"/>
+  <c r="BI117" i="1"/>
+  <c r="BI118" i="1"/>
+  <c r="BI119" i="1"/>
+  <c r="BI120" i="1"/>
+  <c r="BI121" i="1"/>
+  <c r="BI122" i="1"/>
+  <c r="BI123" i="1"/>
+  <c r="BI124" i="1"/>
+  <c r="BI125" i="1"/>
+  <c r="BI126" i="1"/>
+  <c r="BI127" i="1"/>
+  <c r="BI128" i="1"/>
+  <c r="BI129" i="1"/>
+  <c r="BI130" i="1"/>
+  <c r="BI131" i="1"/>
+  <c r="BI132" i="1"/>
+  <c r="BI133" i="1"/>
+  <c r="BI134" i="1"/>
+  <c r="BI135" i="1"/>
+  <c r="BI136" i="1"/>
+  <c r="BI137" i="1"/>
+  <c r="BI138" i="1"/>
+  <c r="BI139" i="1"/>
+  <c r="BI140" i="1"/>
+  <c r="BI141" i="1"/>
+  <c r="BI142" i="1"/>
+  <c r="BI143" i="1"/>
+  <c r="BI144" i="1"/>
+  <c r="BI145" i="1"/>
+  <c r="BI146" i="1"/>
+  <c r="BI147" i="1"/>
+  <c r="BI148" i="1"/>
+  <c r="BI149" i="1"/>
+  <c r="BI150" i="1"/>
+  <c r="BI151" i="1"/>
+  <c r="BI152" i="1"/>
+  <c r="BI153" i="1"/>
+  <c r="BI154" i="1"/>
+  <c r="BI155" i="1"/>
+  <c r="BI156" i="1"/>
+  <c r="BI157" i="1"/>
+  <c r="BI158" i="1"/>
+  <c r="BI159" i="1"/>
+  <c r="BI160" i="1"/>
+  <c r="BI161" i="1"/>
+  <c r="BI162" i="1"/>
+  <c r="BI163" i="1"/>
+  <c r="BI164" i="1"/>
+  <c r="BI165" i="1"/>
+  <c r="BI166" i="1"/>
+  <c r="BI167" i="1"/>
+  <c r="BI168" i="1"/>
+  <c r="BI169" i="1"/>
+  <c r="BI170" i="1"/>
+  <c r="BI171" i="1"/>
+  <c r="BI172" i="1"/>
+  <c r="BI173" i="1"/>
+  <c r="BI174" i="1"/>
+  <c r="BI175" i="1"/>
+  <c r="BI176" i="1"/>
+  <c r="BI177" i="1"/>
+  <c r="BI178" i="1"/>
+  <c r="BI179" i="1"/>
+  <c r="BI180" i="1"/>
+  <c r="BI181" i="1"/>
+  <c r="BI182" i="1"/>
+  <c r="BI183" i="1"/>
+  <c r="BI184" i="1"/>
+  <c r="BI185" i="1"/>
+  <c r="BI186" i="1"/>
+  <c r="BI187" i="1"/>
+  <c r="BI188" i="1"/>
+  <c r="BI189" i="1"/>
+  <c r="BI190" i="1"/>
+  <c r="BI191" i="1"/>
+  <c r="BI192" i="1"/>
+  <c r="BI193" i="1"/>
+  <c r="BI194" i="1"/>
+  <c r="BI195" i="1"/>
+  <c r="BI196" i="1"/>
+  <c r="BI197" i="1"/>
+  <c r="BI198" i="1"/>
+  <c r="BI199" i="1"/>
+  <c r="BI200" i="1"/>
+  <c r="BI201" i="1"/>
+  <c r="BI202" i="1"/>
+  <c r="BI203" i="1"/>
+  <c r="BI204" i="1"/>
+  <c r="BI205" i="1"/>
+  <c r="BI206" i="1"/>
+  <c r="BI207" i="1"/>
+  <c r="BI208" i="1"/>
+  <c r="BI209" i="1"/>
+  <c r="BI210" i="1"/>
+  <c r="BI211" i="1"/>
+  <c r="BI212" i="1"/>
+  <c r="BI213" i="1"/>
+  <c r="BI214" i="1"/>
+  <c r="BI215" i="1"/>
+  <c r="BI216" i="1"/>
+  <c r="BI217" i="1"/>
+  <c r="BI218" i="1"/>
+  <c r="BI219" i="1"/>
+  <c r="BI220" i="1"/>
+  <c r="BI221" i="1"/>
+  <c r="BI222" i="1"/>
+  <c r="BI223" i="1"/>
+  <c r="BI224" i="1"/>
+  <c r="BI225" i="1"/>
+  <c r="BI226" i="1"/>
+  <c r="BI227" i="1"/>
+  <c r="BI228" i="1"/>
+  <c r="BI229" i="1"/>
+  <c r="BI230" i="1"/>
+  <c r="BI232" i="1"/>
+  <c r="BI233" i="1"/>
+  <c r="BI234" i="1"/>
+  <c r="BI235" i="1"/>
+  <c r="BI236" i="1"/>
+  <c r="BI237" i="1"/>
+  <c r="BI238" i="1"/>
+  <c r="BI239" i="1"/>
+  <c r="BI240" i="1"/>
+  <c r="BI241" i="1"/>
+  <c r="BI242" i="1"/>
+  <c r="BI243" i="1"/>
+  <c r="BI244" i="1"/>
+  <c r="BI245" i="1"/>
+  <c r="BI246" i="1"/>
+  <c r="BI247" i="1"/>
+  <c r="BI248" i="1"/>
+  <c r="BI249" i="1"/>
+  <c r="BI250" i="1"/>
+  <c r="BI251" i="1"/>
+  <c r="BI252" i="1"/>
+  <c r="BI253" i="1"/>
+  <c r="BI254" i="1"/>
+  <c r="BI255" i="1"/>
+  <c r="BI256" i="1"/>
+  <c r="BI257" i="1"/>
+  <c r="BI258" i="1"/>
+  <c r="BI259" i="1"/>
+  <c r="BI260" i="1"/>
+  <c r="BI261" i="1"/>
+  <c r="BI262" i="1"/>
+  <c r="BI263" i="1"/>
+  <c r="BI264" i="1"/>
+  <c r="BI265" i="1"/>
+  <c r="BI266" i="1"/>
+  <c r="BI267" i="1"/>
+  <c r="BI268" i="1"/>
+  <c r="BD11" i="1"/>
+  <c r="BD12" i="1"/>
+  <c r="BD13" i="1"/>
+  <c r="BD14" i="1"/>
+  <c r="BD15" i="1"/>
+  <c r="BD16" i="1"/>
+  <c r="BD17" i="1"/>
+  <c r="BD18" i="1"/>
+  <c r="BD19" i="1"/>
+  <c r="BD20" i="1"/>
+  <c r="BD21" i="1"/>
+  <c r="BD22" i="1"/>
+  <c r="BD23" i="1"/>
+  <c r="BD24" i="1"/>
+  <c r="BD25" i="1"/>
+  <c r="BD26" i="1"/>
+  <c r="BD27" i="1"/>
+  <c r="BD28" i="1"/>
+  <c r="BD29" i="1"/>
+  <c r="BD30" i="1"/>
+  <c r="BD31" i="1"/>
+  <c r="BD32" i="1"/>
+  <c r="BD33" i="1"/>
+  <c r="BD34" i="1"/>
+  <c r="BD35" i="1"/>
+  <c r="BD36" i="1"/>
+  <c r="BD37" i="1"/>
+  <c r="BD38" i="1"/>
+  <c r="BD39" i="1"/>
+  <c r="BD40" i="1"/>
+  <c r="BD41" i="1"/>
+  <c r="BD42" i="1"/>
+  <c r="BD43" i="1"/>
+  <c r="BD44" i="1"/>
+  <c r="BD45" i="1"/>
+  <c r="BD46" i="1"/>
+  <c r="BD47" i="1"/>
+  <c r="BD48" i="1"/>
+  <c r="BD49" i="1"/>
+  <c r="BD50" i="1"/>
+  <c r="BD51" i="1"/>
+  <c r="BD52" i="1"/>
+  <c r="BD53" i="1"/>
+  <c r="BD54" i="1"/>
+  <c r="BD55" i="1"/>
+  <c r="BD56" i="1"/>
+  <c r="BD57" i="1"/>
+  <c r="BD58" i="1"/>
+  <c r="BD59" i="1"/>
+  <c r="BD60" i="1"/>
+  <c r="BD61" i="1"/>
+  <c r="BD62" i="1"/>
+  <c r="BD63" i="1"/>
+  <c r="BD64" i="1"/>
+  <c r="BD65" i="1"/>
+  <c r="BD66" i="1"/>
+  <c r="BD67" i="1"/>
+  <c r="BD68" i="1"/>
+  <c r="BD69" i="1"/>
+  <c r="BD70" i="1"/>
+  <c r="BD71" i="1"/>
+  <c r="BD72" i="1"/>
+  <c r="BD73" i="1"/>
+  <c r="BD74" i="1"/>
+  <c r="BD75" i="1"/>
+  <c r="BD76" i="1"/>
+  <c r="BD77" i="1"/>
+  <c r="BD78" i="1"/>
+  <c r="BD79" i="1"/>
+  <c r="BD80" i="1"/>
+  <c r="BD81" i="1"/>
+  <c r="BD82" i="1"/>
+  <c r="BD83" i="1"/>
+  <c r="BD84" i="1"/>
+  <c r="BD85" i="1"/>
+  <c r="BD86" i="1"/>
+  <c r="BD87" i="1"/>
+  <c r="BD88" i="1"/>
+  <c r="BD89" i="1"/>
+  <c r="BD90" i="1"/>
+  <c r="BD91" i="1"/>
+  <c r="BD92" i="1"/>
+  <c r="BD93" i="1"/>
+  <c r="BD94" i="1"/>
+  <c r="BD95" i="1"/>
+  <c r="BD96" i="1"/>
+  <c r="BD97" i="1"/>
+  <c r="BD98" i="1"/>
+  <c r="BD99" i="1"/>
+  <c r="BD100" i="1"/>
+  <c r="BD101" i="1"/>
+  <c r="BD102" i="1"/>
+  <c r="BD103" i="1"/>
+  <c r="BD104" i="1"/>
+  <c r="BD105" i="1"/>
+  <c r="BD106" i="1"/>
+  <c r="BD107" i="1"/>
+  <c r="BD108" i="1"/>
+  <c r="BD109" i="1"/>
+  <c r="BD110" i="1"/>
+  <c r="BD111" i="1"/>
+  <c r="BD112" i="1"/>
+  <c r="BD113" i="1"/>
+  <c r="BD114" i="1"/>
+  <c r="BD115" i="1"/>
+  <c r="BD116" i="1"/>
+  <c r="BD117" i="1"/>
+  <c r="BD118" i="1"/>
+  <c r="BD119" i="1"/>
+  <c r="BD120" i="1"/>
+  <c r="BD121" i="1"/>
+  <c r="BD122" i="1"/>
+  <c r="BD123" i="1"/>
+  <c r="BD124" i="1"/>
+  <c r="BD125" i="1"/>
+  <c r="BD126" i="1"/>
+  <c r="BD127" i="1"/>
+  <c r="BD128" i="1"/>
+  <c r="BD129" i="1"/>
+  <c r="BD130" i="1"/>
+  <c r="BD131" i="1"/>
+  <c r="BD132" i="1"/>
+  <c r="BD133" i="1"/>
+  <c r="BD134" i="1"/>
+  <c r="BD135" i="1"/>
+  <c r="BD136" i="1"/>
+  <c r="BD137" i="1"/>
+  <c r="BD138" i="1"/>
+  <c r="BD139" i="1"/>
+  <c r="BD140" i="1"/>
+  <c r="BD141" i="1"/>
+  <c r="BD142" i="1"/>
+  <c r="BD143" i="1"/>
+  <c r="BD144" i="1"/>
+  <c r="BD145" i="1"/>
+  <c r="BD146" i="1"/>
+  <c r="BD147" i="1"/>
+  <c r="BD148" i="1"/>
+  <c r="BD149" i="1"/>
+  <c r="BD150" i="1"/>
+  <c r="BD151" i="1"/>
+  <c r="BD152" i="1"/>
+  <c r="BD153" i="1"/>
+  <c r="BD154" i="1"/>
+  <c r="BD155" i="1"/>
+  <c r="BD156" i="1"/>
+  <c r="BD157" i="1"/>
+  <c r="BD158" i="1"/>
+  <c r="BD159" i="1"/>
+  <c r="BD160" i="1"/>
+  <c r="BD161" i="1"/>
+  <c r="BD162" i="1"/>
+  <c r="BD163" i="1"/>
+  <c r="BD164" i="1"/>
+  <c r="BD165" i="1"/>
+  <c r="BD166" i="1"/>
+  <c r="BD167" i="1"/>
+  <c r="BD168" i="1"/>
+  <c r="BD169" i="1"/>
+  <c r="BD170" i="1"/>
+  <c r="BD171" i="1"/>
+  <c r="BD172" i="1"/>
+  <c r="BD173" i="1"/>
+  <c r="BD174" i="1"/>
+  <c r="BD175" i="1"/>
+  <c r="BD176" i="1"/>
+  <c r="BD177" i="1"/>
+  <c r="BD178" i="1"/>
+  <c r="BD179" i="1"/>
+  <c r="BD180" i="1"/>
+  <c r="BD181" i="1"/>
+  <c r="BD182" i="1"/>
+  <c r="BD183" i="1"/>
+  <c r="BD184" i="1"/>
+  <c r="BD185" i="1"/>
+  <c r="BD186" i="1"/>
+  <c r="BD187" i="1"/>
+  <c r="BD188" i="1"/>
+  <c r="BD189" i="1"/>
+  <c r="BD190" i="1"/>
+  <c r="BD191" i="1"/>
+  <c r="BD192" i="1"/>
+  <c r="BD193" i="1"/>
+  <c r="BD194" i="1"/>
+  <c r="BD195" i="1"/>
+  <c r="BD196" i="1"/>
+  <c r="BD197" i="1"/>
+  <c r="BD198" i="1"/>
+  <c r="BD199" i="1"/>
+  <c r="BD200" i="1"/>
+  <c r="BD201" i="1"/>
+  <c r="BD202" i="1"/>
+  <c r="BD203" i="1"/>
+  <c r="BD204" i="1"/>
+  <c r="BD205" i="1"/>
+  <c r="BD206" i="1"/>
+  <c r="BD207" i="1"/>
+  <c r="BD208" i="1"/>
+  <c r="BD209" i="1"/>
+  <c r="BD210" i="1"/>
+  <c r="BD211" i="1"/>
+  <c r="BD212" i="1"/>
+  <c r="BD213" i="1"/>
+  <c r="BD214" i="1"/>
+  <c r="BD215" i="1"/>
+  <c r="BD216" i="1"/>
+  <c r="BD217" i="1"/>
+  <c r="BD218" i="1"/>
+  <c r="BD219" i="1"/>
+  <c r="BD220" i="1"/>
+  <c r="BD221" i="1"/>
+  <c r="BD222" i="1"/>
+  <c r="BD223" i="1"/>
+  <c r="BD224" i="1"/>
+  <c r="BD225" i="1"/>
+  <c r="BD226" i="1"/>
+  <c r="BD227" i="1"/>
+  <c r="BD228" i="1"/>
+  <c r="BD229" i="1"/>
+  <c r="BD230" i="1"/>
+  <c r="BD232" i="1"/>
+  <c r="BD233" i="1"/>
+  <c r="BD234" i="1"/>
+  <c r="BD235" i="1"/>
+  <c r="BD236" i="1"/>
+  <c r="BD237" i="1"/>
+  <c r="BD238" i="1"/>
+  <c r="BD239" i="1"/>
+  <c r="BD240" i="1"/>
+  <c r="BD241" i="1"/>
+  <c r="BD242" i="1"/>
+  <c r="BD243" i="1"/>
+  <c r="BD244" i="1"/>
+  <c r="BD245" i="1"/>
+  <c r="BD246" i="1"/>
+  <c r="BD247" i="1"/>
+  <c r="BD248" i="1"/>
+  <c r="BD249" i="1"/>
+  <c r="BD250" i="1"/>
+  <c r="BD251" i="1"/>
+  <c r="BD252" i="1"/>
+  <c r="BD253" i="1"/>
+  <c r="BD254" i="1"/>
+  <c r="BD255" i="1"/>
+  <c r="BD256" i="1"/>
+  <c r="BD257" i="1"/>
+  <c r="BD258" i="1"/>
+  <c r="BD259" i="1"/>
+  <c r="BD260" i="1"/>
+  <c r="BD261" i="1"/>
+  <c r="BD262" i="1"/>
+  <c r="BD263" i="1"/>
+  <c r="BD264" i="1"/>
+  <c r="BD265" i="1"/>
+  <c r="BD266" i="1"/>
+  <c r="BD267" i="1"/>
+  <c r="BD268" i="1"/>
+  <c r="AY11" i="1"/>
+  <c r="BA11" i="1" s="1"/>
+  <c r="AY12" i="1"/>
+  <c r="BA12" i="1" s="1"/>
+  <c r="AY13" i="1"/>
+  <c r="BA13" i="1" s="1"/>
+  <c r="AY14" i="1"/>
+  <c r="BA14" i="1" s="1"/>
+  <c r="AY15" i="1"/>
+  <c r="BA15" i="1" s="1"/>
+  <c r="AY16" i="1"/>
+  <c r="BA16" i="1" s="1"/>
+  <c r="AY17" i="1"/>
+  <c r="BA17" i="1" s="1"/>
+  <c r="AY18" i="1"/>
+  <c r="BA18" i="1" s="1"/>
+  <c r="AY19" i="1"/>
+  <c r="BA19" i="1" s="1"/>
+  <c r="AY20" i="1"/>
+  <c r="BA20" i="1" s="1"/>
+  <c r="AY21" i="1"/>
+  <c r="BA21" i="1" s="1"/>
+  <c r="AY22" i="1"/>
+  <c r="BA22" i="1" s="1"/>
+  <c r="AY23" i="1"/>
+  <c r="BA23" i="1" s="1"/>
+  <c r="AY24" i="1"/>
+  <c r="BA24" i="1" s="1"/>
+  <c r="AY25" i="1"/>
+  <c r="BA25" i="1" s="1"/>
+  <c r="AY26" i="1"/>
+  <c r="BA26" i="1" s="1"/>
+  <c r="AY27" i="1"/>
+  <c r="BA27" i="1" s="1"/>
+  <c r="AY28" i="1"/>
+  <c r="BA28" i="1" s="1"/>
+  <c r="AY29" i="1"/>
+  <c r="BA29" i="1" s="1"/>
+  <c r="AY30" i="1"/>
+  <c r="BA30" i="1" s="1"/>
+  <c r="AY31" i="1"/>
+  <c r="BA31" i="1" s="1"/>
+  <c r="AY32" i="1"/>
+  <c r="BA32" i="1" s="1"/>
+  <c r="AY33" i="1"/>
+  <c r="BA33" i="1" s="1"/>
+  <c r="AY34" i="1"/>
+  <c r="BA34" i="1" s="1"/>
+  <c r="AY35" i="1"/>
+  <c r="BA35" i="1" s="1"/>
+  <c r="AY36" i="1"/>
+  <c r="BA36" i="1" s="1"/>
+  <c r="AY37" i="1"/>
+  <c r="BA37" i="1" s="1"/>
+  <c r="AY38" i="1"/>
+  <c r="BA38" i="1" s="1"/>
+  <c r="AY39" i="1"/>
+  <c r="BA39" i="1" s="1"/>
+  <c r="AY40" i="1"/>
+  <c r="BA40" i="1" s="1"/>
+  <c r="AY41" i="1"/>
+  <c r="BA41" i="1" s="1"/>
+  <c r="AY42" i="1"/>
+  <c r="BA42" i="1" s="1"/>
+  <c r="AY43" i="1"/>
+  <c r="BA43" i="1" s="1"/>
+  <c r="AY44" i="1"/>
+  <c r="BA44" i="1" s="1"/>
+  <c r="AY45" i="1"/>
+  <c r="BA45" i="1" s="1"/>
+  <c r="AY46" i="1"/>
+  <c r="BA46" i="1" s="1"/>
+  <c r="AY47" i="1"/>
+  <c r="BA47" i="1" s="1"/>
+  <c r="AY48" i="1"/>
+  <c r="BA48" i="1" s="1"/>
+  <c r="AY49" i="1"/>
+  <c r="BA49" i="1" s="1"/>
+  <c r="AY50" i="1"/>
+  <c r="BA50" i="1" s="1"/>
+  <c r="AY51" i="1"/>
+  <c r="BA51" i="1" s="1"/>
+  <c r="AY52" i="1"/>
+  <c r="BA52" i="1" s="1"/>
+  <c r="AY53" i="1"/>
+  <c r="BA53" i="1" s="1"/>
+  <c r="AY54" i="1"/>
+  <c r="BA54" i="1" s="1"/>
+  <c r="AY55" i="1"/>
+  <c r="BA55" i="1" s="1"/>
+  <c r="AY56" i="1"/>
+  <c r="BA56" i="1" s="1"/>
+  <c r="AY57" i="1"/>
+  <c r="BA57" i="1" s="1"/>
+  <c r="AY58" i="1"/>
+  <c r="BA58" i="1" s="1"/>
+  <c r="AY59" i="1"/>
+  <c r="BA59" i="1" s="1"/>
+  <c r="AY60" i="1"/>
+  <c r="BA60" i="1" s="1"/>
+  <c r="AY61" i="1"/>
+  <c r="BA61" i="1" s="1"/>
+  <c r="AY62" i="1"/>
+  <c r="BA62" i="1" s="1"/>
+  <c r="AY63" i="1"/>
+  <c r="BA63" i="1" s="1"/>
+  <c r="AY64" i="1"/>
+  <c r="BA64" i="1" s="1"/>
+  <c r="AY65" i="1"/>
+  <c r="BA65" i="1" s="1"/>
+  <c r="AY66" i="1"/>
+  <c r="BA66" i="1" s="1"/>
+  <c r="AY67" i="1"/>
+  <c r="BA67" i="1" s="1"/>
+  <c r="AY68" i="1"/>
+  <c r="BA68" i="1" s="1"/>
+  <c r="AY69" i="1"/>
+  <c r="BA69" i="1" s="1"/>
+  <c r="AY70" i="1"/>
+  <c r="BA70" i="1" s="1"/>
+  <c r="AY71" i="1"/>
+  <c r="BA71" i="1" s="1"/>
+  <c r="AY72" i="1"/>
+  <c r="BA72" i="1" s="1"/>
+  <c r="AY73" i="1"/>
+  <c r="BA73" i="1" s="1"/>
+  <c r="AY74" i="1"/>
+  <c r="BA74" i="1" s="1"/>
+  <c r="AY75" i="1"/>
+  <c r="BA75" i="1" s="1"/>
+  <c r="AY76" i="1"/>
+  <c r="BA76" i="1" s="1"/>
+  <c r="AY77" i="1"/>
+  <c r="BA77" i="1" s="1"/>
+  <c r="AY78" i="1"/>
+  <c r="BA78" i="1" s="1"/>
+  <c r="AY79" i="1"/>
+  <c r="BA79" i="1" s="1"/>
+  <c r="AY80" i="1"/>
+  <c r="BA80" i="1" s="1"/>
+  <c r="AY81" i="1"/>
+  <c r="BA81" i="1" s="1"/>
+  <c r="AY82" i="1"/>
+  <c r="BA82" i="1" s="1"/>
+  <c r="AY83" i="1"/>
+  <c r="BA83" i="1" s="1"/>
+  <c r="AY84" i="1"/>
+  <c r="BA84" i="1" s="1"/>
+  <c r="AY85" i="1"/>
+  <c r="BA85" i="1" s="1"/>
+  <c r="AY86" i="1"/>
+  <c r="BA86" i="1" s="1"/>
+  <c r="AY87" i="1"/>
+  <c r="BA87" i="1" s="1"/>
+  <c r="AY88" i="1"/>
+  <c r="BA88" i="1" s="1"/>
+  <c r="AY89" i="1"/>
+  <c r="BA89" i="1" s="1"/>
+  <c r="AY90" i="1"/>
+  <c r="BA90" i="1" s="1"/>
+  <c r="AY91" i="1"/>
+  <c r="BA91" i="1" s="1"/>
+  <c r="AY92" i="1"/>
+  <c r="BA92" i="1" s="1"/>
+  <c r="AY93" i="1"/>
+  <c r="BA93" i="1" s="1"/>
+  <c r="AY94" i="1"/>
+  <c r="BA94" i="1" s="1"/>
+  <c r="AY95" i="1"/>
+  <c r="BA95" i="1" s="1"/>
+  <c r="AY96" i="1"/>
+  <c r="BA96" i="1" s="1"/>
+  <c r="AY97" i="1"/>
+  <c r="BA97" i="1" s="1"/>
+  <c r="AY98" i="1"/>
+  <c r="BA98" i="1" s="1"/>
+  <c r="AY99" i="1"/>
+  <c r="BA99" i="1" s="1"/>
+  <c r="AY100" i="1"/>
+  <c r="BA100" i="1" s="1"/>
+  <c r="AY101" i="1"/>
+  <c r="BA101" i="1" s="1"/>
+  <c r="AY102" i="1"/>
+  <c r="BA102" i="1" s="1"/>
+  <c r="AY103" i="1"/>
+  <c r="BA103" i="1" s="1"/>
+  <c r="AY104" i="1"/>
+  <c r="BA104" i="1" s="1"/>
+  <c r="AY105" i="1"/>
+  <c r="BA105" i="1" s="1"/>
+  <c r="AY106" i="1"/>
+  <c r="BA106" i="1" s="1"/>
+  <c r="AY107" i="1"/>
+  <c r="BA107" i="1" s="1"/>
+  <c r="AY108" i="1"/>
+  <c r="BA108" i="1" s="1"/>
+  <c r="AY109" i="1"/>
+  <c r="BA109" i="1" s="1"/>
+  <c r="AY110" i="1"/>
+  <c r="BA110" i="1" s="1"/>
+  <c r="AY111" i="1"/>
+  <c r="BA111" i="1" s="1"/>
+  <c r="AY112" i="1"/>
+  <c r="BA112" i="1" s="1"/>
+  <c r="AY113" i="1"/>
+  <c r="BA113" i="1" s="1"/>
+  <c r="AY114" i="1"/>
+  <c r="BA114" i="1" s="1"/>
+  <c r="AY115" i="1"/>
+  <c r="BA115" i="1" s="1"/>
+  <c r="AY116" i="1"/>
+  <c r="BA116" i="1" s="1"/>
+  <c r="AY117" i="1"/>
+  <c r="BA117" i="1" s="1"/>
+  <c r="AY118" i="1"/>
+  <c r="BA118" i="1" s="1"/>
+  <c r="AY119" i="1"/>
+  <c r="BA119" i="1" s="1"/>
+  <c r="AY120" i="1"/>
+  <c r="BA120" i="1" s="1"/>
+  <c r="AY121" i="1"/>
+  <c r="BA121" i="1" s="1"/>
+  <c r="AY122" i="1"/>
+  <c r="BA122" i="1" s="1"/>
+  <c r="AY123" i="1"/>
+  <c r="BA123" i="1" s="1"/>
+  <c r="AY124" i="1"/>
+  <c r="BA124" i="1" s="1"/>
+  <c r="AY125" i="1"/>
+  <c r="BA125" i="1" s="1"/>
+  <c r="AY126" i="1"/>
+  <c r="BA126" i="1" s="1"/>
+  <c r="AY127" i="1"/>
+  <c r="BA127" i="1" s="1"/>
+  <c r="AY128" i="1"/>
+  <c r="BA128" i="1" s="1"/>
+  <c r="AY129" i="1"/>
+  <c r="BA129" i="1" s="1"/>
+  <c r="AY130" i="1"/>
+  <c r="BA130" i="1" s="1"/>
+  <c r="AY131" i="1"/>
+  <c r="BA131" i="1" s="1"/>
+  <c r="AY132" i="1"/>
+  <c r="BA132" i="1" s="1"/>
+  <c r="AY133" i="1"/>
+  <c r="BA133" i="1" s="1"/>
+  <c r="AY134" i="1"/>
+  <c r="BA134" i="1" s="1"/>
+  <c r="AY135" i="1"/>
+  <c r="BA135" i="1" s="1"/>
+  <c r="AY136" i="1"/>
+  <c r="BA136" i="1" s="1"/>
+  <c r="AY137" i="1"/>
+  <c r="BA137" i="1" s="1"/>
+  <c r="AY138" i="1"/>
+  <c r="BA138" i="1" s="1"/>
+  <c r="AY139" i="1"/>
+  <c r="BA139" i="1" s="1"/>
+  <c r="AY140" i="1"/>
+  <c r="BA140" i="1" s="1"/>
+  <c r="AY141" i="1"/>
+  <c r="BA141" i="1" s="1"/>
+  <c r="AY142" i="1"/>
+  <c r="BA142" i="1" s="1"/>
+  <c r="AY143" i="1"/>
+  <c r="BA143" i="1" s="1"/>
+  <c r="AY144" i="1"/>
+  <c r="BA144" i="1" s="1"/>
+  <c r="AY145" i="1"/>
+  <c r="BA145" i="1" s="1"/>
+  <c r="AY146" i="1"/>
+  <c r="BA146" i="1" s="1"/>
+  <c r="AY147" i="1"/>
+  <c r="BA147" i="1" s="1"/>
+  <c r="AY148" i="1"/>
+  <c r="BA148" i="1" s="1"/>
+  <c r="AY149" i="1"/>
+  <c r="BA149" i="1" s="1"/>
+  <c r="AY150" i="1"/>
+  <c r="BA150" i="1" s="1"/>
+  <c r="AY151" i="1"/>
+  <c r="BA151" i="1" s="1"/>
+  <c r="AY152" i="1"/>
+  <c r="BA152" i="1" s="1"/>
+  <c r="AY153" i="1"/>
+  <c r="BA153" i="1" s="1"/>
+  <c r="AY154" i="1"/>
+  <c r="BA154" i="1" s="1"/>
+  <c r="AY155" i="1"/>
+  <c r="BA155" i="1" s="1"/>
+  <c r="AY156" i="1"/>
+  <c r="BA156" i="1" s="1"/>
+  <c r="AY157" i="1"/>
+  <c r="BA157" i="1" s="1"/>
+  <c r="AY158" i="1"/>
+  <c r="BA158" i="1" s="1"/>
+  <c r="AY159" i="1"/>
+  <c r="BA159" i="1" s="1"/>
+  <c r="AY160" i="1"/>
+  <c r="BA160" i="1" s="1"/>
+  <c r="AY161" i="1"/>
+  <c r="BA161" i="1" s="1"/>
+  <c r="AY162" i="1"/>
+  <c r="BA162" i="1" s="1"/>
+  <c r="AY163" i="1"/>
+  <c r="BA163" i="1" s="1"/>
+  <c r="AY164" i="1"/>
+  <c r="BA164" i="1" s="1"/>
+  <c r="AY165" i="1"/>
+  <c r="BA165" i="1" s="1"/>
+  <c r="AY166" i="1"/>
+  <c r="BA166" i="1" s="1"/>
+  <c r="AY167" i="1"/>
+  <c r="BA167" i="1" s="1"/>
+  <c r="AY168" i="1"/>
+  <c r="BA168" i="1" s="1"/>
+  <c r="AY169" i="1"/>
+  <c r="BA169" i="1" s="1"/>
+  <c r="AY170" i="1"/>
+  <c r="BA170" i="1" s="1"/>
+  <c r="AY171" i="1"/>
+  <c r="BA171" i="1" s="1"/>
+  <c r="AY172" i="1"/>
+  <c r="BA172" i="1" s="1"/>
+  <c r="AY173" i="1"/>
+  <c r="BA173" i="1" s="1"/>
+  <c r="AY174" i="1"/>
+  <c r="BA174" i="1" s="1"/>
+  <c r="AY175" i="1"/>
+  <c r="BA175" i="1" s="1"/>
+  <c r="AY176" i="1"/>
+  <c r="BA176" i="1" s="1"/>
+  <c r="AY177" i="1"/>
+  <c r="BA177" i="1" s="1"/>
+  <c r="AY178" i="1"/>
+  <c r="BA178" i="1" s="1"/>
+  <c r="AY179" i="1"/>
+  <c r="BA179" i="1" s="1"/>
+  <c r="AY180" i="1"/>
+  <c r="BA180" i="1" s="1"/>
+  <c r="AY181" i="1"/>
+  <c r="BA181" i="1" s="1"/>
+  <c r="AY182" i="1"/>
+  <c r="BA182" i="1" s="1"/>
+  <c r="AY183" i="1"/>
+  <c r="BA183" i="1" s="1"/>
+  <c r="AY184" i="1"/>
+  <c r="BA184" i="1" s="1"/>
+  <c r="AY185" i="1"/>
+  <c r="BA185" i="1" s="1"/>
+  <c r="AY186" i="1"/>
+  <c r="BA186" i="1" s="1"/>
+  <c r="AY187" i="1"/>
+  <c r="BA187" i="1" s="1"/>
+  <c r="AY188" i="1"/>
+  <c r="BA188" i="1" s="1"/>
+  <c r="AY189" i="1"/>
+  <c r="BA189" i="1" s="1"/>
+  <c r="AY190" i="1"/>
+  <c r="BA190" i="1" s="1"/>
+  <c r="AY191" i="1"/>
+  <c r="BA191" i="1" s="1"/>
+  <c r="AY192" i="1"/>
+  <c r="BA192" i="1" s="1"/>
+  <c r="AY193" i="1"/>
+  <c r="BA193" i="1" s="1"/>
+  <c r="AY194" i="1"/>
+  <c r="BA194" i="1" s="1"/>
+  <c r="AY195" i="1"/>
+  <c r="BA195" i="1" s="1"/>
+  <c r="AY196" i="1"/>
+  <c r="BA196" i="1" s="1"/>
+  <c r="AY197" i="1"/>
+  <c r="BA197" i="1" s="1"/>
+  <c r="AY198" i="1"/>
+  <c r="BA198" i="1" s="1"/>
+  <c r="AY199" i="1"/>
+  <c r="BA199" i="1" s="1"/>
+  <c r="AY200" i="1"/>
+  <c r="BA200" i="1" s="1"/>
+  <c r="AY201" i="1"/>
+  <c r="BA201" i="1" s="1"/>
+  <c r="AY202" i="1"/>
+  <c r="BA202" i="1" s="1"/>
+  <c r="AY203" i="1"/>
+  <c r="BA203" i="1" s="1"/>
+  <c r="AY204" i="1"/>
+  <c r="BA204" i="1" s="1"/>
+  <c r="AY205" i="1"/>
+  <c r="BA205" i="1" s="1"/>
+  <c r="AY206" i="1"/>
+  <c r="BA206" i="1" s="1"/>
+  <c r="AY207" i="1"/>
+  <c r="BA207" i="1" s="1"/>
+  <c r="AY208" i="1"/>
+  <c r="BA208" i="1" s="1"/>
+  <c r="AY209" i="1"/>
+  <c r="BA209" i="1" s="1"/>
+  <c r="AY210" i="1"/>
+  <c r="BA210" i="1" s="1"/>
+  <c r="AY211" i="1"/>
+  <c r="BA211" i="1" s="1"/>
+  <c r="AY212" i="1"/>
+  <c r="BA212" i="1" s="1"/>
+  <c r="AY213" i="1"/>
+  <c r="BA213" i="1" s="1"/>
+  <c r="AY214" i="1"/>
+  <c r="BA214" i="1" s="1"/>
+  <c r="AY215" i="1"/>
+  <c r="BA215" i="1" s="1"/>
+  <c r="AY216" i="1"/>
+  <c r="BA216" i="1" s="1"/>
+  <c r="AY217" i="1"/>
+  <c r="BA217" i="1" s="1"/>
+  <c r="AY218" i="1"/>
+  <c r="BA218" i="1" s="1"/>
+  <c r="AY219" i="1"/>
+  <c r="BA219" i="1" s="1"/>
+  <c r="AY220" i="1"/>
+  <c r="BA220" i="1" s="1"/>
+  <c r="AY221" i="1"/>
+  <c r="BA221" i="1" s="1"/>
+  <c r="AY222" i="1"/>
+  <c r="BA222" i="1" s="1"/>
+  <c r="AY223" i="1"/>
+  <c r="BA223" i="1" s="1"/>
+  <c r="AY224" i="1"/>
+  <c r="BA224" i="1" s="1"/>
+  <c r="AY225" i="1"/>
+  <c r="BA225" i="1" s="1"/>
+  <c r="AY226" i="1"/>
+  <c r="BA226" i="1" s="1"/>
+  <c r="AY227" i="1"/>
+  <c r="BA227" i="1" s="1"/>
+  <c r="AY228" i="1"/>
+  <c r="BA228" i="1" s="1"/>
+  <c r="AY229" i="1"/>
+  <c r="BA229" i="1" s="1"/>
+  <c r="AY230" i="1"/>
+  <c r="BA230" i="1" s="1"/>
+  <c r="AY232" i="1"/>
+  <c r="BA232" i="1" s="1"/>
+  <c r="AY233" i="1"/>
+  <c r="BA233" i="1" s="1"/>
+  <c r="AY234" i="1"/>
+  <c r="BA234" i="1" s="1"/>
+  <c r="AY235" i="1"/>
+  <c r="BA235" i="1" s="1"/>
+  <c r="AY236" i="1"/>
+  <c r="BA236" i="1" s="1"/>
+  <c r="AY237" i="1"/>
+  <c r="BA237" i="1" s="1"/>
+  <c r="AY238" i="1"/>
+  <c r="BA238" i="1" s="1"/>
+  <c r="AY239" i="1"/>
+  <c r="BA239" i="1" s="1"/>
+  <c r="AY240" i="1"/>
+  <c r="BA240" i="1" s="1"/>
+  <c r="AY241" i="1"/>
+  <c r="BA241" i="1" s="1"/>
+  <c r="AY242" i="1"/>
+  <c r="BA242" i="1" s="1"/>
+  <c r="AY243" i="1"/>
+  <c r="BA243" i="1" s="1"/>
+  <c r="AY244" i="1"/>
+  <c r="BA244" i="1" s="1"/>
+  <c r="AY245" i="1"/>
+  <c r="BA245" i="1" s="1"/>
+  <c r="AY246" i="1"/>
+  <c r="BA246" i="1" s="1"/>
+  <c r="AY247" i="1"/>
+  <c r="BA247" i="1" s="1"/>
+  <c r="AY248" i="1"/>
+  <c r="BA248" i="1" s="1"/>
+  <c r="AY249" i="1"/>
+  <c r="BA249" i="1" s="1"/>
+  <c r="AY250" i="1"/>
+  <c r="BA250" i="1" s="1"/>
+  <c r="AY251" i="1"/>
+  <c r="BA251" i="1" s="1"/>
+  <c r="AY252" i="1"/>
+  <c r="BA252" i="1" s="1"/>
+  <c r="AY253" i="1"/>
+  <c r="BA253" i="1" s="1"/>
+  <c r="AY254" i="1"/>
+  <c r="BA254" i="1" s="1"/>
+  <c r="AY255" i="1"/>
+  <c r="BA255" i="1" s="1"/>
+  <c r="AY256" i="1"/>
+  <c r="BA256" i="1" s="1"/>
+  <c r="AY257" i="1"/>
+  <c r="BA257" i="1" s="1"/>
+  <c r="AY258" i="1"/>
+  <c r="BA258" i="1" s="1"/>
+  <c r="AY259" i="1"/>
+  <c r="BA259" i="1" s="1"/>
+  <c r="AY260" i="1"/>
+  <c r="BA260" i="1" s="1"/>
+  <c r="AY261" i="1"/>
+  <c r="BA261" i="1" s="1"/>
+  <c r="AY262" i="1"/>
+  <c r="BA262" i="1" s="1"/>
+  <c r="AY263" i="1"/>
+  <c r="BA263" i="1" s="1"/>
+  <c r="AY264" i="1"/>
+  <c r="BA264" i="1" s="1"/>
+  <c r="AY265" i="1"/>
+  <c r="BA265" i="1" s="1"/>
+  <c r="AY266" i="1"/>
+  <c r="BA266" i="1" s="1"/>
+  <c r="AY267" i="1"/>
+  <c r="BA267" i="1" s="1"/>
+  <c r="AY268" i="1"/>
+  <c r="BA268" i="1" s="1"/>
+  <c r="AO232" i="1"/>
+  <c r="AO233" i="1"/>
+  <c r="AO234" i="1"/>
+  <c r="AO235" i="1"/>
+  <c r="AO236" i="1"/>
+  <c r="AO237" i="1"/>
+  <c r="AO238" i="1"/>
+  <c r="AO239" i="1"/>
+  <c r="AO240" i="1"/>
+  <c r="AO241" i="1"/>
+  <c r="AO242" i="1"/>
+  <c r="AO243" i="1"/>
+  <c r="AO244" i="1"/>
+  <c r="AO245" i="1"/>
+  <c r="AO246" i="1"/>
+  <c r="AO247" i="1"/>
+  <c r="AO248" i="1"/>
+  <c r="AO249" i="1"/>
+  <c r="AO250" i="1"/>
+  <c r="AO251" i="1"/>
+  <c r="AO252" i="1"/>
+  <c r="AO253" i="1"/>
+  <c r="AO254" i="1"/>
+  <c r="AO255" i="1"/>
+  <c r="AO256" i="1"/>
+  <c r="AO257" i="1"/>
+  <c r="AO258" i="1"/>
+  <c r="AO259" i="1"/>
+  <c r="AO260" i="1"/>
+  <c r="AO261" i="1"/>
+  <c r="AO262" i="1"/>
+  <c r="AO263" i="1"/>
+  <c r="AO264" i="1"/>
+  <c r="AO265" i="1"/>
+  <c r="AO266" i="1"/>
+  <c r="AO267" i="1"/>
+  <c r="AO268" i="1"/>
   <c r="AF11" i="1"/>
   <c r="AF12" i="1"/>
   <c r="AF13" i="1"/>
   <c r="AF14" i="1"/>
   <c r="AF15" i="1"/>
   <c r="AF16" i="1"/>
   <c r="AF17" i="1"/>
   <c r="AF18" i="1"/>
   <c r="AF19" i="1"/>
   <c r="AF20" i="1"/>
   <c r="AF21" i="1"/>
   <c r="AF22" i="1"/>
   <c r="AF23" i="1"/>
   <c r="AF24" i="1"/>
   <c r="AF25" i="1"/>
   <c r="AF26" i="1"/>
   <c r="AF27" i="1"/>
   <c r="AF28" i="1"/>
   <c r="AF29" i="1"/>
   <c r="AF30" i="1"/>
   <c r="AF31" i="1"/>
   <c r="AF32" i="1"/>
   <c r="AF33" i="1"/>
   <c r="AF34" i="1"/>
   <c r="AF35" i="1"/>
@@ -1911,321 +1904,320 @@
   <c r="AF244" i="1"/>
   <c r="AF245" i="1"/>
   <c r="AF246" i="1"/>
   <c r="AF247" i="1"/>
   <c r="AF248" i="1"/>
   <c r="AF249" i="1"/>
   <c r="AF250" i="1"/>
   <c r="AF251" i="1"/>
   <c r="AF252" i="1"/>
   <c r="AF253" i="1"/>
   <c r="AF254" i="1"/>
   <c r="AF255" i="1"/>
   <c r="AF256" i="1"/>
   <c r="AF257" i="1"/>
   <c r="AF258" i="1"/>
   <c r="AF259" i="1"/>
   <c r="AF260" i="1"/>
   <c r="AF261" i="1"/>
   <c r="AF262" i="1"/>
   <c r="AF263" i="1"/>
   <c r="AF264" i="1"/>
   <c r="AF265" i="1"/>
   <c r="AF266" i="1"/>
   <c r="AF267" i="1"/>
   <c r="AF268" i="1"/>
-  <c r="BI8" i="1" l="1"/>
-[...264 lines deleted...]
-  <c r="BI87" i="1"/>
+  <c r="BJ8" i="1" l="1"/>
+  <c r="BJ5" i="1"/>
+  <c r="BJ4" i="1"/>
+  <c r="BJ3" i="1"/>
+  <c r="BJ7" i="1"/>
+  <c r="BJ6" i="1"/>
+  <c r="BJ10" i="1"/>
+  <c r="BJ2" i="1"/>
+  <c r="BJ118" i="1"/>
+  <c r="BJ261" i="1"/>
+  <c r="BJ229" i="1"/>
+  <c r="BJ197" i="1"/>
+  <c r="BJ165" i="1"/>
+  <c r="BJ133" i="1"/>
+  <c r="BJ101" i="1"/>
+  <c r="BJ93" i="1"/>
+  <c r="BJ69" i="1"/>
+  <c r="BJ37" i="1"/>
+  <c r="BJ259" i="1"/>
+  <c r="BJ243" i="1"/>
+  <c r="BJ235" i="1"/>
+  <c r="BJ227" i="1"/>
+  <c r="BJ211" i="1"/>
+  <c r="BJ203" i="1"/>
+  <c r="BJ195" i="1"/>
+  <c r="BJ187" i="1"/>
+  <c r="BJ179" i="1"/>
+  <c r="BJ171" i="1"/>
+  <c r="BJ155" i="1"/>
+  <c r="BJ147" i="1"/>
+  <c r="BJ139" i="1"/>
+  <c r="BJ131" i="1"/>
+  <c r="BJ123" i="1"/>
+  <c r="BJ115" i="1"/>
+  <c r="BJ107" i="1"/>
+  <c r="BJ99" i="1"/>
+  <c r="BJ91" i="1"/>
+  <c r="BJ83" i="1"/>
+  <c r="BJ75" i="1"/>
+  <c r="BJ67" i="1"/>
+  <c r="BJ59" i="1"/>
+  <c r="BJ51" i="1"/>
+  <c r="BJ43" i="1"/>
+  <c r="BJ35" i="1"/>
+  <c r="BJ27" i="1"/>
+  <c r="BJ19" i="1"/>
+  <c r="BJ11" i="1"/>
+  <c r="BJ267" i="1"/>
+  <c r="BJ251" i="1"/>
+  <c r="BJ219" i="1"/>
+  <c r="BJ193" i="1"/>
+  <c r="BJ177" i="1"/>
+  <c r="BJ153" i="1"/>
+  <c r="BJ97" i="1"/>
+  <c r="BJ65" i="1"/>
+  <c r="BJ49" i="1"/>
+  <c r="BJ25" i="1"/>
+  <c r="BJ225" i="1"/>
+  <c r="BJ185" i="1"/>
+  <c r="BJ57" i="1"/>
+  <c r="BJ266" i="1"/>
+  <c r="BJ258" i="1"/>
+  <c r="BJ250" i="1"/>
+  <c r="BJ242" i="1"/>
+  <c r="BJ234" i="1"/>
+  <c r="BJ226" i="1"/>
+  <c r="BJ218" i="1"/>
+  <c r="BJ210" i="1"/>
+  <c r="BJ202" i="1"/>
+  <c r="BJ194" i="1"/>
+  <c r="BJ186" i="1"/>
+  <c r="BJ178" i="1"/>
+  <c r="BJ170" i="1"/>
+  <c r="BJ162" i="1"/>
+  <c r="BJ154" i="1"/>
+  <c r="BJ146" i="1"/>
+  <c r="BJ138" i="1"/>
+  <c r="BJ130" i="1"/>
+  <c r="BJ122" i="1"/>
+  <c r="BJ114" i="1"/>
+  <c r="BJ106" i="1"/>
+  <c r="BJ98" i="1"/>
+  <c r="BJ90" i="1"/>
+  <c r="BJ82" i="1"/>
+  <c r="BJ74" i="1"/>
+  <c r="BJ66" i="1"/>
+  <c r="BJ58" i="1"/>
+  <c r="BJ50" i="1"/>
+  <c r="BJ42" i="1"/>
+  <c r="BJ34" i="1"/>
+  <c r="BJ26" i="1"/>
+  <c r="BJ18" i="1"/>
+  <c r="BJ253" i="1"/>
+  <c r="BJ245" i="1"/>
+  <c r="BJ237" i="1"/>
+  <c r="BJ221" i="1"/>
+  <c r="BJ213" i="1"/>
+  <c r="BJ205" i="1"/>
+  <c r="BJ189" i="1"/>
+  <c r="BJ181" i="1"/>
+  <c r="BJ173" i="1"/>
+  <c r="BJ157" i="1"/>
+  <c r="BJ149" i="1"/>
+  <c r="BJ141" i="1"/>
+  <c r="BJ125" i="1"/>
+  <c r="BJ117" i="1"/>
+  <c r="BJ109" i="1"/>
+  <c r="BJ85" i="1"/>
+  <c r="BJ77" i="1"/>
+  <c r="BJ61" i="1"/>
+  <c r="BJ53" i="1"/>
+  <c r="BJ45" i="1"/>
+  <c r="BJ29" i="1"/>
+  <c r="BJ21" i="1"/>
+  <c r="BJ13" i="1"/>
+  <c r="BJ246" i="1"/>
+  <c r="BJ214" i="1"/>
+  <c r="BJ182" i="1"/>
+  <c r="BJ150" i="1"/>
+  <c r="BJ86" i="1"/>
+  <c r="BJ54" i="1"/>
+  <c r="BJ22" i="1"/>
+  <c r="BJ264" i="1"/>
+  <c r="BJ256" i="1"/>
+  <c r="BJ248" i="1"/>
+  <c r="BJ240" i="1"/>
+  <c r="BJ232" i="1"/>
+  <c r="BJ224" i="1"/>
+  <c r="BJ216" i="1"/>
+  <c r="BJ208" i="1"/>
+  <c r="BJ200" i="1"/>
+  <c r="BJ192" i="1"/>
+  <c r="BJ184" i="1"/>
+  <c r="BJ176" i="1"/>
+  <c r="BJ168" i="1"/>
+  <c r="BJ160" i="1"/>
+  <c r="BJ152" i="1"/>
+  <c r="BJ144" i="1"/>
+  <c r="BJ136" i="1"/>
+  <c r="BJ128" i="1"/>
+  <c r="BJ120" i="1"/>
+  <c r="BJ112" i="1"/>
+  <c r="BJ104" i="1"/>
+  <c r="BJ96" i="1"/>
+  <c r="BJ88" i="1"/>
+  <c r="BJ80" i="1"/>
+  <c r="BJ72" i="1"/>
+  <c r="BJ64" i="1"/>
+  <c r="BJ56" i="1"/>
+  <c r="BJ48" i="1"/>
+  <c r="BJ40" i="1"/>
+  <c r="BJ32" i="1"/>
+  <c r="BJ24" i="1"/>
+  <c r="BJ16" i="1"/>
+  <c r="BJ262" i="1"/>
+  <c r="BJ254" i="1"/>
+  <c r="BJ238" i="1"/>
+  <c r="BJ230" i="1"/>
+  <c r="BJ222" i="1"/>
+  <c r="BJ206" i="1"/>
+  <c r="BJ198" i="1"/>
+  <c r="BJ190" i="1"/>
+  <c r="BJ174" i="1"/>
+  <c r="BJ166" i="1"/>
+  <c r="BJ158" i="1"/>
+  <c r="BJ142" i="1"/>
+  <c r="BJ134" i="1"/>
+  <c r="BJ126" i="1"/>
+  <c r="BJ110" i="1"/>
+  <c r="BJ102" i="1"/>
+  <c r="BJ94" i="1"/>
+  <c r="BJ78" i="1"/>
+  <c r="BJ70" i="1"/>
+  <c r="BJ62" i="1"/>
+  <c r="BJ46" i="1"/>
+  <c r="BJ38" i="1"/>
+  <c r="BJ30" i="1"/>
+  <c r="BJ14" i="1"/>
+  <c r="BJ268" i="1"/>
+  <c r="BJ260" i="1"/>
+  <c r="BJ252" i="1"/>
+  <c r="BJ244" i="1"/>
+  <c r="BJ236" i="1"/>
+  <c r="BJ228" i="1"/>
+  <c r="BJ220" i="1"/>
+  <c r="BJ212" i="1"/>
+  <c r="BJ204" i="1"/>
+  <c r="BJ196" i="1"/>
+  <c r="BJ188" i="1"/>
+  <c r="BJ180" i="1"/>
+  <c r="BJ172" i="1"/>
+  <c r="BJ164" i="1"/>
+  <c r="BJ156" i="1"/>
+  <c r="BJ148" i="1"/>
+  <c r="BJ140" i="1"/>
+  <c r="BJ132" i="1"/>
+  <c r="BJ124" i="1"/>
+  <c r="BJ116" i="1"/>
+  <c r="BJ108" i="1"/>
+  <c r="BJ100" i="1"/>
+  <c r="BJ92" i="1"/>
+  <c r="BJ84" i="1"/>
+  <c r="BJ76" i="1"/>
+  <c r="BJ68" i="1"/>
+  <c r="BJ60" i="1"/>
+  <c r="BJ52" i="1"/>
+  <c r="BJ44" i="1"/>
+  <c r="BJ36" i="1"/>
+  <c r="BJ28" i="1"/>
+  <c r="BJ20" i="1"/>
+  <c r="BJ12" i="1"/>
+  <c r="BJ63" i="1"/>
+  <c r="BJ47" i="1"/>
+  <c r="BJ31" i="1"/>
+  <c r="BJ15" i="1"/>
+  <c r="BJ249" i="1"/>
+  <c r="BJ33" i="1"/>
+  <c r="BJ17" i="1"/>
+  <c r="BJ263" i="1"/>
+  <c r="BJ239" i="1"/>
+  <c r="BJ223" i="1"/>
+  <c r="BJ199" i="1"/>
+  <c r="BJ183" i="1"/>
+  <c r="BJ159" i="1"/>
+  <c r="BJ135" i="1"/>
+  <c r="BJ127" i="1"/>
+  <c r="BJ103" i="1"/>
+  <c r="BJ95" i="1"/>
+  <c r="BJ79" i="1"/>
+  <c r="BJ71" i="1"/>
+  <c r="BJ55" i="1"/>
+  <c r="BJ39" i="1"/>
+  <c r="BJ23" i="1"/>
+  <c r="BJ265" i="1"/>
+  <c r="BJ241" i="1"/>
+  <c r="BJ233" i="1"/>
+  <c r="BJ217" i="1"/>
+  <c r="BJ209" i="1"/>
+  <c r="BJ201" i="1"/>
+  <c r="BJ169" i="1"/>
+  <c r="BJ161" i="1"/>
+  <c r="BJ145" i="1"/>
+  <c r="BJ137" i="1"/>
+  <c r="BJ129" i="1"/>
+  <c r="BJ121" i="1"/>
+  <c r="BJ113" i="1"/>
+  <c r="BJ105" i="1"/>
+  <c r="BJ89" i="1"/>
+  <c r="BJ81" i="1"/>
+  <c r="BJ73" i="1"/>
+  <c r="BJ41" i="1"/>
+  <c r="BJ163" i="1"/>
+  <c r="BJ247" i="1"/>
+  <c r="BJ207" i="1"/>
+  <c r="BJ175" i="1"/>
+  <c r="BJ151" i="1"/>
+  <c r="BJ111" i="1"/>
+  <c r="BJ257" i="1"/>
+  <c r="BJ255" i="1"/>
+  <c r="BJ215" i="1"/>
+  <c r="BJ191" i="1"/>
+  <c r="BJ167" i="1"/>
+  <c r="BJ143" i="1"/>
+  <c r="BJ119" i="1"/>
+  <c r="BJ87" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="208">
   <si>
     <t>Guidance on how to complete the Capital Spend Survey Template</t>
   </si>
   <si>
     <t>Section</t>
   </si>
   <si>
     <t>Field</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>General Project Information</t>
   </si>
   <si>
     <t>Project Title</t>
   </si>
   <si>
     <t>A unique identifier for you project.</t>
   </si>
   <si>
     <t>URN</t>
   </si>
   <si>
@@ -2691,75 +2683,63 @@
   <si>
     <t>SiteType</t>
   </si>
   <si>
     <t>ConstructionType</t>
   </si>
   <si>
     <t>Yes/No/Don't know</t>
   </si>
   <si>
     <t>DetailedCondnType</t>
   </si>
   <si>
     <t>PlacesType</t>
   </si>
   <si>
     <t>Column1</t>
   </si>
   <si>
     <t>Add places</t>
   </si>
   <si>
     <t>New School</t>
   </si>
   <si>
-    <t>New brownfield</t>
-[...4 lines deleted...]
-  <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Block Replacement</t>
   </si>
   <si>
     <t>Mixed - creates both additional &amp; rebuilds existing</t>
   </si>
   <si>
     <t>Address condition</t>
   </si>
   <si>
     <t>Permanent Expansion - Extension</t>
-  </si>
-[...4 lines deleted...]
-    <t>Structural frame</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Emergency works</t>
   </si>
   <si>
     <t>Permanent places replace temporary places</t>
   </si>
   <si>
     <t>Condition and additional places</t>
   </si>
   <si>
     <t>Permanent Expansion - Rebuild</t>
   </si>
   <si>
     <t>Existing</t>
   </si>
   <si>
     <t>Modular</t>
   </si>
   <si>
     <t>Don't know</t>
   </si>
@@ -2799,51 +2779,69 @@
   <si>
     <t>Suitability</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>What percentage of the project is condition works (please enter a whole number 0-100)</t>
   </si>
   <si>
     <t>What percentage of the project is refurbishment (please enter a whole number 0-100)</t>
   </si>
   <si>
     <t>What percentage of the project is new build (please enter a whole number 0-100)</t>
   </si>
   <si>
     <t>The primary work type (select the appropriate option from the drop down menu. Please note that there will be no options available until you have made a selection in the Primary Purpose column)</t>
   </si>
   <si>
     <t>How much SCA was used to fund the project (VA contibutions should not be included here, but in a later column)</t>
   </si>
   <si>
     <t>Only applicable for projects that add places. Record the breakdown of costs related to this new build project. The breakdown follows the Building Cost Information Service (BCIS) standard of the Royal Institution of Chartered Surveyors (RICS).</t>
   </si>
   <si>
-    <t>v1.0.6</t>
+    <t>New Brownfield</t>
+  </si>
+  <si>
+    <t>New Greenfield</t>
+  </si>
+  <si>
+    <t>Structural Frame</t>
+  </si>
+  <si>
+    <t>Traditional Block/Brick</t>
+  </si>
+  <si>
+    <t>v1.0.8</t>
+  </si>
+  <si>
+    <t>SCA Expenditure in 25/26 FY</t>
+  </si>
+  <si>
+    <t>Enter the amount of SCA expenditure on this project that occurred during the 25-26 financial year (please do not include planned or committed spend, only actual expnediture)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_-&quot;£&quot;* #,##0.00_-;\-&quot;£&quot;* #,##0.00_-;_-&quot;£&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-[$£-809]* #,##0.00_-;\-[$£-809]* #,##0.00_-;_-[$£-809]* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -3016,51 +3014,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="17">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -3232,50 +3230,74 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3377,55 +3399,53 @@
     <xf numFmtId="0" fontId="6" fillId="19" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="14" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="18" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="18" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="14" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="17" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="17" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="14" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="20" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="20" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="21" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
@@ -3442,162 +3462,171 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="17" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="12" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="12" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="17" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{A45D6455-B632-4018-B00A-06BCA6B0D59A}"/>
     <cellStyle name="Per cent" xfId="3" builtinId="5"/>
   </cellStyles>
-  <dxfs count="96">
+  <dxfs count="98">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="2" tint="-0.24994659260841701"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5"/>
-        </patternFill>
-[...5 lines deleted...]
-          <bgColor theme="2" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
@@ -4010,50 +4039,68 @@
         <b val="0"/>
       </font>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
       </font>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
       </font>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
       </font>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
       </font>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
       </font>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
       </font>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
       </font>
       <protection locked="0" hidden="0"/>
@@ -4246,51 +4293,51 @@
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="4"/>
           <bgColor theme="8" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Table Style 1" pivot="0" count="1" xr9:uid="{A179274E-58CD-46F9-8051-E56B51857FF0}">
-      <tableStyleElement type="headerRow" dxfId="95"/>
+      <tableStyleElement type="headerRow" dxfId="97"/>
     </tableStyle>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFFF7C80"/>
       <color rgb="FFFC5E66"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4343,51 +4390,51 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>Please fill out a new line on the appropriate worksheet for any and all capital projects that reached practical completion between 1st April 2024 and 31st March 2025 inclusive.</a:t>
+            <a:t>Please fill out a new line on the appropriate worksheet for any and all capital projects that reached practical completion between 1st April 2025 and 31st March 2026 inclusive.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
             <a:solidFill>
               <a:schemeClr val="dk1"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="+mn-cs"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>When entering funding</a:t>
@@ -4561,164 +4608,165 @@
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
               <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id=""/>
             </a:rPr>
             <a:t>ConditionSpend.Collection@education.gov.uk</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-GB"/>
             <a:t> </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-GB" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{03425E87-52B7-4A6F-BD3C-2520622B6CC6}" name="Table2" displayName="Table2" ref="A1:BW268" totalsRowShown="0" headerRowDxfId="94" dataDxfId="92" headerRowBorderDxfId="93">
-[...15 lines deleted...]
-    <tableColumn id="15" xr3:uid="{AED31416-F491-4D6E-909A-A31209B6E381}" name="(Total Percentage) - should be 100" dataDxfId="78">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{03425E87-52B7-4A6F-BD3C-2520622B6CC6}" name="Table2" displayName="Table2" ref="A1:BX268" totalsRowShown="0" headerRowDxfId="96" dataDxfId="94" headerRowBorderDxfId="95">
+  <autoFilter ref="A1:BX268" xr:uid="{03425E87-52B7-4A6F-BD3C-2520622B6CC6}"/>
+  <tableColumns count="76">
+    <tableColumn id="2" xr3:uid="{CBBD1F0E-D488-4D94-8DB2-EC27CF69EBA5}" name="Project Title" dataDxfId="93"/>
+    <tableColumn id="3" xr3:uid="{47BB7CD2-82B7-49A1-BBB5-6DBE3F930245}" name="URN" dataDxfId="92"/>
+    <tableColumn id="4" xr3:uid="{97008E09-7F36-4131-BAEB-8A8FB53C21D4}" name="Site Name" dataDxfId="91"/>
+    <tableColumn id="5" xr3:uid="{76FF5ADD-FA83-451E-A3EF-A108B004878A}" name="Primary Purpose" dataDxfId="90"/>
+    <tableColumn id="6" xr3:uid="{4CAF7B9C-1AB5-4F7E-84CB-FE9400545049}" name="Primary Type" dataDxfId="89"/>
+    <tableColumn id="7" xr3:uid="{05E6AC33-B103-4206-BC58-9A38F158BEFF}" name="Pupil Place Planning Area Code" dataDxfId="88"/>
+    <tableColumn id="8" xr3:uid="{577CAF14-E7FE-40DA-8FAC-1EE6E78905B1}" name="Site Type" dataDxfId="87"/>
+    <tableColumn id="9" xr3:uid="{24D30426-C2D5-49AB-8357-5B1E9A39B895}" name="Construction Type" dataDxfId="86"/>
+    <tableColumn id="10" xr3:uid="{5B524042-8E93-4219-9A26-FD91973824C4}" name="School Capacity, Including Increase" dataDxfId="85"/>
+    <tableColumn id="11" xr3:uid="{EB343FAC-484F-4904-B97B-513BAC28E7E8}" name="Project GIFA (m²)" dataDxfId="84"/>
+    <tableColumn id="12" xr3:uid="{10924868-6431-450A-841C-EB623DEB484A}" name="New Build Percentage" dataDxfId="83"/>
+    <tableColumn id="13" xr3:uid="{2696E575-A358-46A2-8A08-05222336F2D5}" name="Condition Works Percentage" dataDxfId="82"/>
+    <tableColumn id="14" xr3:uid="{B30A4815-2A8D-4627-A3F8-6955DF333A0E}" name="Refurbishment Percentage" dataDxfId="81"/>
+    <tableColumn id="15" xr3:uid="{AED31416-F491-4D6E-909A-A31209B6E381}" name="(Total Percentage) - should be 100" dataDxfId="80">
       <calculatedColumnFormula>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="16" xr3:uid="{79B87532-D341-4309-94DF-65260C55C062}" name="Building Contract Formation Date" dataDxfId="77"/>
-[...16 lines deleted...]
-    <tableColumn id="34" xr3:uid="{BBB90988-2076-414C-A80D-FE4C646A8EE2}" name="(Funding Total)" dataDxfId="60">
+    <tableColumn id="16" xr3:uid="{79B87532-D341-4309-94DF-65260C55C062}" name="Building Contract Formation Date" dataDxfId="79"/>
+    <tableColumn id="17" xr3:uid="{5A5BBF74-9C2E-4740-A8FE-1C489D6ED113}" name="Construction Start Date" dataDxfId="78"/>
+    <tableColumn id="19" xr3:uid="{848C6946-7C53-4D4C-B402-DA9AAFBEBA08}" name="Actual Completion Date" dataDxfId="77"/>
+    <tableColumn id="20" xr3:uid="{5FBFFFCC-7035-4C5E-B255-05843171276B}" name="Is project carbon neutral?" dataDxfId="76"/>
+    <tableColumn id="21" xr3:uid="{76BDB937-92BB-4DCF-A412-3D566B4CB7CE}" name="Did the project use a DfE procurement framework" dataDxfId="75"/>
+    <tableColumn id="22" xr3:uid="{6C4EA07C-4661-4F13-A09D-8124E6A79E93}" name="Land/Site Acquisition Costs" dataDxfId="74"/>
+    <tableColumn id="23" xr3:uid="{34462EDB-9BD8-487B-93DE-AA1A16797B9C}" name="Detailed Project Purpose Places" dataDxfId="73"/>
+    <tableColumn id="24" xr3:uid="{8A3ABA3F-2AEF-4ABC-BA37-07D9EBF8EC60}" name="Detailed Project Purpose Condition" dataDxfId="72"/>
+    <tableColumn id="25" xr3:uid="{540CF7BC-7A0B-475E-81DB-2EAC33F1CF2D}" name="Funding Schools Condition Allocation" dataDxfId="71"/>
+    <tableColumn id="26" xr3:uid="{DBBC44DA-770F-4ECD-AF9E-2D2020D81934}" name="Funding Healthy Pupils Capital Fund" dataDxfId="70"/>
+    <tableColumn id="27" xr3:uid="{C99F2ACA-38F4-40CA-BCA5-6311147786E9}" name="Funding Basic Need" dataDxfId="69"/>
+    <tableColumn id="28" xr3:uid="{333D563B-27FA-4850-8920-C7D3938149CF}" name="Funding High Needs Capital" dataDxfId="68"/>
+    <tableColumn id="29" xr3:uid="{795FFB10-83B0-45A2-8BA6-62FD9FE319DF}" name="Funding Community Infrastructure Levy" dataDxfId="67"/>
+    <tableColumn id="30" xr3:uid="{E564C9CB-66B4-4431-8381-928757768A3A}" name="Funding Devolved Formula Capital" dataDxfId="66"/>
+    <tableColumn id="31" xr3:uid="{1F7BF858-11F8-441E-86C6-9E23D032A912}" name="Funding VA group contributions" dataDxfId="65"/>
+    <tableColumn id="32" xr3:uid="{DA071124-B73C-4E7F-B225-C226865085D5}" name="Funding Other" dataDxfId="64"/>
+    <tableColumn id="33" xr3:uid="{88B224C8-E1DE-42B1-9131-729D7504AD34}" name="Funding Source of Other" dataDxfId="63"/>
+    <tableColumn id="34" xr3:uid="{BBB90988-2076-414C-A80D-FE4C646A8EE2}" name="(Funding Total)" dataDxfId="62">
       <calculatedColumnFormula>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="35" xr3:uid="{A49E3BE1-72B3-4E4C-8846-A6E813100AE1}" name="Places Additional Mainstream 6th Form" dataDxfId="59"/>
-[...6 lines deleted...]
-    <tableColumn id="42" xr3:uid="{44737D17-B56A-40FA-9CF4-33EA9B032E91}" name="(Places Total)" dataDxfId="52">
+    <tableColumn id="1" xr3:uid="{47AC814F-D2E4-4EEC-8732-FB5E37E02B35}" name="SCA Expenditure in 25/26 FY" dataDxfId="61"/>
+    <tableColumn id="35" xr3:uid="{A49E3BE1-72B3-4E4C-8846-A6E813100AE1}" name="Places Additional Mainstream 6th Form" dataDxfId="60"/>
+    <tableColumn id="36" xr3:uid="{F5694D83-3716-4FB0-B3EA-937F2E82A814}" name="Places Additional Mainstream Nursery" dataDxfId="59"/>
+    <tableColumn id="37" xr3:uid="{B75C4048-D17B-4F84-A9B4-5406A630A249}" name="Places Additional Mainstream Primary" dataDxfId="58"/>
+    <tableColumn id="38" xr3:uid="{913DF9FC-EDAB-4023-9FC0-C06D40F16AA8}" name="Places Additional Mainstream Secondary" dataDxfId="57"/>
+    <tableColumn id="39" xr3:uid="{EBC8BC40-1D27-4E2C-B247-EFF12C2F326E}" name="Places Additional SEN Total" dataDxfId="56"/>
+    <tableColumn id="40" xr3:uid="{D1E0C48E-5063-4008-BB3E-3ACA90C2FDEC}" name="Places Re-Provided Mainstream" dataDxfId="55"/>
+    <tableColumn id="41" xr3:uid="{36D69B3A-198D-4D7B-8E39-F1148FE311A6}" name="Places Re-Provided SEN" dataDxfId="54"/>
+    <tableColumn id="42" xr3:uid="{44737D17-B56A-40FA-9CF4-33EA9B032E91}" name="(Places Total)" dataDxfId="53">
       <calculatedColumnFormula>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="43" xr3:uid="{AF9F54C1-433B-4E7D-8942-59574EE25576}" name="ICT Infrastructure" dataDxfId="51"/>
-[...8 lines deleted...]
-    <tableColumn id="52" xr3:uid="{A9ECE833-93D5-4CBF-8DBA-5F26A449DD59}" name="(Building Works Total)" dataDxfId="42">
+    <tableColumn id="43" xr3:uid="{AF9F54C1-433B-4E7D-8942-59574EE25576}" name="ICT Infrastructure" dataDxfId="52"/>
+    <tableColumn id="44" xr3:uid="{D6A30BD9-2FCC-4FEB-AA2C-0B64996CDADE}" name="Facilitating Works Total" dataDxfId="51"/>
+    <tableColumn id="45" xr3:uid="{BD0FA62C-70F0-407B-BB6F-D1769164E5A3}" name="Substructure Total" dataDxfId="50"/>
+    <tableColumn id="46" xr3:uid="{B22C479E-8F4C-497D-9BA2-F9A609EFB8C7}" name="Internal Finishes Total" dataDxfId="49"/>
+    <tableColumn id="47" xr3:uid="{55C7F8C6-BB0A-4A9D-9043-C24419A36F4B}" name="Services Total" dataDxfId="48"/>
+    <tableColumn id="48" xr3:uid="{36415CAA-5472-47EB-92A4-1F5603805EE2}" name="Work To Existing Building Total" dataDxfId="47"/>
+    <tableColumn id="49" xr3:uid="{CE511245-4F8A-4653-BE16-0E0B91643688}" name="Superstructure Total" dataDxfId="46"/>
+    <tableColumn id="50" xr3:uid="{B2D0EBA2-27BE-4DA5-A026-368717D1AAAC}" name="Fittings, Furnishings And Equipment" dataDxfId="45"/>
+    <tableColumn id="51" xr3:uid="{6BFF1F34-90BF-4B25-80F8-F0EDDEB9886E}" name="Prefabricated Buildings And Building Units Total" dataDxfId="44"/>
+    <tableColumn id="52" xr3:uid="{A9ECE833-93D5-4CBF-8DBA-5F26A449DD59}" name="(Building Works Total)" dataDxfId="43">
       <calculatedColumnFormula>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="53" xr3:uid="{77E79DE5-ED1B-4C6B-BABD-E1946D52BAA3}" name="External Works Total" dataDxfId="41"/>
-    <tableColumn id="54" xr3:uid="{A7975ECA-E86E-41C2-91DC-A6740C4E2428}" name="(Construction Sub Total)" dataDxfId="40">
+    <tableColumn id="53" xr3:uid="{77E79DE5-ED1B-4C6B-BABD-E1946D52BAA3}" name="External Works Total" dataDxfId="42"/>
+    <tableColumn id="54" xr3:uid="{A7975ECA-E86E-41C2-91DC-A6740C4E2428}" name="(Construction Sub Total)" dataDxfId="41">
       <calculatedColumnFormula>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="55" xr3:uid="{DF3BE5B4-74A9-4C3A-8BDD-6C714C377326}" name="Main Contractor’s Preliminaries Total" dataDxfId="39"/>
-[...1 lines deleted...]
-    <tableColumn id="57" xr3:uid="{26EF2E32-F8D5-4F00-948A-65DBE62DE0AD}" name="(Contract Sum / Agreed Maximum Price)" dataDxfId="37">
+    <tableColumn id="55" xr3:uid="{DF3BE5B4-74A9-4C3A-8BDD-6C714C377326}" name="Main Contractor’s Preliminaries Total" dataDxfId="40"/>
+    <tableColumn id="56" xr3:uid="{0B73B312-1C10-4B26-84F2-6FF6C16B2A49}" name="Main Contractor’s Overheads and Profit Total" dataDxfId="39"/>
+    <tableColumn id="57" xr3:uid="{26EF2E32-F8D5-4F00-948A-65DBE62DE0AD}" name="(Contract Sum / Agreed Maximum Price)" dataDxfId="38">
       <calculatedColumnFormula>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="58" xr3:uid="{788009AC-B3F1-42AF-9DB8-0C2588658F37}" name="Project/Design Team Fees Total" dataDxfId="36"/>
-[...3 lines deleted...]
-    <tableColumn id="62" xr3:uid="{5AF4A86E-30F1-4317-88B3-AA36CB4D2233}" name="(Other Costs Sub Total)" dataDxfId="32">
+    <tableColumn id="58" xr3:uid="{788009AC-B3F1-42AF-9DB8-0C2588658F37}" name="Project/Design Team Fees Total" dataDxfId="37"/>
+    <tableColumn id="59" xr3:uid="{BA4AF6C4-064A-4B33-8E34-D9862EB83AA2}" name="Risk (Client’s Contingencies) Total" dataDxfId="36"/>
+    <tableColumn id="60" xr3:uid="{394ED2F3-509A-4613-9FA8-332DF5BC43AF}" name="Other Development/Project Costs Total" dataDxfId="35"/>
+    <tableColumn id="61" xr3:uid="{FACE2A78-4D08-40F0-A6A1-E2635A8E7C7B}" name="Abnormals (included above where applicable)" dataDxfId="34"/>
+    <tableColumn id="62" xr3:uid="{5AF4A86E-30F1-4317-88B3-AA36CB4D2233}" name="(Other Costs Sub Total)" dataDxfId="33">
       <calculatedColumnFormula>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="63" xr3:uid="{EEA6F611-AAC8-4AE8-B8B3-A864C6BF3924}" name="(Total Build Cost)" dataDxfId="31">
-      <calculatedColumnFormula>IF(SUM(AO2,AP2,AZ2,BC2,BH2)&lt;&gt;0, SUM(AO2,AP2,AZ2,BC2,BH2), "")</calculatedColumnFormula>
+    <tableColumn id="63" xr3:uid="{EEA6F611-AAC8-4AE8-B8B3-A864C6BF3924}" name="(Total Build Cost)" dataDxfId="32">
+      <calculatedColumnFormula>IF(SUM(AP2,AQ2,BA2,BD2,BI2)&lt;&gt;0, SUM(AP2,AQ2,BA2,BD2,BI2), "")</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="64" xr3:uid="{4E9A8336-CAA1-44DB-9868-1690D5147DD1}" name="CDC Block Reference(s)" dataDxfId="30"/>
-[...12 lines deleted...]
-    <tableColumn id="77" xr3:uid="{F10DCDD0-BC7D-4DB6-9DED-F5574C18A03F}" name="Additional Comments" dataDxfId="17"/>
+    <tableColumn id="64" xr3:uid="{4E9A8336-CAA1-44DB-9868-1690D5147DD1}" name="CDC Block Reference(s)" dataDxfId="31"/>
+    <tableColumn id="65" xr3:uid="{96E87624-1682-4C2E-ABE0-72220D2D82B3}" name="Roofs Total" dataDxfId="30"/>
+    <tableColumn id="66" xr3:uid="{1FF51D95-566F-4B41-83C4-1A4186E49F77}" name="Ceilings Total" dataDxfId="29"/>
+    <tableColumn id="67" xr3:uid="{D8F51333-C568-4CE2-9A5D-03884A2DEE74}" name="Internal Walls and Doors Total" dataDxfId="28"/>
+    <tableColumn id="68" xr3:uid="{52AB3992-695C-425C-9D1A-8EABC714E456}" name="Mechanical Services Total" dataDxfId="27"/>
+    <tableColumn id="69" xr3:uid="{E0C9B5F1-4A73-48DC-A01C-78F8531D576F}" name="Redecorations Total" dataDxfId="26"/>
+    <tableColumn id="70" xr3:uid="{553C3C37-B60F-4552-BB72-4286FBEDAB1C}" name="Site Areas and External Areas Total" dataDxfId="25"/>
+    <tableColumn id="71" xr3:uid="{947A6679-74D3-45BA-81FD-547ABCA6EC17}" name="Floors and Stairs Total" dataDxfId="24"/>
+    <tableColumn id="72" xr3:uid="{B03FEB8B-46F2-413E-818B-3607FEA54162}" name="External Walls, Windows and Doors Total" dataDxfId="23"/>
+    <tableColumn id="73" xr3:uid="{1011A4DC-E4E7-4DA8-B92A-74AF59DFAF9E}" name="Sanitary Ware Total" dataDxfId="22"/>
+    <tableColumn id="74" xr3:uid="{4E5CDC35-A0AC-4BF3-A91C-3CA351253BE3}" name="Electrical Services Total" dataDxfId="21"/>
+    <tableColumn id="75" xr3:uid="{463AC0C2-A134-439C-8F0D-562BE0256189}" name="Fixed Furniture and Fittings Total" dataDxfId="20"/>
+    <tableColumn id="76" xr3:uid="{925824A8-8252-4C9C-8A5D-B0C937F540B7}" name="Playing Fields Total" dataDxfId="19"/>
+    <tableColumn id="77" xr3:uid="{F10DCDD0-BC7D-4DB6-9DED-F5574C18A03F}" name="Additional Comments" dataDxfId="18"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{8F7657BA-BC4E-43D7-B906-875971AF6A2C}" name="Table1" displayName="Table1" ref="G1:G6" totalsRowShown="0" headerRowDxfId="16" dataDxfId="15" tableBorderDxfId="14">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{8F7657BA-BC4E-43D7-B906-875971AF6A2C}" name="Table1" displayName="Table1" ref="G1:G6" totalsRowShown="0" headerRowDxfId="17" dataDxfId="16" tableBorderDxfId="15">
   <autoFilter ref="G1:G6" xr:uid="{8F7657BA-BC4E-43D7-B906-875971AF6A2C}"/>
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{952D3E54-1C34-40E7-8111-92021F92E8F4}" name="PlacesType" dataDxfId="13"/>
+    <tableColumn id="1" xr3:uid="{952D3E54-1C34-40E7-8111-92021F92E8F4}" name="PlacesType" dataDxfId="14"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{E87E6A07-6A4C-4C82-9116-1F12CCE2FEE6}" name="Table3" displayName="Table3" ref="A1:A4" totalsRowShown="0" dataDxfId="12" tableBorderDxfId="11">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{E87E6A07-6A4C-4C82-9116-1F12CCE2FEE6}" name="Table3" displayName="Table3" ref="A1:A4" totalsRowShown="0" dataDxfId="13" tableBorderDxfId="12">
   <autoFilter ref="A1:A4" xr:uid="{E87E6A07-6A4C-4C82-9116-1F12CCE2FEE6}"/>
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{2CCDFCCB-4085-4CC8-99F0-FE565BAC7831}" name="Primary Purpose" dataDxfId="10"/>
+    <tableColumn id="1" xr3:uid="{2CCDFCCB-4085-4CC8-99F0-FE565BAC7831}" name="Primary Purpose" dataDxfId="11"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{5575FB97-34D3-441D-98C4-8E08A678F900}" name="Table4" displayName="Table4" ref="H1:H3" totalsRowShown="0">
   <autoFilter ref="H1:H3" xr:uid="{5575FB97-34D3-441D-98C4-8E08A678F900}"/>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{E320EC9C-04E4-479D-BC91-1AF7C27FE886}" name="Column1"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -4986,908 +5034,918 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{62222A95-A5B5-46F8-822F-A3DAF6CB6ABB}">
   <sheetPr codeName="Sheet2"/>
-  <dimension ref="A1:E90"/>
+  <dimension ref="A1:E91"/>
   <sheetViews>
-    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="D1" sqref="D1"/>
+    <sheetView topLeftCell="A75" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="C45" sqref="C45"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="24.44140625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="47.33203125" customWidth="1"/>
+    <col min="1" max="1" width="24.4609375" customWidth="1"/>
+    <col min="2" max="2" width="26.84375" style="26" customWidth="1"/>
+    <col min="3" max="3" width="46.84375" style="33" customWidth="1"/>
+    <col min="4" max="4" width="47.3046875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A1" s="20" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="73"/>
+      <c r="B1" s="71"/>
       <c r="D1" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="2" spans="1:4" ht="177" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:4" ht="177" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B2" s="25"/>
       <c r="C2" s="34"/>
     </row>
-    <row r="3" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B3" s="25"/>
       <c r="C3" s="34"/>
     </row>
-    <row r="4" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B4" s="25"/>
       <c r="C4" s="34"/>
     </row>
-    <row r="5" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B5" s="25"/>
       <c r="C5" s="35"/>
     </row>
-    <row r="6" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B6" s="25"/>
       <c r="C6" s="36"/>
     </row>
-    <row r="7" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="25"/>
       <c r="C7" s="36"/>
     </row>
-    <row r="8" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B8" s="25"/>
       <c r="C8" s="36"/>
     </row>
-    <row r="9" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="37" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="38" t="s">
         <v>2</v>
       </c>
       <c r="C9" s="38" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="10" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A10" s="39" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="40"/>
       <c r="C10" s="41"/>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A11" s="42"/>
       <c r="B11" s="27" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="43" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="12" spans="1:4" ht="45" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:4" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A12" s="42"/>
       <c r="B12" s="27" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="43" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="13" spans="1:4" ht="30" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:4" ht="31" x14ac:dyDescent="0.35">
       <c r="A13" s="42"/>
       <c r="B13" s="28" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="43" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="14" spans="1:4" ht="30" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:4" ht="31" x14ac:dyDescent="0.35">
       <c r="A14" s="42"/>
       <c r="B14" s="28" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="43" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="15" spans="1:4" ht="60" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:4" ht="62" x14ac:dyDescent="0.35">
       <c r="A15" s="42"/>
       <c r="B15" s="28" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="43" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:4" ht="30" x14ac:dyDescent="0.2">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="31" x14ac:dyDescent="0.35">
       <c r="A16" s="42"/>
       <c r="B16" s="29" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="43" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="17" spans="1:3" ht="30" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:3" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A17" s="42"/>
       <c r="B17" s="27" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="43" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="18" spans="1:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:3" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A18" s="42"/>
       <c r="B18" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="43" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="19" spans="1:3" ht="30" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:3" ht="31" x14ac:dyDescent="0.35">
       <c r="A19" s="42"/>
       <c r="B19" s="27" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="43" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="20" spans="1:3" ht="30" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:3" ht="31" x14ac:dyDescent="0.35">
       <c r="A20" s="42"/>
       <c r="B20" s="27" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="43" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="21" spans="1:3" ht="30" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:3" ht="31" x14ac:dyDescent="0.35">
       <c r="A21" s="42"/>
       <c r="B21" s="27" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="43" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:3" ht="30" x14ac:dyDescent="0.2">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="31" x14ac:dyDescent="0.35">
       <c r="A22" s="42"/>
       <c r="B22" s="27" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="43" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:3" ht="30" x14ac:dyDescent="0.2">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="31" x14ac:dyDescent="0.35">
       <c r="A23" s="42"/>
       <c r="B23" s="27" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="43" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:3" ht="75" x14ac:dyDescent="0.2">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="77.5" x14ac:dyDescent="0.35">
       <c r="A24" s="42"/>
-      <c r="B24" s="74" t="s">
+      <c r="B24" s="72" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="44" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="25" spans="1:3" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:3" ht="31" x14ac:dyDescent="0.35">
       <c r="A25" s="42"/>
       <c r="B25" s="30" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="43" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="26" spans="1:3" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A26" s="42"/>
       <c r="B26" s="30" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="43" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="27" spans="1:3" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:3" ht="31" x14ac:dyDescent="0.35">
       <c r="A27" s="42"/>
       <c r="B27" s="30" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="43" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="28" spans="1:3" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:3" ht="31" x14ac:dyDescent="0.35">
       <c r="A28" s="42"/>
       <c r="B28" s="28" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="43" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="29" spans="1:3" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:3" ht="31" x14ac:dyDescent="0.35">
       <c r="A29" s="42"/>
       <c r="B29" s="28" t="s">
         <v>37</v>
       </c>
       <c r="C29" s="43" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A30" s="42"/>
       <c r="B30" s="27" t="s">
         <v>39</v>
       </c>
       <c r="C30" s="43" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="31" spans="1:3" ht="31.5" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:3" ht="31" x14ac:dyDescent="0.35">
       <c r="A31" s="42"/>
       <c r="B31" s="28" t="s">
         <v>41</v>
       </c>
       <c r="C31" s="43" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="32" spans="1:3" ht="32.25" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:3" ht="31.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="45"/>
       <c r="B32" s="46" t="s">
         <v>43</v>
       </c>
       <c r="C32" s="47" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A33" s="48" t="s">
         <v>45</v>
       </c>
-      <c r="B33" s="75"/>
+      <c r="B33" s="73"/>
       <c r="C33" s="49"/>
     </row>
-    <row r="34" spans="1:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:3" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A34" s="50"/>
       <c r="B34" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C34" s="51" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:3" ht="30" x14ac:dyDescent="0.2">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" ht="31" x14ac:dyDescent="0.35">
       <c r="A35" s="50"/>
-      <c r="B35" s="76" t="s">
+      <c r="B35" s="74" t="s">
         <v>47</v>
       </c>
       <c r="C35" s="51" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="36" spans="1:3" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A36" s="50"/>
       <c r="B36" s="31" t="s">
         <v>49</v>
       </c>
       <c r="C36" s="51" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A37" s="50"/>
-      <c r="B37" s="76" t="s">
+      <c r="B37" s="74" t="s">
         <v>51</v>
       </c>
       <c r="C37" s="51" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="38" spans="1:3" ht="30" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:3" ht="31" x14ac:dyDescent="0.35">
       <c r="A38" s="50"/>
-      <c r="B38" s="76" t="s">
+      <c r="B38" s="74" t="s">
         <v>53</v>
       </c>
       <c r="C38" s="51" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="39" spans="1:3" ht="30" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:3" ht="31" x14ac:dyDescent="0.35">
       <c r="A39" s="50"/>
-      <c r="B39" s="76" t="s">
+      <c r="B39" s="74" t="s">
         <v>55</v>
       </c>
       <c r="C39" s="51" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:3" ht="31" x14ac:dyDescent="0.35">
       <c r="A40" s="50"/>
-      <c r="B40" s="76" t="s">
+      <c r="B40" s="74" t="s">
         <v>57</v>
       </c>
       <c r="C40" s="51" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A41" s="50"/>
-      <c r="B41" s="76" t="s">
+      <c r="B41" s="74" t="s">
         <v>59</v>
       </c>
       <c r="C41" s="51" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A42" s="50"/>
-      <c r="B42" s="76" t="s">
+      <c r="B42" s="74" t="s">
         <v>61</v>
       </c>
       <c r="C42" s="51" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="43" spans="1:3" ht="30.75" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B43" s="77" t="s">
+    <row r="43" spans="1:3" ht="31.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A43" s="50"/>
+      <c r="B43" s="75" t="s">
         <v>63</v>
       </c>
-      <c r="C43" s="53" t="s">
+      <c r="C43" s="52" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A44" s="54" t="s">
+    <row r="44" spans="1:3" ht="62.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A44" s="101"/>
+      <c r="B44" s="31" t="s">
+        <v>206</v>
+      </c>
+      <c r="C44" s="51" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A45" s="100" t="s">
         <v>65</v>
       </c>
-      <c r="B44" s="78"/>
-[...4 lines deleted...]
-      <c r="B45" s="32" t="s">
+      <c r="B45" s="76"/>
+      <c r="C45" s="53"/>
+    </row>
+    <row r="46" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A46" s="54"/>
+      <c r="B46" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="C45" s="57" t="s">
+      <c r="C46" s="55" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="46" spans="1:3" ht="31.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B46" s="32" t="s">
+    <row r="47" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A47" s="54"/>
+      <c r="B47" s="32" t="s">
         <v>68</v>
       </c>
-      <c r="C46" s="57" t="s">
+      <c r="C47" s="55" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="47" spans="1:3" ht="31.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B47" s="32" t="s">
+    <row r="48" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A48" s="54"/>
+      <c r="B48" s="32" t="s">
         <v>70</v>
       </c>
-      <c r="C47" s="57" t="s">
+      <c r="C48" s="55" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="48" spans="1:3" ht="31.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B48" s="32" t="s">
+    <row r="49" spans="1:5" ht="31" x14ac:dyDescent="0.35">
+      <c r="A49" s="54"/>
+      <c r="B49" s="32" t="s">
         <v>72</v>
       </c>
-      <c r="C48" s="57" t="s">
+      <c r="C49" s="55" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="49" spans="1:5" ht="15.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B49" s="32" t="s">
+    <row r="50" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A50" s="54"/>
+      <c r="B50" s="32" t="s">
         <v>74</v>
       </c>
-      <c r="C49" s="57" t="s">
+      <c r="C50" s="55" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="50" spans="1:5" ht="31.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B50" s="32" t="s">
+    <row r="51" spans="1:5" ht="31" x14ac:dyDescent="0.35">
+      <c r="A51" s="54"/>
+      <c r="B51" s="32" t="s">
         <v>76</v>
       </c>
-      <c r="C50" s="57" t="s">
+      <c r="C51" s="55" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="51" spans="1:5" ht="15.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B51" s="32" t="s">
+    <row r="52" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A52" s="54"/>
+      <c r="B52" s="32" t="s">
         <v>78</v>
       </c>
-      <c r="C51" s="57" t="s">
+      <c r="C52" s="55" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="52" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B52" s="77" t="s">
+    <row r="53" spans="1:5" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A53" s="56"/>
+      <c r="B53" s="75" t="s">
         <v>80</v>
       </c>
-      <c r="C52" s="59" t="s">
+      <c r="C53" s="57" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="53" spans="1:5" ht="75" x14ac:dyDescent="0.2">
-      <c r="A53" s="60" t="s">
+    <row r="54" spans="1:5" ht="77.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="58" t="s">
         <v>82</v>
       </c>
-      <c r="B53" s="79"/>
-[...6 lines deleted...]
-      <c r="B54" s="101" t="s">
+      <c r="B54" s="77"/>
+      <c r="C54" s="59" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A55" s="60"/>
+      <c r="B55" s="93" t="s">
         <v>83</v>
       </c>
-      <c r="C54" s="63" t="s">
+      <c r="C55" s="61" t="s">
         <v>84</v>
       </c>
-      <c r="E54" s="9"/>
-[...3 lines deleted...]
-      <c r="B55" s="101" t="s">
+      <c r="E55" s="9"/>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A56" s="62"/>
+      <c r="B56" s="93" t="s">
         <v>85</v>
       </c>
-      <c r="C55" s="63" t="s">
+      <c r="C56" s="61" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="56" spans="1:5" ht="15.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B56" s="101" t="s">
+    <row r="57" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A57" s="60"/>
+      <c r="B57" s="93" t="s">
         <v>87</v>
       </c>
-      <c r="C56" s="63" t="s">
+      <c r="C57" s="61" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="57" spans="1:5" ht="15.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B57" s="101" t="s">
+    <row r="58" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A58" s="60"/>
+      <c r="B58" s="93" t="s">
         <v>89</v>
       </c>
-      <c r="C57" s="63" t="s">
+      <c r="C58" s="61" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="58" spans="1:5" ht="15.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B58" s="101" t="s">
+    <row r="59" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A59" s="60"/>
+      <c r="B59" s="93" t="s">
         <v>91</v>
       </c>
-      <c r="C58" s="63" t="s">
+      <c r="C59" s="61" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="59" spans="1:5" ht="31.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B59" s="101" t="s">
+    <row r="60" spans="1:5" ht="31" x14ac:dyDescent="0.35">
+      <c r="A60" s="60"/>
+      <c r="B60" s="93" t="s">
         <v>93</v>
       </c>
-      <c r="C59" s="63" t="s">
+      <c r="C60" s="61" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="60" spans="1:5" ht="15.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B60" s="101" t="s">
+    <row r="61" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A61" s="60"/>
+      <c r="B61" s="93" t="s">
         <v>95</v>
       </c>
-      <c r="C60" s="63" t="s">
+      <c r="C61" s="61" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="61" spans="1:5" ht="31.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B61" s="101" t="s">
+    <row r="62" spans="1:5" ht="31" x14ac:dyDescent="0.35">
+      <c r="A62" s="60"/>
+      <c r="B62" s="93" t="s">
         <v>97</v>
       </c>
-      <c r="C61" s="63" t="s">
+      <c r="C62" s="61" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="62" spans="1:5" ht="31.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B62" s="101" t="s">
+    <row r="63" spans="1:5" ht="31" x14ac:dyDescent="0.35">
+      <c r="A63" s="60"/>
+      <c r="B63" s="93" t="s">
         <v>99</v>
       </c>
-      <c r="C62" s="63" t="s">
+      <c r="C63" s="61" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="63" spans="1:5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B63" s="74" t="s">
+    <row r="64" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A64" s="60"/>
+      <c r="B64" s="72" t="s">
         <v>101</v>
       </c>
-      <c r="C63" s="44" t="s">
+      <c r="C64" s="44" t="s">
         <v>102</v>
       </c>
-      <c r="D63" s="8"/>
-[...3 lines deleted...]
-      <c r="B64" s="101" t="s">
+      <c r="D64" s="8"/>
+    </row>
+    <row r="65" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A65" s="60"/>
+      <c r="B65" s="93" t="s">
         <v>103</v>
       </c>
-      <c r="C64" s="63" t="s">
+      <c r="C65" s="61" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="65" spans="1:3" ht="30" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B65" s="74" t="s">
+    <row r="66" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A66" s="60"/>
+      <c r="B66" s="72" t="s">
         <v>105</v>
       </c>
-      <c r="C65" s="44" t="s">
+      <c r="C66" s="44" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="66" spans="1:3" ht="31.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B66" s="101" t="s">
+    <row r="67" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A67" s="60"/>
+      <c r="B67" s="93" t="s">
         <v>107</v>
       </c>
-      <c r="C66" s="65" t="s">
+      <c r="C67" s="63" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="67" spans="1:3" ht="31.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B67" s="101" t="s">
+    <row r="68" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A68" s="60"/>
+      <c r="B68" s="93" t="s">
         <v>109</v>
       </c>
-      <c r="C67" s="65" t="s">
+      <c r="C68" s="63" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="68" spans="1:3" ht="30" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B68" s="74" t="s">
+    <row r="69" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A69" s="60"/>
+      <c r="B69" s="72" t="s">
         <v>111</v>
       </c>
-      <c r="C68" s="44" t="s">
+      <c r="C69" s="44" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="69" spans="1:3" ht="31.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B69" s="101" t="s">
+    <row r="70" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A70" s="60"/>
+      <c r="B70" s="93" t="s">
         <v>113</v>
       </c>
-      <c r="C69" s="63" t="s">
+      <c r="C70" s="61" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="70" spans="1:3" ht="31.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B70" s="101" t="s">
+    <row r="71" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A71" s="60"/>
+      <c r="B71" s="93" t="s">
         <v>115</v>
       </c>
-      <c r="C70" s="63" t="s">
+      <c r="C71" s="61" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="71" spans="1:3" ht="31.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B71" s="101" t="s">
+    <row r="72" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A72" s="60"/>
+      <c r="B72" s="93" t="s">
         <v>117</v>
       </c>
-      <c r="C71" s="63" t="s">
+      <c r="C72" s="61" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="72" spans="1:3" ht="31.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B72" s="101" t="s">
+    <row r="73" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A73" s="60"/>
+      <c r="B73" s="93" t="s">
         <v>119</v>
       </c>
-      <c r="C72" s="63" t="s">
+      <c r="C73" s="61" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="73" spans="1:3" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B73" s="74" t="s">
+    <row r="74" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A74" s="60"/>
+      <c r="B74" s="72" t="s">
         <v>121</v>
       </c>
-      <c r="C73" s="44" t="s">
+      <c r="C74" s="44" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="74" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B74" s="77" t="s">
+    <row r="75" spans="1:3" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A75" s="64"/>
+      <c r="B75" s="75" t="s">
         <v>123</v>
       </c>
-      <c r="C74" s="53" t="s">
+      <c r="C75" s="52" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="75" spans="1:3" ht="90" x14ac:dyDescent="0.2">
-      <c r="A75" s="67" t="s">
+    <row r="76" spans="1:3" ht="93" x14ac:dyDescent="0.35">
+      <c r="A76" s="65" t="s">
         <v>125</v>
       </c>
-      <c r="B75" s="80"/>
-      <c r="C75" s="68" t="s">
+      <c r="B76" s="78"/>
+      <c r="C76" s="66" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="76" spans="1:3" ht="30" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B76" s="81" t="s">
+    <row r="77" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A77" s="67"/>
+      <c r="B77" s="94" t="s">
         <v>127</v>
       </c>
-      <c r="C76" s="70" t="s">
+      <c r="C77" s="68" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="77" spans="1:3" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B77" s="81" t="s">
+    <row r="78" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A78" s="67"/>
+      <c r="B78" s="94" t="s">
         <v>129</v>
       </c>
-      <c r="C77" s="70" t="s">
+      <c r="C78" s="68" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="78" spans="1:3" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B78" s="81" t="s">
+    <row r="79" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A79" s="67"/>
+      <c r="B79" s="94" t="s">
         <v>131</v>
       </c>
-      <c r="C78" s="70" t="s">
+      <c r="C79" s="68" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="79" spans="1:3" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B79" s="81" t="s">
+    <row r="80" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A80" s="67"/>
+      <c r="B80" s="94" t="s">
         <v>133</v>
       </c>
-      <c r="C79" s="70" t="s">
+      <c r="C80" s="68" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="80" spans="1:3" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B80" s="81" t="s">
+    <row r="81" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A81" s="67"/>
+      <c r="B81" s="94" t="s">
         <v>135</v>
       </c>
-      <c r="C80" s="70" t="s">
+      <c r="C81" s="68" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="81" spans="1:3" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B81" s="81" t="s">
+    <row r="82" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A82" s="67"/>
+      <c r="B82" s="94" t="s">
         <v>137</v>
       </c>
-      <c r="C81" s="70" t="s">
+      <c r="C82" s="68" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="82" spans="1:3" ht="30" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B82" s="81" t="s">
+    <row r="83" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A83" s="67"/>
+      <c r="B83" s="94" t="s">
         <v>139</v>
       </c>
-      <c r="C82" s="70" t="s">
+      <c r="C83" s="68" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="83" spans="1:3" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B83" s="81" t="s">
+    <row r="84" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A84" s="67"/>
+      <c r="B84" s="94" t="s">
         <v>141</v>
       </c>
-      <c r="C83" s="70" t="s">
+      <c r="C84" s="68" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="84" spans="1:3" ht="30" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B84" s="81" t="s">
+    <row r="85" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A85" s="67"/>
+      <c r="B85" s="94" t="s">
         <v>143</v>
       </c>
-      <c r="C84" s="70" t="s">
+      <c r="C85" s="68" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="85" spans="1:3" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B85" s="81" t="s">
+    <row r="86" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A86" s="67"/>
+      <c r="B86" s="94" t="s">
         <v>145</v>
       </c>
-      <c r="C85" s="70" t="s">
+      <c r="C86" s="68" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="86" spans="1:3" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B86" s="81" t="s">
+    <row r="87" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A87" s="67"/>
+      <c r="B87" s="94" t="s">
         <v>147</v>
       </c>
-      <c r="C86" s="70" t="s">
+      <c r="C87" s="68" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="87" spans="1:3" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B87" s="81" t="s">
+    <row r="88" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="A88" s="67"/>
+      <c r="B88" s="94" t="s">
         <v>149</v>
       </c>
-      <c r="C87" s="70" t="s">
+      <c r="C88" s="68" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="88" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B88" s="82" t="s">
+    <row r="89" spans="1:3" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A89" s="69"/>
+      <c r="B89" s="95" t="s">
         <v>151</v>
       </c>
-      <c r="C88" s="72" t="s">
+      <c r="C89" s="70" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="89" spans="1:3" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B90" s="83"/>
+    <row r="90" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="B90" s="79"/>
+    </row>
+    <row r="91" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="B91" s="79"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9F440315-63AF-4E67-ACEA-F9DCC737E7D5}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:BW268"/>
+  <dimension ref="A1:BX268"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="Q1" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="P1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="V2" sqref="V2"/>
+      <selection pane="bottomLeft" activeCell="AG2" sqref="AG2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.6640625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="12.69140625" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="13" width="12.6640625" style="12"/>
-[...6 lines deleted...]
-    <col min="62" max="75" width="12.6640625" style="12"/>
+    <col min="1" max="13" width="12.69140625" style="12"/>
+    <col min="15" max="31" width="12.69140625" style="12"/>
+    <col min="34" max="40" width="12.69140625" style="12"/>
+    <col min="42" max="50" width="12.69140625" style="12"/>
+    <col min="52" max="52" width="12.69140625" style="12"/>
+    <col min="54" max="55" width="12.69140625" style="12"/>
+    <col min="57" max="60" width="12.69140625" style="12"/>
+    <col min="63" max="76" width="12.69140625" style="12"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:75" s="19" customFormat="1" ht="79.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:76" s="19" customFormat="1" ht="78" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="13" t="s">
         <v>7</v>
       </c>
       <c r="C1" s="14" t="s">
         <v>9</v>
       </c>
       <c r="D1" s="14" t="s">
         <v>11</v>
       </c>
       <c r="E1" s="14" t="s">
         <v>13</v>
       </c>
       <c r="F1" s="13" t="s">
         <v>14</v>
       </c>
       <c r="G1" s="13" t="s">
         <v>16</v>
       </c>
       <c r="H1" s="13" t="s">
         <v>18</v>
       </c>
       <c r="I1" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J1" s="13" t="s">
         <v>153</v>
       </c>
-      <c r="K1" s="84" t="s">
+      <c r="K1" s="80" t="s">
         <v>24</v>
       </c>
-      <c r="L1" s="84" t="s">
+      <c r="L1" s="80" t="s">
         <v>25</v>
       </c>
-      <c r="M1" s="84" t="s">
+      <c r="M1" s="80" t="s">
         <v>26</v>
       </c>
-      <c r="N1" s="85" t="s">
+      <c r="N1" s="81" t="s">
         <v>154</v>
       </c>
       <c r="O1" s="15" t="s">
         <v>29</v>
       </c>
       <c r="P1" s="15" t="s">
         <v>31</v>
       </c>
       <c r="Q1" s="15" t="s">
         <v>33</v>
       </c>
       <c r="R1" s="14" t="s">
         <v>35</v>
       </c>
       <c r="S1" s="14" t="s">
         <v>37</v>
       </c>
       <c r="T1" s="13" t="s">
         <v>39</v>
       </c>
       <c r="U1" s="14" t="s">
         <v>41</v>
       </c>
       <c r="V1" s="14" t="s">
         <v>43</v>
@@ -5900,27173 +5958,27426 @@
       </c>
       <c r="Y1" s="16" t="s">
         <v>49</v>
       </c>
       <c r="Z1" s="17" t="s">
         <v>51</v>
       </c>
       <c r="AA1" s="17" t="s">
         <v>53</v>
       </c>
       <c r="AB1" s="17" t="s">
         <v>55</v>
       </c>
       <c r="AC1" s="17" t="s">
         <v>57</v>
       </c>
       <c r="AD1" s="17" t="s">
         <v>59</v>
       </c>
       <c r="AE1" s="17" t="s">
         <v>61</v>
       </c>
       <c r="AF1" s="18" t="s">
         <v>63</v>
       </c>
-      <c r="AG1" s="24" t="s">
+      <c r="AG1" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="AH1" s="24" t="s">
         <v>66</v>
       </c>
-      <c r="AH1" s="24" t="s">
+      <c r="AI1" s="24" t="s">
         <v>68</v>
       </c>
-      <c r="AI1" s="24" t="s">
+      <c r="AJ1" s="24" t="s">
         <v>70</v>
       </c>
-      <c r="AJ1" s="24" t="s">
+      <c r="AK1" s="24" t="s">
         <v>72</v>
       </c>
-      <c r="AK1" s="24" t="s">
+      <c r="AL1" s="24" t="s">
         <v>74</v>
       </c>
-      <c r="AL1" s="24" t="s">
+      <c r="AM1" s="24" t="s">
         <v>76</v>
       </c>
-      <c r="AM1" s="24" t="s">
+      <c r="AN1" s="24" t="s">
         <v>78</v>
       </c>
-      <c r="AN1" s="18" t="s">
+      <c r="AO1" s="18" t="s">
         <v>80</v>
       </c>
-      <c r="AO1" s="86" t="s">
+      <c r="AP1" s="98" t="s">
         <v>83</v>
       </c>
-      <c r="AP1" s="86" t="s">
+      <c r="AQ1" s="98" t="s">
         <v>85</v>
       </c>
-      <c r="AQ1" s="86" t="s">
+      <c r="AR1" s="98" t="s">
         <v>87</v>
       </c>
-      <c r="AR1" s="86" t="s">
+      <c r="AS1" s="98" t="s">
         <v>89</v>
       </c>
-      <c r="AS1" s="86" t="s">
+      <c r="AT1" s="98" t="s">
         <v>91</v>
       </c>
-      <c r="AT1" s="86" t="s">
+      <c r="AU1" s="98" t="s">
         <v>93</v>
       </c>
-      <c r="AU1" s="86" t="s">
+      <c r="AV1" s="98" t="s">
         <v>95</v>
       </c>
-      <c r="AV1" s="86" t="s">
+      <c r="AW1" s="98" t="s">
         <v>97</v>
       </c>
-      <c r="AW1" s="86" t="s">
+      <c r="AX1" s="98" t="s">
         <v>99</v>
       </c>
-      <c r="AX1" s="87" t="s">
+      <c r="AY1" s="82" t="s">
         <v>155</v>
       </c>
-      <c r="AY1" s="86" t="s">
+      <c r="AZ1" s="98" t="s">
         <v>103</v>
       </c>
-      <c r="AZ1" s="87" t="s">
+      <c r="BA1" s="82" t="s">
         <v>156</v>
       </c>
-      <c r="BA1" s="86" t="s">
+      <c r="BB1" s="98" t="s">
         <v>107</v>
       </c>
-      <c r="BB1" s="86" t="s">
+      <c r="BC1" s="98" t="s">
         <v>109</v>
       </c>
-      <c r="BC1" s="87" t="s">
+      <c r="BD1" s="82" t="s">
         <v>157</v>
       </c>
-      <c r="BD1" s="86" t="s">
+      <c r="BE1" s="98" t="s">
         <v>113</v>
       </c>
-      <c r="BE1" s="86" t="s">
+      <c r="BF1" s="98" t="s">
         <v>115</v>
       </c>
-      <c r="BF1" s="86" t="s">
+      <c r="BG1" s="98" t="s">
         <v>117</v>
       </c>
-      <c r="BG1" s="88" t="s">
+      <c r="BH1" s="99" t="s">
         <v>119</v>
       </c>
-      <c r="BH1" s="87" t="s">
+      <c r="BI1" s="82" t="s">
         <v>158</v>
       </c>
-      <c r="BI1" s="89" t="s">
+      <c r="BJ1" s="83" t="s">
         <v>159</v>
       </c>
-      <c r="BJ1" s="90" t="s">
+      <c r="BK1" s="96" t="s">
         <v>127</v>
       </c>
-      <c r="BK1" s="91" t="s">
+      <c r="BL1" s="97" t="s">
         <v>129</v>
       </c>
-      <c r="BL1" s="91" t="s">
+      <c r="BM1" s="97" t="s">
         <v>131</v>
       </c>
-      <c r="BM1" s="91" t="s">
+      <c r="BN1" s="97" t="s">
         <v>133</v>
       </c>
-      <c r="BN1" s="91" t="s">
+      <c r="BO1" s="97" t="s">
         <v>135</v>
       </c>
-      <c r="BO1" s="91" t="s">
+      <c r="BP1" s="97" t="s">
         <v>137</v>
       </c>
-      <c r="BP1" s="91" t="s">
+      <c r="BQ1" s="97" t="s">
         <v>139</v>
       </c>
-      <c r="BQ1" s="91" t="s">
+      <c r="BR1" s="97" t="s">
         <v>141</v>
       </c>
-      <c r="BR1" s="91" t="s">
+      <c r="BS1" s="97" t="s">
         <v>143</v>
       </c>
-      <c r="BS1" s="91" t="s">
+      <c r="BT1" s="97" t="s">
         <v>145</v>
       </c>
-      <c r="BT1" s="91" t="s">
+      <c r="BU1" s="97" t="s">
         <v>147</v>
       </c>
-      <c r="BU1" s="91" t="s">
+      <c r="BV1" s="97" t="s">
         <v>149</v>
       </c>
-      <c r="BV1" s="91" t="s">
+      <c r="BW1" s="97" t="s">
         <v>151</v>
       </c>
-      <c r="BW1" s="92" t="s">
+      <c r="BX1" s="84" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="2" spans="1:75" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:76" s="6" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A2" s="22"/>
       <c r="B2" s="21"/>
       <c r="C2" s="22"/>
       <c r="D2" s="22"/>
       <c r="E2" s="22"/>
       <c r="F2" s="21"/>
       <c r="G2" s="22"/>
       <c r="H2" s="22"/>
       <c r="I2" s="23"/>
       <c r="J2" s="23"/>
-      <c r="K2" s="93"/>
-[...2 lines deleted...]
-      <c r="N2" s="95" t="str">
+      <c r="K2" s="85"/>
+      <c r="L2" s="86"/>
+      <c r="M2" s="86"/>
+      <c r="N2" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O2" s="96"/>
-[...1 lines deleted...]
-      <c r="Q2" s="96"/>
+      <c r="O2" s="88"/>
+      <c r="P2" s="88"/>
+      <c r="Q2" s="88"/>
       <c r="R2" s="23"/>
       <c r="S2" s="23"/>
-      <c r="T2" s="97"/>
+      <c r="T2" s="89"/>
       <c r="U2" s="23"/>
       <c r="V2" s="23"/>
-      <c r="W2" s="97"/>
-[...8 lines deleted...]
-      <c r="AF2" s="98" t="str">
+      <c r="W2" s="89"/>
+      <c r="X2" s="89"/>
+      <c r="Y2" s="89"/>
+      <c r="Z2" s="89"/>
+      <c r="AA2" s="89"/>
+      <c r="AB2" s="89"/>
+      <c r="AC2" s="89"/>
+      <c r="AD2" s="89"/>
+      <c r="AE2" s="89"/>
+      <c r="AF2" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG2" s="23"/>
+      <c r="AG2" s="89"/>
       <c r="AH2" s="23"/>
       <c r="AI2" s="23"/>
       <c r="AJ2" s="23"/>
       <c r="AK2" s="23"/>
       <c r="AL2" s="23"/>
       <c r="AM2" s="23"/>
-      <c r="AN2" s="98" t="str">
+      <c r="AN2" s="23"/>
+      <c r="AO2" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO2" s="97"/>
-[...8 lines deleted...]
-      <c r="AX2" s="99" t="str">
+      <c r="AP2" s="89"/>
+      <c r="AQ2" s="89"/>
+      <c r="AR2" s="89"/>
+      <c r="AS2" s="89"/>
+      <c r="AT2" s="89"/>
+      <c r="AU2" s="89"/>
+      <c r="AV2" s="89"/>
+      <c r="AW2" s="89"/>
+      <c r="AX2" s="89"/>
+      <c r="AY2" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY2" s="97"/>
-      <c r="AZ2" s="99" t="str">
+      <c r="AZ2" s="89"/>
+      <c r="BA2" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA2" s="97"/>
-[...1 lines deleted...]
-      <c r="BC2" s="99" t="str">
+      <c r="BB2" s="89"/>
+      <c r="BC2" s="89"/>
+      <c r="BD2" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD2" s="97"/>
-[...3 lines deleted...]
-      <c r="BH2" s="99" t="str">
+      <c r="BE2" s="89"/>
+      <c r="BF2" s="89"/>
+      <c r="BG2" s="89"/>
+      <c r="BH2" s="89"/>
+      <c r="BI2" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI2" s="99" t="str">
-[...18 lines deleted...]
-    <row r="3" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="BJ2" s="91" t="str">
+        <f>IF(SUM(AP2,AQ2,BA2,BD2,BI2)&lt;&gt;0, SUM(AP2,AQ2,BA2,BD2,BI2), "")</f>
+        <v/>
+      </c>
+      <c r="BK2" s="22"/>
+      <c r="BL2" s="92"/>
+      <c r="BM2" s="92"/>
+      <c r="BN2" s="92"/>
+      <c r="BO2" s="92"/>
+      <c r="BP2" s="92"/>
+      <c r="BQ2" s="92"/>
+      <c r="BR2" s="92"/>
+      <c r="BS2" s="92"/>
+      <c r="BT2" s="92"/>
+      <c r="BU2" s="92"/>
+      <c r="BV2" s="92"/>
+      <c r="BW2" s="92"/>
+      <c r="BX2" s="12"/>
+    </row>
+    <row r="3" spans="1:76" x14ac:dyDescent="0.35">
       <c r="A3" s="22"/>
       <c r="B3" s="21"/>
       <c r="C3" s="22"/>
       <c r="D3" s="22"/>
       <c r="E3" s="22"/>
       <c r="F3" s="21"/>
       <c r="G3" s="22"/>
       <c r="H3" s="22"/>
       <c r="I3" s="23"/>
       <c r="J3" s="23"/>
-      <c r="K3" s="93"/>
-[...2 lines deleted...]
-      <c r="N3" s="95" t="str">
+      <c r="K3" s="85"/>
+      <c r="L3" s="86"/>
+      <c r="M3" s="86"/>
+      <c r="N3" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O3" s="96"/>
-[...1 lines deleted...]
-      <c r="Q3" s="96"/>
+      <c r="O3" s="88"/>
+      <c r="P3" s="88"/>
+      <c r="Q3" s="88"/>
       <c r="R3" s="23"/>
       <c r="S3" s="23"/>
-      <c r="T3" s="97"/>
+      <c r="T3" s="89"/>
       <c r="U3" s="23"/>
       <c r="V3" s="23"/>
-      <c r="W3" s="97"/>
-[...8 lines deleted...]
-      <c r="AF3" s="98" t="str">
+      <c r="W3" s="89"/>
+      <c r="X3" s="89"/>
+      <c r="Y3" s="89"/>
+      <c r="Z3" s="89"/>
+      <c r="AA3" s="89"/>
+      <c r="AB3" s="89"/>
+      <c r="AC3" s="89"/>
+      <c r="AD3" s="89"/>
+      <c r="AE3" s="89"/>
+      <c r="AF3" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG3" s="23"/>
+      <c r="AG3" s="89"/>
       <c r="AH3" s="23"/>
       <c r="AI3" s="23"/>
       <c r="AJ3" s="23"/>
       <c r="AK3" s="23"/>
       <c r="AL3" s="23"/>
       <c r="AM3" s="23"/>
-      <c r="AN3" s="98" t="str">
+      <c r="AN3" s="23"/>
+      <c r="AO3" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO3" s="97"/>
-[...8 lines deleted...]
-      <c r="AX3" s="99" t="str">
+      <c r="AP3" s="89"/>
+      <c r="AQ3" s="89"/>
+      <c r="AR3" s="89"/>
+      <c r="AS3" s="89"/>
+      <c r="AT3" s="89"/>
+      <c r="AU3" s="89"/>
+      <c r="AV3" s="89"/>
+      <c r="AW3" s="89"/>
+      <c r="AX3" s="89"/>
+      <c r="AY3" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY3" s="97"/>
-      <c r="AZ3" s="99" t="str">
+      <c r="AZ3" s="89"/>
+      <c r="BA3" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA3" s="97"/>
-[...1 lines deleted...]
-      <c r="BC3" s="99" t="str">
+      <c r="BB3" s="89"/>
+      <c r="BC3" s="89"/>
+      <c r="BD3" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD3" s="97"/>
-[...3 lines deleted...]
-      <c r="BH3" s="99" t="str">
+      <c r="BE3" s="89"/>
+      <c r="BF3" s="89"/>
+      <c r="BG3" s="89"/>
+      <c r="BH3" s="89"/>
+      <c r="BI3" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI3" s="99" t="str">
-[...17 lines deleted...]
-    <row r="4" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="BJ3" s="91" t="str">
+        <f t="shared" ref="BJ3:BJ10" si="0">IF(SUM(AP3,AQ3,BA3,BD3,BI3)&lt;&gt;0, SUM(AP3,AQ3,BA3,BD3,BI3), "")</f>
+        <v/>
+      </c>
+      <c r="BK3" s="22"/>
+      <c r="BL3" s="92"/>
+      <c r="BM3" s="92"/>
+      <c r="BN3" s="92"/>
+      <c r="BO3" s="92"/>
+      <c r="BP3" s="92"/>
+      <c r="BQ3" s="92"/>
+      <c r="BR3" s="92"/>
+      <c r="BS3" s="92"/>
+      <c r="BT3" s="92"/>
+      <c r="BU3" s="92"/>
+      <c r="BV3" s="92"/>
+      <c r="BW3" s="92"/>
+    </row>
+    <row r="4" spans="1:76" x14ac:dyDescent="0.35">
       <c r="A4" s="22"/>
       <c r="B4" s="21"/>
       <c r="C4" s="22"/>
       <c r="D4" s="22"/>
       <c r="E4" s="22"/>
       <c r="F4" s="21"/>
       <c r="G4" s="22"/>
       <c r="H4" s="22"/>
       <c r="I4" s="23"/>
       <c r="J4" s="23"/>
-      <c r="K4" s="93"/>
-[...2 lines deleted...]
-      <c r="N4" s="95" t="str">
+      <c r="K4" s="85"/>
+      <c r="L4" s="86"/>
+      <c r="M4" s="86"/>
+      <c r="N4" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O4" s="96"/>
-[...1 lines deleted...]
-      <c r="Q4" s="96"/>
+      <c r="O4" s="88"/>
+      <c r="P4" s="88"/>
+      <c r="Q4" s="88"/>
       <c r="R4" s="23"/>
       <c r="S4" s="23"/>
-      <c r="T4" s="97"/>
+      <c r="T4" s="89"/>
       <c r="U4" s="23"/>
       <c r="V4" s="23"/>
-      <c r="W4" s="97"/>
-[...8 lines deleted...]
-      <c r="AF4" s="98" t="str">
+      <c r="W4" s="89"/>
+      <c r="X4" s="89"/>
+      <c r="Y4" s="89"/>
+      <c r="Z4" s="89"/>
+      <c r="AA4" s="89"/>
+      <c r="AB4" s="89"/>
+      <c r="AC4" s="89"/>
+      <c r="AD4" s="89"/>
+      <c r="AE4" s="89"/>
+      <c r="AF4" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG4" s="23"/>
+      <c r="AG4" s="89"/>
       <c r="AH4" s="23"/>
       <c r="AI4" s="23"/>
       <c r="AJ4" s="23"/>
       <c r="AK4" s="23"/>
       <c r="AL4" s="23"/>
       <c r="AM4" s="23"/>
-      <c r="AN4" s="98" t="str">
+      <c r="AN4" s="23"/>
+      <c r="AO4" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO4" s="97"/>
-[...8 lines deleted...]
-      <c r="AX4" s="99" t="str">
+      <c r="AP4" s="89"/>
+      <c r="AQ4" s="89"/>
+      <c r="AR4" s="89"/>
+      <c r="AS4" s="89"/>
+      <c r="AT4" s="89"/>
+      <c r="AU4" s="89"/>
+      <c r="AV4" s="89"/>
+      <c r="AW4" s="89"/>
+      <c r="AX4" s="89"/>
+      <c r="AY4" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY4" s="97"/>
-      <c r="AZ4" s="99" t="str">
+      <c r="AZ4" s="89"/>
+      <c r="BA4" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA4" s="97"/>
-[...1 lines deleted...]
-      <c r="BC4" s="99" t="str">
+      <c r="BB4" s="89"/>
+      <c r="BC4" s="89"/>
+      <c r="BD4" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD4" s="97"/>
-[...3 lines deleted...]
-      <c r="BH4" s="99" t="str">
+      <c r="BE4" s="89"/>
+      <c r="BF4" s="89"/>
+      <c r="BG4" s="89"/>
+      <c r="BH4" s="89"/>
+      <c r="BI4" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI4" s="99" t="str">
+      <c r="BJ4" s="91" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="BJ4" s="22"/>
-[...13 lines deleted...]
-    <row r="5" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="BK4" s="22"/>
+      <c r="BL4" s="92"/>
+      <c r="BM4" s="92"/>
+      <c r="BN4" s="92"/>
+      <c r="BO4" s="92"/>
+      <c r="BP4" s="92"/>
+      <c r="BQ4" s="92"/>
+      <c r="BR4" s="92"/>
+      <c r="BS4" s="92"/>
+      <c r="BT4" s="92"/>
+      <c r="BU4" s="92"/>
+      <c r="BV4" s="92"/>
+      <c r="BW4" s="92"/>
+    </row>
+    <row r="5" spans="1:76" x14ac:dyDescent="0.35">
       <c r="A5" s="22"/>
       <c r="B5" s="21"/>
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="21"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
       <c r="I5" s="23"/>
       <c r="J5" s="23"/>
-      <c r="K5" s="93"/>
-[...2 lines deleted...]
-      <c r="N5" s="95" t="str">
+      <c r="K5" s="85"/>
+      <c r="L5" s="86"/>
+      <c r="M5" s="86"/>
+      <c r="N5" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O5" s="96"/>
-[...1 lines deleted...]
-      <c r="Q5" s="96"/>
+      <c r="O5" s="88"/>
+      <c r="P5" s="88"/>
+      <c r="Q5" s="88"/>
       <c r="R5" s="23"/>
       <c r="S5" s="23"/>
-      <c r="T5" s="97"/>
+      <c r="T5" s="89"/>
       <c r="U5" s="23"/>
       <c r="V5" s="23"/>
-      <c r="W5" s="97"/>
-[...8 lines deleted...]
-      <c r="AF5" s="98" t="str">
+      <c r="W5" s="89"/>
+      <c r="X5" s="89"/>
+      <c r="Y5" s="89"/>
+      <c r="Z5" s="89"/>
+      <c r="AA5" s="89"/>
+      <c r="AB5" s="89"/>
+      <c r="AC5" s="89"/>
+      <c r="AD5" s="89"/>
+      <c r="AE5" s="89"/>
+      <c r="AF5" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG5" s="23"/>
+      <c r="AG5" s="89"/>
       <c r="AH5" s="23"/>
       <c r="AI5" s="23"/>
       <c r="AJ5" s="23"/>
       <c r="AK5" s="23"/>
       <c r="AL5" s="23"/>
       <c r="AM5" s="23"/>
-      <c r="AN5" s="98" t="str">
+      <c r="AN5" s="23"/>
+      <c r="AO5" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO5" s="97"/>
-[...8 lines deleted...]
-      <c r="AX5" s="99" t="str">
+      <c r="AP5" s="89"/>
+      <c r="AQ5" s="89"/>
+      <c r="AR5" s="89"/>
+      <c r="AS5" s="89"/>
+      <c r="AT5" s="89"/>
+      <c r="AU5" s="89"/>
+      <c r="AV5" s="89"/>
+      <c r="AW5" s="89"/>
+      <c r="AX5" s="89"/>
+      <c r="AY5" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY5" s="97"/>
-      <c r="AZ5" s="99" t="str">
+      <c r="AZ5" s="89"/>
+      <c r="BA5" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA5" s="97"/>
-[...1 lines deleted...]
-      <c r="BC5" s="99" t="str">
+      <c r="BB5" s="89"/>
+      <c r="BC5" s="89"/>
+      <c r="BD5" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD5" s="97"/>
-[...3 lines deleted...]
-      <c r="BH5" s="99" t="str">
+      <c r="BE5" s="89"/>
+      <c r="BF5" s="89"/>
+      <c r="BG5" s="89"/>
+      <c r="BH5" s="89"/>
+      <c r="BI5" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI5" s="99" t="str">
+      <c r="BJ5" s="91" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="BJ5" s="22"/>
-[...13 lines deleted...]
-    <row r="6" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="BK5" s="22"/>
+      <c r="BL5" s="92"/>
+      <c r="BM5" s="92"/>
+      <c r="BN5" s="92"/>
+      <c r="BO5" s="92"/>
+      <c r="BP5" s="92"/>
+      <c r="BQ5" s="92"/>
+      <c r="BR5" s="92"/>
+      <c r="BS5" s="92"/>
+      <c r="BT5" s="92"/>
+      <c r="BU5" s="92"/>
+      <c r="BV5" s="92"/>
+      <c r="BW5" s="92"/>
+    </row>
+    <row r="6" spans="1:76" x14ac:dyDescent="0.35">
       <c r="A6" s="22"/>
       <c r="B6" s="21"/>
       <c r="C6" s="22"/>
       <c r="D6" s="22"/>
       <c r="E6" s="22"/>
       <c r="F6" s="21"/>
       <c r="G6" s="22"/>
       <c r="H6" s="22"/>
       <c r="I6" s="23"/>
       <c r="J6" s="23"/>
-      <c r="K6" s="93"/>
-[...2 lines deleted...]
-      <c r="N6" s="95" t="str">
+      <c r="K6" s="85"/>
+      <c r="L6" s="86"/>
+      <c r="M6" s="86"/>
+      <c r="N6" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O6" s="96"/>
-[...1 lines deleted...]
-      <c r="Q6" s="96"/>
+      <c r="O6" s="88"/>
+      <c r="P6" s="88"/>
+      <c r="Q6" s="88"/>
       <c r="R6" s="23"/>
       <c r="S6" s="23"/>
-      <c r="T6" s="97"/>
+      <c r="T6" s="89"/>
       <c r="U6" s="23"/>
       <c r="V6" s="23"/>
-      <c r="W6" s="97"/>
-[...8 lines deleted...]
-      <c r="AF6" s="98" t="str">
+      <c r="W6" s="89"/>
+      <c r="X6" s="89"/>
+      <c r="Y6" s="89"/>
+      <c r="Z6" s="89"/>
+      <c r="AA6" s="89"/>
+      <c r="AB6" s="89"/>
+      <c r="AC6" s="89"/>
+      <c r="AD6" s="89"/>
+      <c r="AE6" s="89"/>
+      <c r="AF6" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG6" s="23"/>
+      <c r="AG6" s="89"/>
       <c r="AH6" s="23"/>
       <c r="AI6" s="23"/>
       <c r="AJ6" s="23"/>
       <c r="AK6" s="23"/>
       <c r="AL6" s="23"/>
       <c r="AM6" s="23"/>
-      <c r="AN6" s="98" t="str">
+      <c r="AN6" s="23"/>
+      <c r="AO6" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO6" s="97"/>
-[...8 lines deleted...]
-      <c r="AX6" s="99" t="str">
+      <c r="AP6" s="89"/>
+      <c r="AQ6" s="89"/>
+      <c r="AR6" s="89"/>
+      <c r="AS6" s="89"/>
+      <c r="AT6" s="89"/>
+      <c r="AU6" s="89"/>
+      <c r="AV6" s="89"/>
+      <c r="AW6" s="89"/>
+      <c r="AX6" s="89"/>
+      <c r="AY6" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY6" s="97"/>
-      <c r="AZ6" s="99" t="str">
+      <c r="AZ6" s="89"/>
+      <c r="BA6" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA6" s="97"/>
-[...1 lines deleted...]
-      <c r="BC6" s="99" t="str">
+      <c r="BB6" s="89"/>
+      <c r="BC6" s="89"/>
+      <c r="BD6" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD6" s="97"/>
-[...3 lines deleted...]
-      <c r="BH6" s="99" t="str">
+      <c r="BE6" s="89"/>
+      <c r="BF6" s="89"/>
+      <c r="BG6" s="89"/>
+      <c r="BH6" s="89"/>
+      <c r="BI6" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI6" s="99" t="str">
+      <c r="BJ6" s="91" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="BJ6" s="22"/>
-[...13 lines deleted...]
-    <row r="7" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="BK6" s="22"/>
+      <c r="BL6" s="92"/>
+      <c r="BM6" s="92"/>
+      <c r="BN6" s="92"/>
+      <c r="BO6" s="92"/>
+      <c r="BP6" s="92"/>
+      <c r="BQ6" s="92"/>
+      <c r="BR6" s="92"/>
+      <c r="BS6" s="92"/>
+      <c r="BT6" s="92"/>
+      <c r="BU6" s="92"/>
+      <c r="BV6" s="92"/>
+      <c r="BW6" s="92"/>
+    </row>
+    <row r="7" spans="1:76" x14ac:dyDescent="0.35">
       <c r="A7" s="22"/>
       <c r="B7" s="21"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="21"/>
       <c r="G7" s="22"/>
       <c r="H7" s="22"/>
       <c r="I7" s="23"/>
       <c r="J7" s="23"/>
-      <c r="K7" s="93"/>
-[...2 lines deleted...]
-      <c r="N7" s="95" t="str">
+      <c r="K7" s="85"/>
+      <c r="L7" s="86"/>
+      <c r="M7" s="86"/>
+      <c r="N7" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O7" s="96"/>
-[...1 lines deleted...]
-      <c r="Q7" s="96"/>
+      <c r="O7" s="88"/>
+      <c r="P7" s="88"/>
+      <c r="Q7" s="88"/>
       <c r="R7" s="23"/>
       <c r="S7" s="23"/>
-      <c r="T7" s="97"/>
+      <c r="T7" s="89"/>
       <c r="U7" s="23"/>
       <c r="V7" s="23"/>
-      <c r="W7" s="97"/>
-[...8 lines deleted...]
-      <c r="AF7" s="98" t="str">
+      <c r="W7" s="89"/>
+      <c r="X7" s="89"/>
+      <c r="Y7" s="89"/>
+      <c r="Z7" s="89"/>
+      <c r="AA7" s="89"/>
+      <c r="AB7" s="89"/>
+      <c r="AC7" s="89"/>
+      <c r="AD7" s="89"/>
+      <c r="AE7" s="89"/>
+      <c r="AF7" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG7" s="23"/>
+      <c r="AG7" s="89"/>
       <c r="AH7" s="23"/>
       <c r="AI7" s="23"/>
       <c r="AJ7" s="23"/>
       <c r="AK7" s="23"/>
       <c r="AL7" s="23"/>
       <c r="AM7" s="23"/>
-      <c r="AN7" s="98" t="str">
+      <c r="AN7" s="23"/>
+      <c r="AO7" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO7" s="97"/>
-[...8 lines deleted...]
-      <c r="AX7" s="99" t="str">
+      <c r="AP7" s="89"/>
+      <c r="AQ7" s="89"/>
+      <c r="AR7" s="89"/>
+      <c r="AS7" s="89"/>
+      <c r="AT7" s="89"/>
+      <c r="AU7" s="89"/>
+      <c r="AV7" s="89"/>
+      <c r="AW7" s="89"/>
+      <c r="AX7" s="89"/>
+      <c r="AY7" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY7" s="97"/>
-      <c r="AZ7" s="99" t="str">
+      <c r="AZ7" s="89"/>
+      <c r="BA7" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA7" s="97"/>
-[...1 lines deleted...]
-      <c r="BC7" s="99" t="str">
+      <c r="BB7" s="89"/>
+      <c r="BC7" s="89"/>
+      <c r="BD7" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD7" s="97"/>
-[...3 lines deleted...]
-      <c r="BH7" s="99" t="str">
+      <c r="BE7" s="89"/>
+      <c r="BF7" s="89"/>
+      <c r="BG7" s="89"/>
+      <c r="BH7" s="89"/>
+      <c r="BI7" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI7" s="99" t="str">
+      <c r="BJ7" s="91" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="BJ7" s="22"/>
-[...13 lines deleted...]
-    <row r="8" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="BK7" s="22"/>
+      <c r="BL7" s="92"/>
+      <c r="BM7" s="92"/>
+      <c r="BN7" s="92"/>
+      <c r="BO7" s="92"/>
+      <c r="BP7" s="92"/>
+      <c r="BQ7" s="92"/>
+      <c r="BR7" s="92"/>
+      <c r="BS7" s="92"/>
+      <c r="BT7" s="92"/>
+      <c r="BU7" s="92"/>
+      <c r="BV7" s="92"/>
+      <c r="BW7" s="92"/>
+    </row>
+    <row r="8" spans="1:76" x14ac:dyDescent="0.35">
       <c r="A8" s="22"/>
       <c r="B8" s="21"/>
       <c r="C8" s="22"/>
       <c r="D8" s="22"/>
       <c r="E8" s="22"/>
       <c r="F8" s="21"/>
       <c r="G8" s="22"/>
       <c r="H8" s="22"/>
       <c r="I8" s="23"/>
       <c r="J8" s="23"/>
-      <c r="K8" s="93"/>
-[...2 lines deleted...]
-      <c r="N8" s="95" t="str">
+      <c r="K8" s="85"/>
+      <c r="L8" s="86"/>
+      <c r="M8" s="86"/>
+      <c r="N8" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O8" s="96"/>
-[...1 lines deleted...]
-      <c r="Q8" s="96"/>
+      <c r="O8" s="88"/>
+      <c r="P8" s="88"/>
+      <c r="Q8" s="88"/>
       <c r="R8" s="23"/>
       <c r="S8" s="23"/>
-      <c r="T8" s="97"/>
+      <c r="T8" s="89"/>
       <c r="U8" s="23"/>
       <c r="V8" s="23"/>
-      <c r="W8" s="97"/>
-[...8 lines deleted...]
-      <c r="AF8" s="98" t="str">
+      <c r="W8" s="89"/>
+      <c r="X8" s="89"/>
+      <c r="Y8" s="89"/>
+      <c r="Z8" s="89"/>
+      <c r="AA8" s="89"/>
+      <c r="AB8" s="89"/>
+      <c r="AC8" s="89"/>
+      <c r="AD8" s="89"/>
+      <c r="AE8" s="89"/>
+      <c r="AF8" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG8" s="23"/>
+      <c r="AG8" s="89"/>
       <c r="AH8" s="23"/>
       <c r="AI8" s="23"/>
       <c r="AJ8" s="23"/>
       <c r="AK8" s="23"/>
       <c r="AL8" s="23"/>
       <c r="AM8" s="23"/>
-      <c r="AN8" s="98" t="str">
+      <c r="AN8" s="23"/>
+      <c r="AO8" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO8" s="97"/>
-[...8 lines deleted...]
-      <c r="AX8" s="99" t="str">
+      <c r="AP8" s="89"/>
+      <c r="AQ8" s="89"/>
+      <c r="AR8" s="89"/>
+      <c r="AS8" s="89"/>
+      <c r="AT8" s="89"/>
+      <c r="AU8" s="89"/>
+      <c r="AV8" s="89"/>
+      <c r="AW8" s="89"/>
+      <c r="AX8" s="89"/>
+      <c r="AY8" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY8" s="97"/>
-      <c r="AZ8" s="99" t="str">
+      <c r="AZ8" s="89"/>
+      <c r="BA8" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA8" s="97"/>
-[...1 lines deleted...]
-      <c r="BC8" s="99" t="str">
+      <c r="BB8" s="89"/>
+      <c r="BC8" s="89"/>
+      <c r="BD8" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD8" s="97"/>
-[...3 lines deleted...]
-      <c r="BH8" s="99" t="str">
+      <c r="BE8" s="89"/>
+      <c r="BF8" s="89"/>
+      <c r="BG8" s="89"/>
+      <c r="BH8" s="89"/>
+      <c r="BI8" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI8" s="99" t="str">
+      <c r="BJ8" s="91" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="BJ8" s="22"/>
-[...13 lines deleted...]
-    <row r="9" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="BK8" s="22"/>
+      <c r="BL8" s="92"/>
+      <c r="BM8" s="92"/>
+      <c r="BN8" s="92"/>
+      <c r="BO8" s="92"/>
+      <c r="BP8" s="92"/>
+      <c r="BQ8" s="92"/>
+      <c r="BR8" s="92"/>
+      <c r="BS8" s="92"/>
+      <c r="BT8" s="92"/>
+      <c r="BU8" s="92"/>
+      <c r="BV8" s="92"/>
+      <c r="BW8" s="92"/>
+    </row>
+    <row r="9" spans="1:76" x14ac:dyDescent="0.35">
       <c r="A9" s="22"/>
       <c r="B9" s="21"/>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="21"/>
       <c r="G9" s="22"/>
       <c r="H9" s="22"/>
       <c r="I9" s="23"/>
       <c r="J9" s="23"/>
-      <c r="K9" s="93"/>
-[...8 lines deleted...]
-      <c r="Q9" s="96"/>
+      <c r="K9" s="85"/>
+      <c r="L9" s="86"/>
+      <c r="M9" s="86"/>
+      <c r="N9" s="87"/>
+      <c r="O9" s="88"/>
+      <c r="P9" s="88"/>
+      <c r="Q9" s="88"/>
       <c r="R9" s="23"/>
       <c r="S9" s="23"/>
-      <c r="T9" s="97"/>
+      <c r="T9" s="89"/>
       <c r="U9" s="23"/>
       <c r="V9" s="23"/>
-      <c r="W9" s="97"/>
-[...12 lines deleted...]
-      <c r="AG9" s="23"/>
+      <c r="W9" s="89"/>
+      <c r="X9" s="89"/>
+      <c r="Y9" s="89"/>
+      <c r="Z9" s="89"/>
+      <c r="AA9" s="89"/>
+      <c r="AB9" s="89"/>
+      <c r="AC9" s="89"/>
+      <c r="AD9" s="89"/>
+      <c r="AE9" s="89"/>
+      <c r="AF9" s="90"/>
+      <c r="AG9" s="89"/>
       <c r="AH9" s="23"/>
       <c r="AI9" s="23"/>
       <c r="AJ9" s="23"/>
       <c r="AK9" s="23"/>
       <c r="AL9" s="23"/>
       <c r="AM9" s="23"/>
-      <c r="AN9" s="98" t="str">
-[...53 lines deleted...]
-    <row r="10" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="AN9" s="23"/>
+      <c r="AO9" s="90"/>
+      <c r="AP9" s="89"/>
+      <c r="AQ9" s="89"/>
+      <c r="AR9" s="89"/>
+      <c r="AS9" s="89"/>
+      <c r="AT9" s="89"/>
+      <c r="AU9" s="89"/>
+      <c r="AV9" s="89"/>
+      <c r="AW9" s="89"/>
+      <c r="AX9" s="89"/>
+      <c r="AY9" s="91"/>
+      <c r="AZ9" s="89"/>
+      <c r="BA9" s="91"/>
+      <c r="BB9" s="89"/>
+      <c r="BC9" s="89"/>
+      <c r="BD9" s="91"/>
+      <c r="BE9" s="89"/>
+      <c r="BF9" s="89"/>
+      <c r="BG9" s="89"/>
+      <c r="BH9" s="89"/>
+      <c r="BI9" s="91"/>
+      <c r="BJ9" s="91"/>
+      <c r="BK9" s="22"/>
+      <c r="BL9" s="92"/>
+      <c r="BM9" s="92"/>
+      <c r="BN9" s="92"/>
+      <c r="BO9" s="92"/>
+      <c r="BP9" s="92"/>
+      <c r="BQ9" s="92"/>
+      <c r="BR9" s="92"/>
+      <c r="BS9" s="92"/>
+      <c r="BT9" s="92"/>
+      <c r="BU9" s="92"/>
+      <c r="BV9" s="92"/>
+      <c r="BW9" s="92"/>
+    </row>
+    <row r="10" spans="1:76" x14ac:dyDescent="0.35">
       <c r="A10" s="22"/>
       <c r="B10" s="21"/>
       <c r="C10" s="22"/>
       <c r="D10" s="22"/>
       <c r="E10" s="22"/>
       <c r="F10" s="21"/>
       <c r="G10" s="22"/>
       <c r="H10" s="22"/>
       <c r="I10" s="23"/>
       <c r="J10" s="23"/>
-      <c r="K10" s="93"/>
-[...2 lines deleted...]
-      <c r="N10" s="95" t="str">
+      <c r="K10" s="85"/>
+      <c r="L10" s="86"/>
+      <c r="M10" s="86"/>
+      <c r="N10" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O10" s="96"/>
-[...1 lines deleted...]
-      <c r="Q10" s="96"/>
+      <c r="O10" s="88"/>
+      <c r="P10" s="88"/>
+      <c r="Q10" s="88"/>
       <c r="R10" s="23"/>
       <c r="S10" s="23"/>
-      <c r="T10" s="97"/>
+      <c r="T10" s="89"/>
       <c r="U10" s="23"/>
       <c r="V10" s="23"/>
-      <c r="W10" s="97"/>
-[...8 lines deleted...]
-      <c r="AF10" s="98" t="str">
+      <c r="W10" s="89"/>
+      <c r="X10" s="89"/>
+      <c r="Y10" s="89"/>
+      <c r="Z10" s="89"/>
+      <c r="AA10" s="89"/>
+      <c r="AB10" s="89"/>
+      <c r="AC10" s="89"/>
+      <c r="AD10" s="89"/>
+      <c r="AE10" s="89"/>
+      <c r="AF10" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG10" s="23"/>
+      <c r="AG10" s="89"/>
       <c r="AH10" s="23"/>
       <c r="AI10" s="23"/>
       <c r="AJ10" s="23"/>
       <c r="AK10" s="23"/>
       <c r="AL10" s="23"/>
       <c r="AM10" s="23"/>
-      <c r="AN10" s="98" t="str">
+      <c r="AN10" s="23"/>
+      <c r="AO10" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO10" s="97"/>
-[...8 lines deleted...]
-      <c r="AX10" s="99" t="str">
+      <c r="AP10" s="89"/>
+      <c r="AQ10" s="89"/>
+      <c r="AR10" s="89"/>
+      <c r="AS10" s="89"/>
+      <c r="AT10" s="89"/>
+      <c r="AU10" s="89"/>
+      <c r="AV10" s="89"/>
+      <c r="AW10" s="89"/>
+      <c r="AX10" s="89"/>
+      <c r="AY10" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY10" s="97"/>
-      <c r="AZ10" s="99" t="str">
+      <c r="AZ10" s="89"/>
+      <c r="BA10" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA10" s="97"/>
-[...1 lines deleted...]
-      <c r="BC10" s="99" t="str">
+      <c r="BB10" s="89"/>
+      <c r="BC10" s="89"/>
+      <c r="BD10" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD10" s="97"/>
-[...3 lines deleted...]
-      <c r="BH10" s="99" t="str">
+      <c r="BE10" s="89"/>
+      <c r="BF10" s="89"/>
+      <c r="BG10" s="89"/>
+      <c r="BH10" s="89"/>
+      <c r="BI10" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI10" s="99" t="str">
+      <c r="BJ10" s="91" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="BJ10" s="22"/>
-[...13 lines deleted...]
-    <row r="11" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="BK10" s="22"/>
+      <c r="BL10" s="92"/>
+      <c r="BM10" s="92"/>
+      <c r="BN10" s="92"/>
+      <c r="BO10" s="92"/>
+      <c r="BP10" s="92"/>
+      <c r="BQ10" s="92"/>
+      <c r="BR10" s="92"/>
+      <c r="BS10" s="92"/>
+      <c r="BT10" s="92"/>
+      <c r="BU10" s="92"/>
+      <c r="BV10" s="92"/>
+      <c r="BW10" s="92"/>
+    </row>
+    <row r="11" spans="1:76" x14ac:dyDescent="0.35">
       <c r="A11" s="22"/>
       <c r="B11" s="21"/>
       <c r="C11" s="22"/>
       <c r="D11" s="22"/>
       <c r="E11" s="22"/>
       <c r="F11" s="21"/>
       <c r="G11" s="22"/>
       <c r="H11" s="22"/>
       <c r="I11" s="23"/>
       <c r="J11" s="23"/>
-      <c r="K11" s="93"/>
-[...2 lines deleted...]
-      <c r="N11" s="95" t="str">
+      <c r="K11" s="85"/>
+      <c r="L11" s="86"/>
+      <c r="M11" s="86"/>
+      <c r="N11" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O11" s="96"/>
-[...1 lines deleted...]
-      <c r="Q11" s="96"/>
+      <c r="O11" s="88"/>
+      <c r="P11" s="88"/>
+      <c r="Q11" s="88"/>
       <c r="R11" s="23"/>
       <c r="S11" s="23"/>
-      <c r="T11" s="97"/>
+      <c r="T11" s="89"/>
       <c r="U11" s="23"/>
       <c r="V11" s="23"/>
-      <c r="W11" s="97"/>
-[...8 lines deleted...]
-      <c r="AF11" s="98" t="str">
+      <c r="W11" s="89"/>
+      <c r="X11" s="89"/>
+      <c r="Y11" s="89"/>
+      <c r="Z11" s="89"/>
+      <c r="AA11" s="89"/>
+      <c r="AB11" s="89"/>
+      <c r="AC11" s="89"/>
+      <c r="AD11" s="89"/>
+      <c r="AE11" s="89"/>
+      <c r="AF11" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG11" s="23"/>
+      <c r="AG11" s="89"/>
       <c r="AH11" s="23"/>
       <c r="AI11" s="23"/>
       <c r="AJ11" s="23"/>
       <c r="AK11" s="23"/>
       <c r="AL11" s="23"/>
       <c r="AM11" s="23"/>
-      <c r="AN11" s="98" t="str">
+      <c r="AN11" s="23"/>
+      <c r="AO11" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO11" s="97"/>
-[...8 lines deleted...]
-      <c r="AX11" s="99" t="str">
+      <c r="AP11" s="89"/>
+      <c r="AQ11" s="89"/>
+      <c r="AR11" s="89"/>
+      <c r="AS11" s="89"/>
+      <c r="AT11" s="89"/>
+      <c r="AU11" s="89"/>
+      <c r="AV11" s="89"/>
+      <c r="AW11" s="89"/>
+      <c r="AX11" s="89"/>
+      <c r="AY11" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY11" s="97"/>
-      <c r="AZ11" s="99" t="str">
+      <c r="AZ11" s="89"/>
+      <c r="BA11" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA11" s="97"/>
-[...1 lines deleted...]
-      <c r="BC11" s="99" t="str">
+      <c r="BB11" s="89"/>
+      <c r="BC11" s="89"/>
+      <c r="BD11" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD11" s="97"/>
-[...3 lines deleted...]
-      <c r="BH11" s="99" t="str">
+      <c r="BE11" s="89"/>
+      <c r="BF11" s="89"/>
+      <c r="BG11" s="89"/>
+      <c r="BH11" s="89"/>
+      <c r="BI11" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI11" s="99" t="str">
-[...17 lines deleted...]
-    <row r="12" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="BJ11" s="91" t="str">
+        <f t="shared" ref="BJ11:BJ66" si="1">IF(SUM(AP11,AQ11,BA11,BD11,BI11)&lt;&gt;0, SUM(AP11,AQ11,BA11,BD11,BI11), "")</f>
+        <v/>
+      </c>
+      <c r="BK11" s="22"/>
+      <c r="BL11" s="92"/>
+      <c r="BM11" s="92"/>
+      <c r="BN11" s="92"/>
+      <c r="BO11" s="92"/>
+      <c r="BP11" s="92"/>
+      <c r="BQ11" s="92"/>
+      <c r="BR11" s="92"/>
+      <c r="BS11" s="92"/>
+      <c r="BT11" s="92"/>
+      <c r="BU11" s="92"/>
+      <c r="BV11" s="92"/>
+      <c r="BW11" s="92"/>
+    </row>
+    <row r="12" spans="1:76" x14ac:dyDescent="0.35">
       <c r="A12" s="22"/>
       <c r="B12" s="21"/>
       <c r="C12" s="22"/>
       <c r="D12" s="22"/>
       <c r="E12" s="22"/>
       <c r="F12" s="21"/>
       <c r="G12" s="22"/>
       <c r="H12" s="22"/>
       <c r="I12" s="23"/>
       <c r="J12" s="23"/>
-      <c r="K12" s="93"/>
-[...2 lines deleted...]
-      <c r="N12" s="95" t="str">
+      <c r="K12" s="85"/>
+      <c r="L12" s="86"/>
+      <c r="M12" s="86"/>
+      <c r="N12" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O12" s="96"/>
-[...1 lines deleted...]
-      <c r="Q12" s="96"/>
+      <c r="O12" s="88"/>
+      <c r="P12" s="88"/>
+      <c r="Q12" s="88"/>
       <c r="R12" s="23"/>
       <c r="S12" s="23"/>
-      <c r="T12" s="97"/>
+      <c r="T12" s="89"/>
       <c r="U12" s="23"/>
       <c r="V12" s="23"/>
-      <c r="W12" s="97"/>
-[...8 lines deleted...]
-      <c r="AF12" s="98" t="str">
+      <c r="W12" s="89"/>
+      <c r="X12" s="89"/>
+      <c r="Y12" s="89"/>
+      <c r="Z12" s="89"/>
+      <c r="AA12" s="89"/>
+      <c r="AB12" s="89"/>
+      <c r="AC12" s="89"/>
+      <c r="AD12" s="89"/>
+      <c r="AE12" s="89"/>
+      <c r="AF12" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG12" s="23"/>
+      <c r="AG12" s="89"/>
       <c r="AH12" s="23"/>
       <c r="AI12" s="23"/>
       <c r="AJ12" s="23"/>
       <c r="AK12" s="23"/>
       <c r="AL12" s="23"/>
       <c r="AM12" s="23"/>
-      <c r="AN12" s="98" t="str">
+      <c r="AN12" s="23"/>
+      <c r="AO12" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO12" s="97"/>
-[...8 lines deleted...]
-      <c r="AX12" s="99" t="str">
+      <c r="AP12" s="89"/>
+      <c r="AQ12" s="89"/>
+      <c r="AR12" s="89"/>
+      <c r="AS12" s="89"/>
+      <c r="AT12" s="89"/>
+      <c r="AU12" s="89"/>
+      <c r="AV12" s="89"/>
+      <c r="AW12" s="89"/>
+      <c r="AX12" s="89"/>
+      <c r="AY12" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY12" s="97"/>
-      <c r="AZ12" s="99" t="str">
+      <c r="AZ12" s="89"/>
+      <c r="BA12" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA12" s="97"/>
-[...1 lines deleted...]
-      <c r="BC12" s="99" t="str">
+      <c r="BB12" s="89"/>
+      <c r="BC12" s="89"/>
+      <c r="BD12" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD12" s="97"/>
-[...3 lines deleted...]
-      <c r="BH12" s="99" t="str">
+      <c r="BE12" s="89"/>
+      <c r="BF12" s="89"/>
+      <c r="BG12" s="89"/>
+      <c r="BH12" s="89"/>
+      <c r="BI12" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI12" s="99" t="str">
+      <c r="BJ12" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ12" s="22"/>
-[...13 lines deleted...]
-    <row r="13" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="BK12" s="22"/>
+      <c r="BL12" s="92"/>
+      <c r="BM12" s="92"/>
+      <c r="BN12" s="92"/>
+      <c r="BO12" s="92"/>
+      <c r="BP12" s="92"/>
+      <c r="BQ12" s="92"/>
+      <c r="BR12" s="92"/>
+      <c r="BS12" s="92"/>
+      <c r="BT12" s="92"/>
+      <c r="BU12" s="92"/>
+      <c r="BV12" s="92"/>
+      <c r="BW12" s="92"/>
+    </row>
+    <row r="13" spans="1:76" x14ac:dyDescent="0.35">
       <c r="A13" s="22"/>
       <c r="B13" s="21"/>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
       <c r="E13" s="22"/>
       <c r="F13" s="21"/>
       <c r="G13" s="22"/>
       <c r="H13" s="22"/>
       <c r="I13" s="23"/>
       <c r="J13" s="23"/>
-      <c r="K13" s="93"/>
-[...2 lines deleted...]
-      <c r="N13" s="95" t="str">
+      <c r="K13" s="85"/>
+      <c r="L13" s="86"/>
+      <c r="M13" s="86"/>
+      <c r="N13" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O13" s="96"/>
-[...1 lines deleted...]
-      <c r="Q13" s="96"/>
+      <c r="O13" s="88"/>
+      <c r="P13" s="88"/>
+      <c r="Q13" s="88"/>
       <c r="R13" s="23"/>
       <c r="S13" s="23"/>
-      <c r="T13" s="97"/>
+      <c r="T13" s="89"/>
       <c r="U13" s="23"/>
       <c r="V13" s="23"/>
-      <c r="W13" s="97"/>
-[...8 lines deleted...]
-      <c r="AF13" s="98" t="str">
+      <c r="W13" s="89"/>
+      <c r="X13" s="89"/>
+      <c r="Y13" s="89"/>
+      <c r="Z13" s="89"/>
+      <c r="AA13" s="89"/>
+      <c r="AB13" s="89"/>
+      <c r="AC13" s="89"/>
+      <c r="AD13" s="89"/>
+      <c r="AE13" s="89"/>
+      <c r="AF13" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG13" s="23"/>
+      <c r="AG13" s="89"/>
       <c r="AH13" s="23"/>
       <c r="AI13" s="23"/>
       <c r="AJ13" s="23"/>
       <c r="AK13" s="23"/>
       <c r="AL13" s="23"/>
       <c r="AM13" s="23"/>
-      <c r="AN13" s="98" t="str">
+      <c r="AN13" s="23"/>
+      <c r="AO13" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO13" s="97"/>
-[...8 lines deleted...]
-      <c r="AX13" s="99" t="str">
+      <c r="AP13" s="89"/>
+      <c r="AQ13" s="89"/>
+      <c r="AR13" s="89"/>
+      <c r="AS13" s="89"/>
+      <c r="AT13" s="89"/>
+      <c r="AU13" s="89"/>
+      <c r="AV13" s="89"/>
+      <c r="AW13" s="89"/>
+      <c r="AX13" s="89"/>
+      <c r="AY13" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY13" s="97"/>
-      <c r="AZ13" s="99" t="str">
+      <c r="AZ13" s="89"/>
+      <c r="BA13" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA13" s="97"/>
-[...1 lines deleted...]
-      <c r="BC13" s="99" t="str">
+      <c r="BB13" s="89"/>
+      <c r="BC13" s="89"/>
+      <c r="BD13" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD13" s="97"/>
-[...3 lines deleted...]
-      <c r="BH13" s="99" t="str">
+      <c r="BE13" s="89"/>
+      <c r="BF13" s="89"/>
+      <c r="BG13" s="89"/>
+      <c r="BH13" s="89"/>
+      <c r="BI13" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI13" s="99" t="str">
+      <c r="BJ13" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ13" s="22"/>
-[...13 lines deleted...]
-    <row r="14" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="BK13" s="22"/>
+      <c r="BL13" s="92"/>
+      <c r="BM13" s="92"/>
+      <c r="BN13" s="92"/>
+      <c r="BO13" s="92"/>
+      <c r="BP13" s="92"/>
+      <c r="BQ13" s="92"/>
+      <c r="BR13" s="92"/>
+      <c r="BS13" s="92"/>
+      <c r="BT13" s="92"/>
+      <c r="BU13" s="92"/>
+      <c r="BV13" s="92"/>
+      <c r="BW13" s="92"/>
+    </row>
+    <row r="14" spans="1:76" x14ac:dyDescent="0.35">
       <c r="A14" s="22"/>
       <c r="B14" s="21"/>
       <c r="C14" s="22"/>
       <c r="D14" s="22"/>
       <c r="E14" s="22"/>
       <c r="F14" s="21"/>
       <c r="G14" s="22"/>
       <c r="H14" s="22"/>
       <c r="I14" s="23"/>
       <c r="J14" s="23"/>
-      <c r="K14" s="93"/>
-[...2 lines deleted...]
-      <c r="N14" s="95" t="str">
+      <c r="K14" s="85"/>
+      <c r="L14" s="86"/>
+      <c r="M14" s="86"/>
+      <c r="N14" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O14" s="96"/>
-[...1 lines deleted...]
-      <c r="Q14" s="96"/>
+      <c r="O14" s="88"/>
+      <c r="P14" s="88"/>
+      <c r="Q14" s="88"/>
       <c r="R14" s="23"/>
       <c r="S14" s="23"/>
-      <c r="T14" s="97"/>
+      <c r="T14" s="89"/>
       <c r="U14" s="23"/>
       <c r="V14" s="23"/>
-      <c r="W14" s="97"/>
-[...8 lines deleted...]
-      <c r="AF14" s="98" t="str">
+      <c r="W14" s="89"/>
+      <c r="X14" s="89"/>
+      <c r="Y14" s="89"/>
+      <c r="Z14" s="89"/>
+      <c r="AA14" s="89"/>
+      <c r="AB14" s="89"/>
+      <c r="AC14" s="89"/>
+      <c r="AD14" s="89"/>
+      <c r="AE14" s="89"/>
+      <c r="AF14" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG14" s="23"/>
+      <c r="AG14" s="89"/>
       <c r="AH14" s="23"/>
       <c r="AI14" s="23"/>
       <c r="AJ14" s="23"/>
       <c r="AK14" s="23"/>
       <c r="AL14" s="23"/>
       <c r="AM14" s="23"/>
-      <c r="AN14" s="98" t="str">
+      <c r="AN14" s="23"/>
+      <c r="AO14" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO14" s="97"/>
-[...8 lines deleted...]
-      <c r="AX14" s="99" t="str">
+      <c r="AP14" s="89"/>
+      <c r="AQ14" s="89"/>
+      <c r="AR14" s="89"/>
+      <c r="AS14" s="89"/>
+      <c r="AT14" s="89"/>
+      <c r="AU14" s="89"/>
+      <c r="AV14" s="89"/>
+      <c r="AW14" s="89"/>
+      <c r="AX14" s="89"/>
+      <c r="AY14" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY14" s="97"/>
-      <c r="AZ14" s="99" t="str">
+      <c r="AZ14" s="89"/>
+      <c r="BA14" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA14" s="97"/>
-[...1 lines deleted...]
-      <c r="BC14" s="99" t="str">
+      <c r="BB14" s="89"/>
+      <c r="BC14" s="89"/>
+      <c r="BD14" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD14" s="97"/>
-[...3 lines deleted...]
-      <c r="BH14" s="99" t="str">
+      <c r="BE14" s="89"/>
+      <c r="BF14" s="89"/>
+      <c r="BG14" s="89"/>
+      <c r="BH14" s="89"/>
+      <c r="BI14" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI14" s="99" t="str">
+      <c r="BJ14" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ14" s="22"/>
-[...13 lines deleted...]
-    <row r="15" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="BK14" s="22"/>
+      <c r="BL14" s="92"/>
+      <c r="BM14" s="92"/>
+      <c r="BN14" s="92"/>
+      <c r="BO14" s="92"/>
+      <c r="BP14" s="92"/>
+      <c r="BQ14" s="92"/>
+      <c r="BR14" s="92"/>
+      <c r="BS14" s="92"/>
+      <c r="BT14" s="92"/>
+      <c r="BU14" s="92"/>
+      <c r="BV14" s="92"/>
+      <c r="BW14" s="92"/>
+    </row>
+    <row r="15" spans="1:76" x14ac:dyDescent="0.35">
       <c r="A15" s="22"/>
       <c r="B15" s="21"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="21"/>
       <c r="G15" s="22"/>
       <c r="H15" s="22"/>
       <c r="I15" s="23"/>
       <c r="J15" s="23"/>
-      <c r="K15" s="93"/>
-[...2 lines deleted...]
-      <c r="N15" s="95" t="str">
+      <c r="K15" s="85"/>
+      <c r="L15" s="86"/>
+      <c r="M15" s="86"/>
+      <c r="N15" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O15" s="96"/>
-[...1 lines deleted...]
-      <c r="Q15" s="96"/>
+      <c r="O15" s="88"/>
+      <c r="P15" s="88"/>
+      <c r="Q15" s="88"/>
       <c r="R15" s="23"/>
       <c r="S15" s="23"/>
-      <c r="T15" s="97"/>
+      <c r="T15" s="89"/>
       <c r="U15" s="23"/>
       <c r="V15" s="23"/>
-      <c r="W15" s="97"/>
-[...8 lines deleted...]
-      <c r="AF15" s="98" t="str">
+      <c r="W15" s="89"/>
+      <c r="X15" s="89"/>
+      <c r="Y15" s="89"/>
+      <c r="Z15" s="89"/>
+      <c r="AA15" s="89"/>
+      <c r="AB15" s="89"/>
+      <c r="AC15" s="89"/>
+      <c r="AD15" s="89"/>
+      <c r="AE15" s="89"/>
+      <c r="AF15" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG15" s="23"/>
+      <c r="AG15" s="89"/>
       <c r="AH15" s="23"/>
       <c r="AI15" s="23"/>
       <c r="AJ15" s="23"/>
       <c r="AK15" s="23"/>
       <c r="AL15" s="23"/>
       <c r="AM15" s="23"/>
-      <c r="AN15" s="98" t="str">
+      <c r="AN15" s="23"/>
+      <c r="AO15" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO15" s="97"/>
-[...8 lines deleted...]
-      <c r="AX15" s="99" t="str">
+      <c r="AP15" s="89"/>
+      <c r="AQ15" s="89"/>
+      <c r="AR15" s="89"/>
+      <c r="AS15" s="89"/>
+      <c r="AT15" s="89"/>
+      <c r="AU15" s="89"/>
+      <c r="AV15" s="89"/>
+      <c r="AW15" s="89"/>
+      <c r="AX15" s="89"/>
+      <c r="AY15" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY15" s="97"/>
-      <c r="AZ15" s="99" t="str">
+      <c r="AZ15" s="89"/>
+      <c r="BA15" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA15" s="97"/>
-[...1 lines deleted...]
-      <c r="BC15" s="99" t="str">
+      <c r="BB15" s="89"/>
+      <c r="BC15" s="89"/>
+      <c r="BD15" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD15" s="97"/>
-[...3 lines deleted...]
-      <c r="BH15" s="99" t="str">
+      <c r="BE15" s="89"/>
+      <c r="BF15" s="89"/>
+      <c r="BG15" s="89"/>
+      <c r="BH15" s="89"/>
+      <c r="BI15" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI15" s="99" t="str">
+      <c r="BJ15" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ15" s="22"/>
-[...13 lines deleted...]
-    <row r="16" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="BK15" s="22"/>
+      <c r="BL15" s="92"/>
+      <c r="BM15" s="92"/>
+      <c r="BN15" s="92"/>
+      <c r="BO15" s="92"/>
+      <c r="BP15" s="92"/>
+      <c r="BQ15" s="92"/>
+      <c r="BR15" s="92"/>
+      <c r="BS15" s="92"/>
+      <c r="BT15" s="92"/>
+      <c r="BU15" s="92"/>
+      <c r="BV15" s="92"/>
+      <c r="BW15" s="92"/>
+    </row>
+    <row r="16" spans="1:76" x14ac:dyDescent="0.35">
       <c r="A16" s="22"/>
       <c r="B16" s="21"/>
       <c r="C16" s="22"/>
       <c r="D16" s="22"/>
       <c r="E16" s="22"/>
       <c r="F16" s="21"/>
       <c r="G16" s="22"/>
       <c r="H16" s="22"/>
       <c r="I16" s="23"/>
       <c r="J16" s="23"/>
-      <c r="K16" s="93"/>
-[...2 lines deleted...]
-      <c r="N16" s="95" t="str">
+      <c r="K16" s="85"/>
+      <c r="L16" s="86"/>
+      <c r="M16" s="86"/>
+      <c r="N16" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O16" s="96"/>
-[...1 lines deleted...]
-      <c r="Q16" s="96"/>
+      <c r="O16" s="88"/>
+      <c r="P16" s="88"/>
+      <c r="Q16" s="88"/>
       <c r="R16" s="23"/>
       <c r="S16" s="23"/>
-      <c r="T16" s="97"/>
+      <c r="T16" s="89"/>
       <c r="U16" s="23"/>
       <c r="V16" s="23"/>
-      <c r="W16" s="97"/>
-[...8 lines deleted...]
-      <c r="AF16" s="98" t="str">
+      <c r="W16" s="89"/>
+      <c r="X16" s="89"/>
+      <c r="Y16" s="89"/>
+      <c r="Z16" s="89"/>
+      <c r="AA16" s="89"/>
+      <c r="AB16" s="89"/>
+      <c r="AC16" s="89"/>
+      <c r="AD16" s="89"/>
+      <c r="AE16" s="89"/>
+      <c r="AF16" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG16" s="23"/>
+      <c r="AG16" s="89"/>
       <c r="AH16" s="23"/>
       <c r="AI16" s="23"/>
       <c r="AJ16" s="23"/>
       <c r="AK16" s="23"/>
       <c r="AL16" s="23"/>
       <c r="AM16" s="23"/>
-      <c r="AN16" s="98" t="str">
+      <c r="AN16" s="23"/>
+      <c r="AO16" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO16" s="97"/>
-[...8 lines deleted...]
-      <c r="AX16" s="99" t="str">
+      <c r="AP16" s="89"/>
+      <c r="AQ16" s="89"/>
+      <c r="AR16" s="89"/>
+      <c r="AS16" s="89"/>
+      <c r="AT16" s="89"/>
+      <c r="AU16" s="89"/>
+      <c r="AV16" s="89"/>
+      <c r="AW16" s="89"/>
+      <c r="AX16" s="89"/>
+      <c r="AY16" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY16" s="97"/>
-      <c r="AZ16" s="99" t="str">
+      <c r="AZ16" s="89"/>
+      <c r="BA16" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA16" s="97"/>
-[...1 lines deleted...]
-      <c r="BC16" s="99" t="str">
+      <c r="BB16" s="89"/>
+      <c r="BC16" s="89"/>
+      <c r="BD16" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD16" s="97"/>
-[...3 lines deleted...]
-      <c r="BH16" s="99" t="str">
+      <c r="BE16" s="89"/>
+      <c r="BF16" s="89"/>
+      <c r="BG16" s="89"/>
+      <c r="BH16" s="89"/>
+      <c r="BI16" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI16" s="99" t="str">
+      <c r="BJ16" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ16" s="22"/>
-[...13 lines deleted...]
-    <row r="17" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK16" s="22"/>
+      <c r="BL16" s="92"/>
+      <c r="BM16" s="92"/>
+      <c r="BN16" s="92"/>
+      <c r="BO16" s="92"/>
+      <c r="BP16" s="92"/>
+      <c r="BQ16" s="92"/>
+      <c r="BR16" s="92"/>
+      <c r="BS16" s="92"/>
+      <c r="BT16" s="92"/>
+      <c r="BU16" s="92"/>
+      <c r="BV16" s="92"/>
+      <c r="BW16" s="92"/>
+    </row>
+    <row r="17" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A17" s="22"/>
       <c r="B17" s="21"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="21"/>
       <c r="G17" s="22"/>
       <c r="H17" s="22"/>
       <c r="I17" s="23"/>
       <c r="J17" s="23"/>
-      <c r="K17" s="93"/>
-[...2 lines deleted...]
-      <c r="N17" s="95" t="str">
+      <c r="K17" s="85"/>
+      <c r="L17" s="86"/>
+      <c r="M17" s="86"/>
+      <c r="N17" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O17" s="96"/>
-[...1 lines deleted...]
-      <c r="Q17" s="96"/>
+      <c r="O17" s="88"/>
+      <c r="P17" s="88"/>
+      <c r="Q17" s="88"/>
       <c r="R17" s="23"/>
       <c r="S17" s="23"/>
-      <c r="T17" s="97"/>
+      <c r="T17" s="89"/>
       <c r="U17" s="23"/>
       <c r="V17" s="23"/>
-      <c r="W17" s="97"/>
-[...8 lines deleted...]
-      <c r="AF17" s="98" t="str">
+      <c r="W17" s="89"/>
+      <c r="X17" s="89"/>
+      <c r="Y17" s="89"/>
+      <c r="Z17" s="89"/>
+      <c r="AA17" s="89"/>
+      <c r="AB17" s="89"/>
+      <c r="AC17" s="89"/>
+      <c r="AD17" s="89"/>
+      <c r="AE17" s="89"/>
+      <c r="AF17" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG17" s="23"/>
+      <c r="AG17" s="89"/>
       <c r="AH17" s="23"/>
       <c r="AI17" s="23"/>
       <c r="AJ17" s="23"/>
       <c r="AK17" s="23"/>
       <c r="AL17" s="23"/>
       <c r="AM17" s="23"/>
-      <c r="AN17" s="98" t="str">
+      <c r="AN17" s="23"/>
+      <c r="AO17" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO17" s="97"/>
-[...8 lines deleted...]
-      <c r="AX17" s="99" t="str">
+      <c r="AP17" s="89"/>
+      <c r="AQ17" s="89"/>
+      <c r="AR17" s="89"/>
+      <c r="AS17" s="89"/>
+      <c r="AT17" s="89"/>
+      <c r="AU17" s="89"/>
+      <c r="AV17" s="89"/>
+      <c r="AW17" s="89"/>
+      <c r="AX17" s="89"/>
+      <c r="AY17" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY17" s="97"/>
-      <c r="AZ17" s="99" t="str">
+      <c r="AZ17" s="89"/>
+      <c r="BA17" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA17" s="97"/>
-[...1 lines deleted...]
-      <c r="BC17" s="99" t="str">
+      <c r="BB17" s="89"/>
+      <c r="BC17" s="89"/>
+      <c r="BD17" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD17" s="97"/>
-[...3 lines deleted...]
-      <c r="BH17" s="99" t="str">
+      <c r="BE17" s="89"/>
+      <c r="BF17" s="89"/>
+      <c r="BG17" s="89"/>
+      <c r="BH17" s="89"/>
+      <c r="BI17" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI17" s="99" t="str">
+      <c r="BJ17" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ17" s="22"/>
-[...13 lines deleted...]
-    <row r="18" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK17" s="22"/>
+      <c r="BL17" s="92"/>
+      <c r="BM17" s="92"/>
+      <c r="BN17" s="92"/>
+      <c r="BO17" s="92"/>
+      <c r="BP17" s="92"/>
+      <c r="BQ17" s="92"/>
+      <c r="BR17" s="92"/>
+      <c r="BS17" s="92"/>
+      <c r="BT17" s="92"/>
+      <c r="BU17" s="92"/>
+      <c r="BV17" s="92"/>
+      <c r="BW17" s="92"/>
+    </row>
+    <row r="18" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A18" s="22"/>
       <c r="B18" s="21"/>
       <c r="C18" s="22"/>
       <c r="D18" s="22"/>
       <c r="E18" s="22"/>
       <c r="F18" s="21"/>
       <c r="G18" s="22"/>
       <c r="H18" s="22"/>
       <c r="I18" s="23"/>
       <c r="J18" s="23"/>
-      <c r="K18" s="93"/>
-[...2 lines deleted...]
-      <c r="N18" s="95" t="str">
+      <c r="K18" s="85"/>
+      <c r="L18" s="86"/>
+      <c r="M18" s="86"/>
+      <c r="N18" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O18" s="96"/>
-[...1 lines deleted...]
-      <c r="Q18" s="96"/>
+      <c r="O18" s="88"/>
+      <c r="P18" s="88"/>
+      <c r="Q18" s="88"/>
       <c r="R18" s="23"/>
       <c r="S18" s="23"/>
-      <c r="T18" s="97"/>
+      <c r="T18" s="89"/>
       <c r="U18" s="23"/>
       <c r="V18" s="23"/>
-      <c r="W18" s="97"/>
-[...8 lines deleted...]
-      <c r="AF18" s="98" t="str">
+      <c r="W18" s="89"/>
+      <c r="X18" s="89"/>
+      <c r="Y18" s="89"/>
+      <c r="Z18" s="89"/>
+      <c r="AA18" s="89"/>
+      <c r="AB18" s="89"/>
+      <c r="AC18" s="89"/>
+      <c r="AD18" s="89"/>
+      <c r="AE18" s="89"/>
+      <c r="AF18" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG18" s="23"/>
+      <c r="AG18" s="89"/>
       <c r="AH18" s="23"/>
       <c r="AI18" s="23"/>
       <c r="AJ18" s="23"/>
       <c r="AK18" s="23"/>
       <c r="AL18" s="23"/>
       <c r="AM18" s="23"/>
-      <c r="AN18" s="98" t="str">
+      <c r="AN18" s="23"/>
+      <c r="AO18" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO18" s="97"/>
-[...8 lines deleted...]
-      <c r="AX18" s="99" t="str">
+      <c r="AP18" s="89"/>
+      <c r="AQ18" s="89"/>
+      <c r="AR18" s="89"/>
+      <c r="AS18" s="89"/>
+      <c r="AT18" s="89"/>
+      <c r="AU18" s="89"/>
+      <c r="AV18" s="89"/>
+      <c r="AW18" s="89"/>
+      <c r="AX18" s="89"/>
+      <c r="AY18" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY18" s="97"/>
-      <c r="AZ18" s="99" t="str">
+      <c r="AZ18" s="89"/>
+      <c r="BA18" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA18" s="97"/>
-[...1 lines deleted...]
-      <c r="BC18" s="99" t="str">
+      <c r="BB18" s="89"/>
+      <c r="BC18" s="89"/>
+      <c r="BD18" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD18" s="97"/>
-[...3 lines deleted...]
-      <c r="BH18" s="99" t="str">
+      <c r="BE18" s="89"/>
+      <c r="BF18" s="89"/>
+      <c r="BG18" s="89"/>
+      <c r="BH18" s="89"/>
+      <c r="BI18" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI18" s="99" t="str">
+      <c r="BJ18" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ18" s="22"/>
-[...13 lines deleted...]
-    <row r="19" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK18" s="22"/>
+      <c r="BL18" s="92"/>
+      <c r="BM18" s="92"/>
+      <c r="BN18" s="92"/>
+      <c r="BO18" s="92"/>
+      <c r="BP18" s="92"/>
+      <c r="BQ18" s="92"/>
+      <c r="BR18" s="92"/>
+      <c r="BS18" s="92"/>
+      <c r="BT18" s="92"/>
+      <c r="BU18" s="92"/>
+      <c r="BV18" s="92"/>
+      <c r="BW18" s="92"/>
+    </row>
+    <row r="19" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A19" s="22"/>
       <c r="B19" s="21"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="21"/>
       <c r="G19" s="22"/>
       <c r="H19" s="22"/>
       <c r="I19" s="23"/>
       <c r="J19" s="23"/>
-      <c r="K19" s="93"/>
-[...2 lines deleted...]
-      <c r="N19" s="95" t="str">
+      <c r="K19" s="85"/>
+      <c r="L19" s="86"/>
+      <c r="M19" s="86"/>
+      <c r="N19" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O19" s="96"/>
-[...1 lines deleted...]
-      <c r="Q19" s="96"/>
+      <c r="O19" s="88"/>
+      <c r="P19" s="88"/>
+      <c r="Q19" s="88"/>
       <c r="R19" s="23"/>
       <c r="S19" s="23"/>
-      <c r="T19" s="97"/>
+      <c r="T19" s="89"/>
       <c r="U19" s="23"/>
       <c r="V19" s="23"/>
-      <c r="W19" s="97"/>
-[...8 lines deleted...]
-      <c r="AF19" s="98" t="str">
+      <c r="W19" s="89"/>
+      <c r="X19" s="89"/>
+      <c r="Y19" s="89"/>
+      <c r="Z19" s="89"/>
+      <c r="AA19" s="89"/>
+      <c r="AB19" s="89"/>
+      <c r="AC19" s="89"/>
+      <c r="AD19" s="89"/>
+      <c r="AE19" s="89"/>
+      <c r="AF19" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG19" s="23"/>
+      <c r="AG19" s="89"/>
       <c r="AH19" s="23"/>
       <c r="AI19" s="23"/>
       <c r="AJ19" s="23"/>
       <c r="AK19" s="23"/>
       <c r="AL19" s="23"/>
       <c r="AM19" s="23"/>
-      <c r="AN19" s="98" t="str">
+      <c r="AN19" s="23"/>
+      <c r="AO19" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO19" s="97"/>
-[...8 lines deleted...]
-      <c r="AX19" s="99" t="str">
+      <c r="AP19" s="89"/>
+      <c r="AQ19" s="89"/>
+      <c r="AR19" s="89"/>
+      <c r="AS19" s="89"/>
+      <c r="AT19" s="89"/>
+      <c r="AU19" s="89"/>
+      <c r="AV19" s="89"/>
+      <c r="AW19" s="89"/>
+      <c r="AX19" s="89"/>
+      <c r="AY19" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY19" s="97"/>
-      <c r="AZ19" s="99" t="str">
+      <c r="AZ19" s="89"/>
+      <c r="BA19" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA19" s="97"/>
-[...1 lines deleted...]
-      <c r="BC19" s="99" t="str">
+      <c r="BB19" s="89"/>
+      <c r="BC19" s="89"/>
+      <c r="BD19" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD19" s="97"/>
-[...3 lines deleted...]
-      <c r="BH19" s="99" t="str">
+      <c r="BE19" s="89"/>
+      <c r="BF19" s="89"/>
+      <c r="BG19" s="89"/>
+      <c r="BH19" s="89"/>
+      <c r="BI19" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI19" s="99" t="str">
+      <c r="BJ19" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ19" s="22"/>
-[...13 lines deleted...]
-    <row r="20" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK19" s="22"/>
+      <c r="BL19" s="92"/>
+      <c r="BM19" s="92"/>
+      <c r="BN19" s="92"/>
+      <c r="BO19" s="92"/>
+      <c r="BP19" s="92"/>
+      <c r="BQ19" s="92"/>
+      <c r="BR19" s="92"/>
+      <c r="BS19" s="92"/>
+      <c r="BT19" s="92"/>
+      <c r="BU19" s="92"/>
+      <c r="BV19" s="92"/>
+      <c r="BW19" s="92"/>
+    </row>
+    <row r="20" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A20" s="22"/>
       <c r="B20" s="21"/>
       <c r="C20" s="22"/>
       <c r="D20" s="22"/>
       <c r="E20" s="22"/>
       <c r="F20" s="21"/>
       <c r="G20" s="22"/>
       <c r="H20" s="22"/>
       <c r="I20" s="23"/>
       <c r="J20" s="23"/>
-      <c r="K20" s="93"/>
-[...2 lines deleted...]
-      <c r="N20" s="95" t="str">
+      <c r="K20" s="85"/>
+      <c r="L20" s="86"/>
+      <c r="M20" s="86"/>
+      <c r="N20" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O20" s="96"/>
-[...1 lines deleted...]
-      <c r="Q20" s="96"/>
+      <c r="O20" s="88"/>
+      <c r="P20" s="88"/>
+      <c r="Q20" s="88"/>
       <c r="R20" s="23"/>
       <c r="S20" s="23"/>
-      <c r="T20" s="97"/>
+      <c r="T20" s="89"/>
       <c r="U20" s="23"/>
       <c r="V20" s="23"/>
-      <c r="W20" s="97"/>
-[...8 lines deleted...]
-      <c r="AF20" s="98" t="str">
+      <c r="W20" s="89"/>
+      <c r="X20" s="89"/>
+      <c r="Y20" s="89"/>
+      <c r="Z20" s="89"/>
+      <c r="AA20" s="89"/>
+      <c r="AB20" s="89"/>
+      <c r="AC20" s="89"/>
+      <c r="AD20" s="89"/>
+      <c r="AE20" s="89"/>
+      <c r="AF20" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG20" s="23"/>
+      <c r="AG20" s="89"/>
       <c r="AH20" s="23"/>
       <c r="AI20" s="23"/>
       <c r="AJ20" s="23"/>
       <c r="AK20" s="23"/>
       <c r="AL20" s="23"/>
       <c r="AM20" s="23"/>
-      <c r="AN20" s="98" t="str">
+      <c r="AN20" s="23"/>
+      <c r="AO20" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO20" s="97"/>
-[...8 lines deleted...]
-      <c r="AX20" s="99" t="str">
+      <c r="AP20" s="89"/>
+      <c r="AQ20" s="89"/>
+      <c r="AR20" s="89"/>
+      <c r="AS20" s="89"/>
+      <c r="AT20" s="89"/>
+      <c r="AU20" s="89"/>
+      <c r="AV20" s="89"/>
+      <c r="AW20" s="89"/>
+      <c r="AX20" s="89"/>
+      <c r="AY20" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY20" s="97"/>
-      <c r="AZ20" s="99" t="str">
+      <c r="AZ20" s="89"/>
+      <c r="BA20" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA20" s="97"/>
-[...1 lines deleted...]
-      <c r="BC20" s="99" t="str">
+      <c r="BB20" s="89"/>
+      <c r="BC20" s="89"/>
+      <c r="BD20" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD20" s="97"/>
-[...3 lines deleted...]
-      <c r="BH20" s="99" t="str">
+      <c r="BE20" s="89"/>
+      <c r="BF20" s="89"/>
+      <c r="BG20" s="89"/>
+      <c r="BH20" s="89"/>
+      <c r="BI20" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI20" s="99" t="str">
+      <c r="BJ20" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ20" s="22"/>
-[...13 lines deleted...]
-    <row r="21" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK20" s="22"/>
+      <c r="BL20" s="92"/>
+      <c r="BM20" s="92"/>
+      <c r="BN20" s="92"/>
+      <c r="BO20" s="92"/>
+      <c r="BP20" s="92"/>
+      <c r="BQ20" s="92"/>
+      <c r="BR20" s="92"/>
+      <c r="BS20" s="92"/>
+      <c r="BT20" s="92"/>
+      <c r="BU20" s="92"/>
+      <c r="BV20" s="92"/>
+      <c r="BW20" s="92"/>
+    </row>
+    <row r="21" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A21" s="22"/>
       <c r="B21" s="21"/>
       <c r="C21" s="22"/>
       <c r="D21" s="22"/>
       <c r="E21" s="22"/>
       <c r="F21" s="21"/>
       <c r="G21" s="22"/>
       <c r="H21" s="22"/>
       <c r="I21" s="23"/>
       <c r="J21" s="23"/>
-      <c r="K21" s="93"/>
-[...2 lines deleted...]
-      <c r="N21" s="95" t="str">
+      <c r="K21" s="85"/>
+      <c r="L21" s="86"/>
+      <c r="M21" s="86"/>
+      <c r="N21" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O21" s="96"/>
-[...1 lines deleted...]
-      <c r="Q21" s="96"/>
+      <c r="O21" s="88"/>
+      <c r="P21" s="88"/>
+      <c r="Q21" s="88"/>
       <c r="R21" s="23"/>
       <c r="S21" s="23"/>
-      <c r="T21" s="97"/>
+      <c r="T21" s="89"/>
       <c r="U21" s="23"/>
       <c r="V21" s="23"/>
-      <c r="W21" s="97"/>
-[...8 lines deleted...]
-      <c r="AF21" s="98" t="str">
+      <c r="W21" s="89"/>
+      <c r="X21" s="89"/>
+      <c r="Y21" s="89"/>
+      <c r="Z21" s="89"/>
+      <c r="AA21" s="89"/>
+      <c r="AB21" s="89"/>
+      <c r="AC21" s="89"/>
+      <c r="AD21" s="89"/>
+      <c r="AE21" s="89"/>
+      <c r="AF21" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG21" s="23"/>
+      <c r="AG21" s="89"/>
       <c r="AH21" s="23"/>
       <c r="AI21" s="23"/>
       <c r="AJ21" s="23"/>
       <c r="AK21" s="23"/>
       <c r="AL21" s="23"/>
       <c r="AM21" s="23"/>
-      <c r="AN21" s="98" t="str">
+      <c r="AN21" s="23"/>
+      <c r="AO21" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO21" s="97"/>
-[...8 lines deleted...]
-      <c r="AX21" s="99" t="str">
+      <c r="AP21" s="89"/>
+      <c r="AQ21" s="89"/>
+      <c r="AR21" s="89"/>
+      <c r="AS21" s="89"/>
+      <c r="AT21" s="89"/>
+      <c r="AU21" s="89"/>
+      <c r="AV21" s="89"/>
+      <c r="AW21" s="89"/>
+      <c r="AX21" s="89"/>
+      <c r="AY21" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY21" s="97"/>
-      <c r="AZ21" s="99" t="str">
+      <c r="AZ21" s="89"/>
+      <c r="BA21" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA21" s="97"/>
-[...1 lines deleted...]
-      <c r="BC21" s="99" t="str">
+      <c r="BB21" s="89"/>
+      <c r="BC21" s="89"/>
+      <c r="BD21" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD21" s="97"/>
-[...3 lines deleted...]
-      <c r="BH21" s="99" t="str">
+      <c r="BE21" s="89"/>
+      <c r="BF21" s="89"/>
+      <c r="BG21" s="89"/>
+      <c r="BH21" s="89"/>
+      <c r="BI21" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI21" s="99" t="str">
+      <c r="BJ21" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ21" s="22"/>
-[...13 lines deleted...]
-    <row r="22" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK21" s="22"/>
+      <c r="BL21" s="92"/>
+      <c r="BM21" s="92"/>
+      <c r="BN21" s="92"/>
+      <c r="BO21" s="92"/>
+      <c r="BP21" s="92"/>
+      <c r="BQ21" s="92"/>
+      <c r="BR21" s="92"/>
+      <c r="BS21" s="92"/>
+      <c r="BT21" s="92"/>
+      <c r="BU21" s="92"/>
+      <c r="BV21" s="92"/>
+      <c r="BW21" s="92"/>
+    </row>
+    <row r="22" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A22" s="22"/>
       <c r="B22" s="21"/>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="21"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="23"/>
       <c r="J22" s="23"/>
-      <c r="K22" s="93"/>
-[...2 lines deleted...]
-      <c r="N22" s="95" t="str">
+      <c r="K22" s="85"/>
+      <c r="L22" s="86"/>
+      <c r="M22" s="86"/>
+      <c r="N22" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O22" s="96"/>
-[...1 lines deleted...]
-      <c r="Q22" s="96"/>
+      <c r="O22" s="88"/>
+      <c r="P22" s="88"/>
+      <c r="Q22" s="88"/>
       <c r="R22" s="23"/>
       <c r="S22" s="23"/>
-      <c r="T22" s="97"/>
+      <c r="T22" s="89"/>
       <c r="U22" s="23"/>
       <c r="V22" s="23"/>
-      <c r="W22" s="97"/>
-[...8 lines deleted...]
-      <c r="AF22" s="98" t="str">
+      <c r="W22" s="89"/>
+      <c r="X22" s="89"/>
+      <c r="Y22" s="89"/>
+      <c r="Z22" s="89"/>
+      <c r="AA22" s="89"/>
+      <c r="AB22" s="89"/>
+      <c r="AC22" s="89"/>
+      <c r="AD22" s="89"/>
+      <c r="AE22" s="89"/>
+      <c r="AF22" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG22" s="23"/>
+      <c r="AG22" s="89"/>
       <c r="AH22" s="23"/>
       <c r="AI22" s="23"/>
       <c r="AJ22" s="23"/>
       <c r="AK22" s="23"/>
       <c r="AL22" s="23"/>
       <c r="AM22" s="23"/>
-      <c r="AN22" s="98" t="str">
+      <c r="AN22" s="23"/>
+      <c r="AO22" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO22" s="97"/>
-[...8 lines deleted...]
-      <c r="AX22" s="99" t="str">
+      <c r="AP22" s="89"/>
+      <c r="AQ22" s="89"/>
+      <c r="AR22" s="89"/>
+      <c r="AS22" s="89"/>
+      <c r="AT22" s="89"/>
+      <c r="AU22" s="89"/>
+      <c r="AV22" s="89"/>
+      <c r="AW22" s="89"/>
+      <c r="AX22" s="89"/>
+      <c r="AY22" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY22" s="97"/>
-      <c r="AZ22" s="99" t="str">
+      <c r="AZ22" s="89"/>
+      <c r="BA22" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA22" s="97"/>
-[...1 lines deleted...]
-      <c r="BC22" s="99" t="str">
+      <c r="BB22" s="89"/>
+      <c r="BC22" s="89"/>
+      <c r="BD22" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD22" s="97"/>
-[...3 lines deleted...]
-      <c r="BH22" s="99" t="str">
+      <c r="BE22" s="89"/>
+      <c r="BF22" s="89"/>
+      <c r="BG22" s="89"/>
+      <c r="BH22" s="89"/>
+      <c r="BI22" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI22" s="99" t="str">
+      <c r="BJ22" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ22" s="22"/>
-[...13 lines deleted...]
-    <row r="23" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK22" s="22"/>
+      <c r="BL22" s="92"/>
+      <c r="BM22" s="92"/>
+      <c r="BN22" s="92"/>
+      <c r="BO22" s="92"/>
+      <c r="BP22" s="92"/>
+      <c r="BQ22" s="92"/>
+      <c r="BR22" s="92"/>
+      <c r="BS22" s="92"/>
+      <c r="BT22" s="92"/>
+      <c r="BU22" s="92"/>
+      <c r="BV22" s="92"/>
+      <c r="BW22" s="92"/>
+    </row>
+    <row r="23" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A23" s="22"/>
       <c r="B23" s="21"/>
       <c r="C23" s="22"/>
       <c r="D23" s="22"/>
       <c r="E23" s="22"/>
       <c r="F23" s="21"/>
       <c r="G23" s="22"/>
       <c r="H23" s="22"/>
       <c r="I23" s="23"/>
       <c r="J23" s="23"/>
-      <c r="K23" s="93"/>
-[...2 lines deleted...]
-      <c r="N23" s="95" t="str">
+      <c r="K23" s="85"/>
+      <c r="L23" s="86"/>
+      <c r="M23" s="86"/>
+      <c r="N23" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O23" s="96"/>
-[...1 lines deleted...]
-      <c r="Q23" s="96"/>
+      <c r="O23" s="88"/>
+      <c r="P23" s="88"/>
+      <c r="Q23" s="88"/>
       <c r="R23" s="23"/>
       <c r="S23" s="23"/>
-      <c r="T23" s="97"/>
+      <c r="T23" s="89"/>
       <c r="U23" s="23"/>
       <c r="V23" s="23"/>
-      <c r="W23" s="97"/>
-[...8 lines deleted...]
-      <c r="AF23" s="98" t="str">
+      <c r="W23" s="89"/>
+      <c r="X23" s="89"/>
+      <c r="Y23" s="89"/>
+      <c r="Z23" s="89"/>
+      <c r="AA23" s="89"/>
+      <c r="AB23" s="89"/>
+      <c r="AC23" s="89"/>
+      <c r="AD23" s="89"/>
+      <c r="AE23" s="89"/>
+      <c r="AF23" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG23" s="23"/>
+      <c r="AG23" s="89"/>
       <c r="AH23" s="23"/>
       <c r="AI23" s="23"/>
       <c r="AJ23" s="23"/>
       <c r="AK23" s="23"/>
       <c r="AL23" s="23"/>
       <c r="AM23" s="23"/>
-      <c r="AN23" s="98" t="str">
+      <c r="AN23" s="23"/>
+      <c r="AO23" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO23" s="97"/>
-[...8 lines deleted...]
-      <c r="AX23" s="99" t="str">
+      <c r="AP23" s="89"/>
+      <c r="AQ23" s="89"/>
+      <c r="AR23" s="89"/>
+      <c r="AS23" s="89"/>
+      <c r="AT23" s="89"/>
+      <c r="AU23" s="89"/>
+      <c r="AV23" s="89"/>
+      <c r="AW23" s="89"/>
+      <c r="AX23" s="89"/>
+      <c r="AY23" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY23" s="97"/>
-      <c r="AZ23" s="99" t="str">
+      <c r="AZ23" s="89"/>
+      <c r="BA23" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA23" s="97"/>
-[...1 lines deleted...]
-      <c r="BC23" s="99" t="str">
+      <c r="BB23" s="89"/>
+      <c r="BC23" s="89"/>
+      <c r="BD23" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD23" s="97"/>
-[...3 lines deleted...]
-      <c r="BH23" s="99" t="str">
+      <c r="BE23" s="89"/>
+      <c r="BF23" s="89"/>
+      <c r="BG23" s="89"/>
+      <c r="BH23" s="89"/>
+      <c r="BI23" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI23" s="99" t="str">
+      <c r="BJ23" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ23" s="22"/>
-[...13 lines deleted...]
-    <row r="24" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK23" s="22"/>
+      <c r="BL23" s="92"/>
+      <c r="BM23" s="92"/>
+      <c r="BN23" s="92"/>
+      <c r="BO23" s="92"/>
+      <c r="BP23" s="92"/>
+      <c r="BQ23" s="92"/>
+      <c r="BR23" s="92"/>
+      <c r="BS23" s="92"/>
+      <c r="BT23" s="92"/>
+      <c r="BU23" s="92"/>
+      <c r="BV23" s="92"/>
+      <c r="BW23" s="92"/>
+    </row>
+    <row r="24" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A24" s="22"/>
       <c r="B24" s="21"/>
       <c r="C24" s="22"/>
       <c r="D24" s="22"/>
       <c r="E24" s="22"/>
       <c r="F24" s="21"/>
       <c r="G24" s="22"/>
       <c r="H24" s="22"/>
       <c r="I24" s="23"/>
       <c r="J24" s="23"/>
-      <c r="K24" s="93"/>
-[...2 lines deleted...]
-      <c r="N24" s="95" t="str">
+      <c r="K24" s="85"/>
+      <c r="L24" s="86"/>
+      <c r="M24" s="86"/>
+      <c r="N24" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O24" s="96"/>
-[...1 lines deleted...]
-      <c r="Q24" s="96"/>
+      <c r="O24" s="88"/>
+      <c r="P24" s="88"/>
+      <c r="Q24" s="88"/>
       <c r="R24" s="23"/>
       <c r="S24" s="23"/>
-      <c r="T24" s="97"/>
+      <c r="T24" s="89"/>
       <c r="U24" s="23"/>
       <c r="V24" s="23"/>
-      <c r="W24" s="97"/>
-[...8 lines deleted...]
-      <c r="AF24" s="98" t="str">
+      <c r="W24" s="89"/>
+      <c r="X24" s="89"/>
+      <c r="Y24" s="89"/>
+      <c r="Z24" s="89"/>
+      <c r="AA24" s="89"/>
+      <c r="AB24" s="89"/>
+      <c r="AC24" s="89"/>
+      <c r="AD24" s="89"/>
+      <c r="AE24" s="89"/>
+      <c r="AF24" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG24" s="23"/>
+      <c r="AG24" s="89"/>
       <c r="AH24" s="23"/>
       <c r="AI24" s="23"/>
       <c r="AJ24" s="23"/>
       <c r="AK24" s="23"/>
       <c r="AL24" s="23"/>
       <c r="AM24" s="23"/>
-      <c r="AN24" s="98" t="str">
+      <c r="AN24" s="23"/>
+      <c r="AO24" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO24" s="97"/>
-[...8 lines deleted...]
-      <c r="AX24" s="99" t="str">
+      <c r="AP24" s="89"/>
+      <c r="AQ24" s="89"/>
+      <c r="AR24" s="89"/>
+      <c r="AS24" s="89"/>
+      <c r="AT24" s="89"/>
+      <c r="AU24" s="89"/>
+      <c r="AV24" s="89"/>
+      <c r="AW24" s="89"/>
+      <c r="AX24" s="89"/>
+      <c r="AY24" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY24" s="97"/>
-      <c r="AZ24" s="99" t="str">
+      <c r="AZ24" s="89"/>
+      <c r="BA24" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA24" s="97"/>
-[...1 lines deleted...]
-      <c r="BC24" s="99" t="str">
+      <c r="BB24" s="89"/>
+      <c r="BC24" s="89"/>
+      <c r="BD24" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD24" s="97"/>
-[...3 lines deleted...]
-      <c r="BH24" s="99" t="str">
+      <c r="BE24" s="89"/>
+      <c r="BF24" s="89"/>
+      <c r="BG24" s="89"/>
+      <c r="BH24" s="89"/>
+      <c r="BI24" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI24" s="99" t="str">
+      <c r="BJ24" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ24" s="22"/>
-[...13 lines deleted...]
-    <row r="25" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK24" s="22"/>
+      <c r="BL24" s="92"/>
+      <c r="BM24" s="92"/>
+      <c r="BN24" s="92"/>
+      <c r="BO24" s="92"/>
+      <c r="BP24" s="92"/>
+      <c r="BQ24" s="92"/>
+      <c r="BR24" s="92"/>
+      <c r="BS24" s="92"/>
+      <c r="BT24" s="92"/>
+      <c r="BU24" s="92"/>
+      <c r="BV24" s="92"/>
+      <c r="BW24" s="92"/>
+    </row>
+    <row r="25" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A25" s="22"/>
       <c r="B25" s="21"/>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="21"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="23"/>
       <c r="J25" s="23"/>
-      <c r="K25" s="93"/>
-[...2 lines deleted...]
-      <c r="N25" s="95" t="str">
+      <c r="K25" s="85"/>
+      <c r="L25" s="86"/>
+      <c r="M25" s="86"/>
+      <c r="N25" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O25" s="96"/>
-[...1 lines deleted...]
-      <c r="Q25" s="96"/>
+      <c r="O25" s="88"/>
+      <c r="P25" s="88"/>
+      <c r="Q25" s="88"/>
       <c r="R25" s="23"/>
       <c r="S25" s="23"/>
-      <c r="T25" s="97"/>
+      <c r="T25" s="89"/>
       <c r="U25" s="23"/>
       <c r="V25" s="23"/>
-      <c r="W25" s="97"/>
-[...8 lines deleted...]
-      <c r="AF25" s="98" t="str">
+      <c r="W25" s="89"/>
+      <c r="X25" s="89"/>
+      <c r="Y25" s="89"/>
+      <c r="Z25" s="89"/>
+      <c r="AA25" s="89"/>
+      <c r="AB25" s="89"/>
+      <c r="AC25" s="89"/>
+      <c r="AD25" s="89"/>
+      <c r="AE25" s="89"/>
+      <c r="AF25" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG25" s="23"/>
+      <c r="AG25" s="89"/>
       <c r="AH25" s="23"/>
       <c r="AI25" s="23"/>
       <c r="AJ25" s="23"/>
       <c r="AK25" s="23"/>
       <c r="AL25" s="23"/>
       <c r="AM25" s="23"/>
-      <c r="AN25" s="98" t="str">
+      <c r="AN25" s="23"/>
+      <c r="AO25" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO25" s="97"/>
-[...8 lines deleted...]
-      <c r="AX25" s="99" t="str">
+      <c r="AP25" s="89"/>
+      <c r="AQ25" s="89"/>
+      <c r="AR25" s="89"/>
+      <c r="AS25" s="89"/>
+      <c r="AT25" s="89"/>
+      <c r="AU25" s="89"/>
+      <c r="AV25" s="89"/>
+      <c r="AW25" s="89"/>
+      <c r="AX25" s="89"/>
+      <c r="AY25" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY25" s="97"/>
-      <c r="AZ25" s="99" t="str">
+      <c r="AZ25" s="89"/>
+      <c r="BA25" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA25" s="97"/>
-[...1 lines deleted...]
-      <c r="BC25" s="99" t="str">
+      <c r="BB25" s="89"/>
+      <c r="BC25" s="89"/>
+      <c r="BD25" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD25" s="97"/>
-[...3 lines deleted...]
-      <c r="BH25" s="99" t="str">
+      <c r="BE25" s="89"/>
+      <c r="BF25" s="89"/>
+      <c r="BG25" s="89"/>
+      <c r="BH25" s="89"/>
+      <c r="BI25" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI25" s="99" t="str">
+      <c r="BJ25" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ25" s="22"/>
-[...13 lines deleted...]
-    <row r="26" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK25" s="22"/>
+      <c r="BL25" s="92"/>
+      <c r="BM25" s="92"/>
+      <c r="BN25" s="92"/>
+      <c r="BO25" s="92"/>
+      <c r="BP25" s="92"/>
+      <c r="BQ25" s="92"/>
+      <c r="BR25" s="92"/>
+      <c r="BS25" s="92"/>
+      <c r="BT25" s="92"/>
+      <c r="BU25" s="92"/>
+      <c r="BV25" s="92"/>
+      <c r="BW25" s="92"/>
+    </row>
+    <row r="26" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A26" s="22"/>
       <c r="B26" s="21"/>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="21"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="23"/>
       <c r="J26" s="23"/>
-      <c r="K26" s="93"/>
-[...2 lines deleted...]
-      <c r="N26" s="95" t="str">
+      <c r="K26" s="85"/>
+      <c r="L26" s="86"/>
+      <c r="M26" s="86"/>
+      <c r="N26" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O26" s="96"/>
-[...1 lines deleted...]
-      <c r="Q26" s="96"/>
+      <c r="O26" s="88"/>
+      <c r="P26" s="88"/>
+      <c r="Q26" s="88"/>
       <c r="R26" s="23"/>
       <c r="S26" s="23"/>
-      <c r="T26" s="97"/>
+      <c r="T26" s="89"/>
       <c r="U26" s="23"/>
       <c r="V26" s="23"/>
-      <c r="W26" s="97"/>
-[...8 lines deleted...]
-      <c r="AF26" s="98" t="str">
+      <c r="W26" s="89"/>
+      <c r="X26" s="89"/>
+      <c r="Y26" s="89"/>
+      <c r="Z26" s="89"/>
+      <c r="AA26" s="89"/>
+      <c r="AB26" s="89"/>
+      <c r="AC26" s="89"/>
+      <c r="AD26" s="89"/>
+      <c r="AE26" s="89"/>
+      <c r="AF26" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG26" s="23"/>
+      <c r="AG26" s="89"/>
       <c r="AH26" s="23"/>
       <c r="AI26" s="23"/>
       <c r="AJ26" s="23"/>
       <c r="AK26" s="23"/>
       <c r="AL26" s="23"/>
       <c r="AM26" s="23"/>
-      <c r="AN26" s="98" t="str">
+      <c r="AN26" s="23"/>
+      <c r="AO26" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO26" s="97"/>
-[...8 lines deleted...]
-      <c r="AX26" s="99" t="str">
+      <c r="AP26" s="89"/>
+      <c r="AQ26" s="89"/>
+      <c r="AR26" s="89"/>
+      <c r="AS26" s="89"/>
+      <c r="AT26" s="89"/>
+      <c r="AU26" s="89"/>
+      <c r="AV26" s="89"/>
+      <c r="AW26" s="89"/>
+      <c r="AX26" s="89"/>
+      <c r="AY26" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY26" s="97"/>
-      <c r="AZ26" s="99" t="str">
+      <c r="AZ26" s="89"/>
+      <c r="BA26" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA26" s="97"/>
-[...1 lines deleted...]
-      <c r="BC26" s="99" t="str">
+      <c r="BB26" s="89"/>
+      <c r="BC26" s="89"/>
+      <c r="BD26" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD26" s="97"/>
-[...3 lines deleted...]
-      <c r="BH26" s="99" t="str">
+      <c r="BE26" s="89"/>
+      <c r="BF26" s="89"/>
+      <c r="BG26" s="89"/>
+      <c r="BH26" s="89"/>
+      <c r="BI26" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI26" s="99" t="str">
+      <c r="BJ26" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ26" s="22"/>
-[...13 lines deleted...]
-    <row r="27" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK26" s="22"/>
+      <c r="BL26" s="92"/>
+      <c r="BM26" s="92"/>
+      <c r="BN26" s="92"/>
+      <c r="BO26" s="92"/>
+      <c r="BP26" s="92"/>
+      <c r="BQ26" s="92"/>
+      <c r="BR26" s="92"/>
+      <c r="BS26" s="92"/>
+      <c r="BT26" s="92"/>
+      <c r="BU26" s="92"/>
+      <c r="BV26" s="92"/>
+      <c r="BW26" s="92"/>
+    </row>
+    <row r="27" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A27" s="22"/>
       <c r="B27" s="21"/>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="21"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="23"/>
       <c r="J27" s="23"/>
-      <c r="K27" s="93"/>
-[...2 lines deleted...]
-      <c r="N27" s="95" t="str">
+      <c r="K27" s="85"/>
+      <c r="L27" s="86"/>
+      <c r="M27" s="86"/>
+      <c r="N27" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O27" s="96"/>
-[...1 lines deleted...]
-      <c r="Q27" s="96"/>
+      <c r="O27" s="88"/>
+      <c r="P27" s="88"/>
+      <c r="Q27" s="88"/>
       <c r="R27" s="23"/>
       <c r="S27" s="23"/>
-      <c r="T27" s="97"/>
+      <c r="T27" s="89"/>
       <c r="U27" s="23"/>
       <c r="V27" s="23"/>
-      <c r="W27" s="97"/>
-[...8 lines deleted...]
-      <c r="AF27" s="98" t="str">
+      <c r="W27" s="89"/>
+      <c r="X27" s="89"/>
+      <c r="Y27" s="89"/>
+      <c r="Z27" s="89"/>
+      <c r="AA27" s="89"/>
+      <c r="AB27" s="89"/>
+      <c r="AC27" s="89"/>
+      <c r="AD27" s="89"/>
+      <c r="AE27" s="89"/>
+      <c r="AF27" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG27" s="23"/>
+      <c r="AG27" s="89"/>
       <c r="AH27" s="23"/>
       <c r="AI27" s="23"/>
       <c r="AJ27" s="23"/>
       <c r="AK27" s="23"/>
       <c r="AL27" s="23"/>
       <c r="AM27" s="23"/>
-      <c r="AN27" s="98" t="str">
+      <c r="AN27" s="23"/>
+      <c r="AO27" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO27" s="97"/>
-[...8 lines deleted...]
-      <c r="AX27" s="99" t="str">
+      <c r="AP27" s="89"/>
+      <c r="AQ27" s="89"/>
+      <c r="AR27" s="89"/>
+      <c r="AS27" s="89"/>
+      <c r="AT27" s="89"/>
+      <c r="AU27" s="89"/>
+      <c r="AV27" s="89"/>
+      <c r="AW27" s="89"/>
+      <c r="AX27" s="89"/>
+      <c r="AY27" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY27" s="97"/>
-      <c r="AZ27" s="99" t="str">
+      <c r="AZ27" s="89"/>
+      <c r="BA27" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA27" s="97"/>
-[...1 lines deleted...]
-      <c r="BC27" s="99" t="str">
+      <c r="BB27" s="89"/>
+      <c r="BC27" s="89"/>
+      <c r="BD27" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD27" s="97"/>
-[...3 lines deleted...]
-      <c r="BH27" s="99" t="str">
+      <c r="BE27" s="89"/>
+      <c r="BF27" s="89"/>
+      <c r="BG27" s="89"/>
+      <c r="BH27" s="89"/>
+      <c r="BI27" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI27" s="99" t="str">
+      <c r="BJ27" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ27" s="22"/>
-[...13 lines deleted...]
-    <row r="28" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK27" s="22"/>
+      <c r="BL27" s="92"/>
+      <c r="BM27" s="92"/>
+      <c r="BN27" s="92"/>
+      <c r="BO27" s="92"/>
+      <c r="BP27" s="92"/>
+      <c r="BQ27" s="92"/>
+      <c r="BR27" s="92"/>
+      <c r="BS27" s="92"/>
+      <c r="BT27" s="92"/>
+      <c r="BU27" s="92"/>
+      <c r="BV27" s="92"/>
+      <c r="BW27" s="92"/>
+    </row>
+    <row r="28" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A28" s="22"/>
       <c r="B28" s="21"/>
       <c r="C28" s="22"/>
       <c r="D28" s="22"/>
       <c r="E28" s="22"/>
       <c r="F28" s="21"/>
       <c r="G28" s="22"/>
       <c r="H28" s="22"/>
       <c r="I28" s="23"/>
       <c r="J28" s="23"/>
-      <c r="K28" s="93"/>
-[...2 lines deleted...]
-      <c r="N28" s="95" t="str">
+      <c r="K28" s="85"/>
+      <c r="L28" s="86"/>
+      <c r="M28" s="86"/>
+      <c r="N28" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O28" s="96"/>
-[...1 lines deleted...]
-      <c r="Q28" s="96"/>
+      <c r="O28" s="88"/>
+      <c r="P28" s="88"/>
+      <c r="Q28" s="88"/>
       <c r="R28" s="23"/>
       <c r="S28" s="23"/>
-      <c r="T28" s="97"/>
+      <c r="T28" s="89"/>
       <c r="U28" s="23"/>
       <c r="V28" s="23"/>
-      <c r="W28" s="97"/>
-[...8 lines deleted...]
-      <c r="AF28" s="98" t="str">
+      <c r="W28" s="89"/>
+      <c r="X28" s="89"/>
+      <c r="Y28" s="89"/>
+      <c r="Z28" s="89"/>
+      <c r="AA28" s="89"/>
+      <c r="AB28" s="89"/>
+      <c r="AC28" s="89"/>
+      <c r="AD28" s="89"/>
+      <c r="AE28" s="89"/>
+      <c r="AF28" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG28" s="23"/>
+      <c r="AG28" s="89"/>
       <c r="AH28" s="23"/>
       <c r="AI28" s="23"/>
       <c r="AJ28" s="23"/>
       <c r="AK28" s="23"/>
       <c r="AL28" s="23"/>
       <c r="AM28" s="23"/>
-      <c r="AN28" s="98" t="str">
+      <c r="AN28" s="23"/>
+      <c r="AO28" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO28" s="97"/>
-[...8 lines deleted...]
-      <c r="AX28" s="99" t="str">
+      <c r="AP28" s="89"/>
+      <c r="AQ28" s="89"/>
+      <c r="AR28" s="89"/>
+      <c r="AS28" s="89"/>
+      <c r="AT28" s="89"/>
+      <c r="AU28" s="89"/>
+      <c r="AV28" s="89"/>
+      <c r="AW28" s="89"/>
+      <c r="AX28" s="89"/>
+      <c r="AY28" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY28" s="97"/>
-      <c r="AZ28" s="99" t="str">
+      <c r="AZ28" s="89"/>
+      <c r="BA28" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA28" s="97"/>
-[...1 lines deleted...]
-      <c r="BC28" s="99" t="str">
+      <c r="BB28" s="89"/>
+      <c r="BC28" s="89"/>
+      <c r="BD28" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD28" s="97"/>
-[...3 lines deleted...]
-      <c r="BH28" s="99" t="str">
+      <c r="BE28" s="89"/>
+      <c r="BF28" s="89"/>
+      <c r="BG28" s="89"/>
+      <c r="BH28" s="89"/>
+      <c r="BI28" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI28" s="99" t="str">
+      <c r="BJ28" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ28" s="22"/>
-[...13 lines deleted...]
-    <row r="29" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK28" s="22"/>
+      <c r="BL28" s="92"/>
+      <c r="BM28" s="92"/>
+      <c r="BN28" s="92"/>
+      <c r="BO28" s="92"/>
+      <c r="BP28" s="92"/>
+      <c r="BQ28" s="92"/>
+      <c r="BR28" s="92"/>
+      <c r="BS28" s="92"/>
+      <c r="BT28" s="92"/>
+      <c r="BU28" s="92"/>
+      <c r="BV28" s="92"/>
+      <c r="BW28" s="92"/>
+    </row>
+    <row r="29" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A29" s="22"/>
       <c r="B29" s="21"/>
       <c r="C29" s="22"/>
       <c r="D29" s="22"/>
       <c r="E29" s="22"/>
       <c r="F29" s="21"/>
       <c r="G29" s="22"/>
       <c r="H29" s="22"/>
       <c r="I29" s="23"/>
       <c r="J29" s="23"/>
-      <c r="K29" s="93"/>
-[...2 lines deleted...]
-      <c r="N29" s="95" t="str">
+      <c r="K29" s="85"/>
+      <c r="L29" s="86"/>
+      <c r="M29" s="86"/>
+      <c r="N29" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O29" s="96"/>
-[...1 lines deleted...]
-      <c r="Q29" s="96"/>
+      <c r="O29" s="88"/>
+      <c r="P29" s="88"/>
+      <c r="Q29" s="88"/>
       <c r="R29" s="23"/>
       <c r="S29" s="23"/>
-      <c r="T29" s="97"/>
+      <c r="T29" s="89"/>
       <c r="U29" s="23"/>
       <c r="V29" s="23"/>
-      <c r="W29" s="97"/>
-[...8 lines deleted...]
-      <c r="AF29" s="98" t="str">
+      <c r="W29" s="89"/>
+      <c r="X29" s="89"/>
+      <c r="Y29" s="89"/>
+      <c r="Z29" s="89"/>
+      <c r="AA29" s="89"/>
+      <c r="AB29" s="89"/>
+      <c r="AC29" s="89"/>
+      <c r="AD29" s="89"/>
+      <c r="AE29" s="89"/>
+      <c r="AF29" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG29" s="23"/>
+      <c r="AG29" s="89"/>
       <c r="AH29" s="23"/>
       <c r="AI29" s="23"/>
       <c r="AJ29" s="23"/>
       <c r="AK29" s="23"/>
       <c r="AL29" s="23"/>
       <c r="AM29" s="23"/>
-      <c r="AN29" s="98" t="str">
+      <c r="AN29" s="23"/>
+      <c r="AO29" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO29" s="97"/>
-[...8 lines deleted...]
-      <c r="AX29" s="99" t="str">
+      <c r="AP29" s="89"/>
+      <c r="AQ29" s="89"/>
+      <c r="AR29" s="89"/>
+      <c r="AS29" s="89"/>
+      <c r="AT29" s="89"/>
+      <c r="AU29" s="89"/>
+      <c r="AV29" s="89"/>
+      <c r="AW29" s="89"/>
+      <c r="AX29" s="89"/>
+      <c r="AY29" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY29" s="97"/>
-      <c r="AZ29" s="99" t="str">
+      <c r="AZ29" s="89"/>
+      <c r="BA29" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA29" s="97"/>
-[...1 lines deleted...]
-      <c r="BC29" s="99" t="str">
+      <c r="BB29" s="89"/>
+      <c r="BC29" s="89"/>
+      <c r="BD29" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD29" s="97"/>
-[...3 lines deleted...]
-      <c r="BH29" s="99" t="str">
+      <c r="BE29" s="89"/>
+      <c r="BF29" s="89"/>
+      <c r="BG29" s="89"/>
+      <c r="BH29" s="89"/>
+      <c r="BI29" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI29" s="99" t="str">
+      <c r="BJ29" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ29" s="22"/>
-[...13 lines deleted...]
-    <row r="30" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK29" s="22"/>
+      <c r="BL29" s="92"/>
+      <c r="BM29" s="92"/>
+      <c r="BN29" s="92"/>
+      <c r="BO29" s="92"/>
+      <c r="BP29" s="92"/>
+      <c r="BQ29" s="92"/>
+      <c r="BR29" s="92"/>
+      <c r="BS29" s="92"/>
+      <c r="BT29" s="92"/>
+      <c r="BU29" s="92"/>
+      <c r="BV29" s="92"/>
+      <c r="BW29" s="92"/>
+    </row>
+    <row r="30" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A30" s="22"/>
       <c r="B30" s="21"/>
       <c r="C30" s="22"/>
       <c r="D30" s="22"/>
       <c r="E30" s="22"/>
       <c r="F30" s="21"/>
       <c r="G30" s="22"/>
       <c r="H30" s="22"/>
       <c r="I30" s="23"/>
       <c r="J30" s="23"/>
-      <c r="K30" s="93"/>
-[...2 lines deleted...]
-      <c r="N30" s="95" t="str">
+      <c r="K30" s="85"/>
+      <c r="L30" s="86"/>
+      <c r="M30" s="86"/>
+      <c r="N30" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O30" s="96"/>
-[...1 lines deleted...]
-      <c r="Q30" s="96"/>
+      <c r="O30" s="88"/>
+      <c r="P30" s="88"/>
+      <c r="Q30" s="88"/>
       <c r="R30" s="23"/>
       <c r="S30" s="23"/>
-      <c r="T30" s="97"/>
+      <c r="T30" s="89"/>
       <c r="U30" s="23"/>
       <c r="V30" s="23"/>
-      <c r="W30" s="97"/>
-[...8 lines deleted...]
-      <c r="AF30" s="98" t="str">
+      <c r="W30" s="89"/>
+      <c r="X30" s="89"/>
+      <c r="Y30" s="89"/>
+      <c r="Z30" s="89"/>
+      <c r="AA30" s="89"/>
+      <c r="AB30" s="89"/>
+      <c r="AC30" s="89"/>
+      <c r="AD30" s="89"/>
+      <c r="AE30" s="89"/>
+      <c r="AF30" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG30" s="23"/>
+      <c r="AG30" s="89"/>
       <c r="AH30" s="23"/>
       <c r="AI30" s="23"/>
       <c r="AJ30" s="23"/>
       <c r="AK30" s="23"/>
       <c r="AL30" s="23"/>
       <c r="AM30" s="23"/>
-      <c r="AN30" s="98" t="str">
+      <c r="AN30" s="23"/>
+      <c r="AO30" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO30" s="97"/>
-[...8 lines deleted...]
-      <c r="AX30" s="99" t="str">
+      <c r="AP30" s="89"/>
+      <c r="AQ30" s="89"/>
+      <c r="AR30" s="89"/>
+      <c r="AS30" s="89"/>
+      <c r="AT30" s="89"/>
+      <c r="AU30" s="89"/>
+      <c r="AV30" s="89"/>
+      <c r="AW30" s="89"/>
+      <c r="AX30" s="89"/>
+      <c r="AY30" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY30" s="97"/>
-      <c r="AZ30" s="99" t="str">
+      <c r="AZ30" s="89"/>
+      <c r="BA30" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA30" s="97"/>
-[...1 lines deleted...]
-      <c r="BC30" s="99" t="str">
+      <c r="BB30" s="89"/>
+      <c r="BC30" s="89"/>
+      <c r="BD30" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD30" s="97"/>
-[...3 lines deleted...]
-      <c r="BH30" s="99" t="str">
+      <c r="BE30" s="89"/>
+      <c r="BF30" s="89"/>
+      <c r="BG30" s="89"/>
+      <c r="BH30" s="89"/>
+      <c r="BI30" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI30" s="99" t="str">
+      <c r="BJ30" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ30" s="22"/>
-[...13 lines deleted...]
-    <row r="31" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK30" s="22"/>
+      <c r="BL30" s="92"/>
+      <c r="BM30" s="92"/>
+      <c r="BN30" s="92"/>
+      <c r="BO30" s="92"/>
+      <c r="BP30" s="92"/>
+      <c r="BQ30" s="92"/>
+      <c r="BR30" s="92"/>
+      <c r="BS30" s="92"/>
+      <c r="BT30" s="92"/>
+      <c r="BU30" s="92"/>
+      <c r="BV30" s="92"/>
+      <c r="BW30" s="92"/>
+    </row>
+    <row r="31" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A31" s="22"/>
       <c r="B31" s="21"/>
       <c r="C31" s="22"/>
       <c r="D31" s="22"/>
       <c r="E31" s="22"/>
       <c r="F31" s="21"/>
       <c r="G31" s="22"/>
       <c r="H31" s="22"/>
       <c r="I31" s="23"/>
       <c r="J31" s="23"/>
-      <c r="K31" s="93"/>
-[...2 lines deleted...]
-      <c r="N31" s="95" t="str">
+      <c r="K31" s="85"/>
+      <c r="L31" s="86"/>
+      <c r="M31" s="86"/>
+      <c r="N31" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O31" s="96"/>
-[...1 lines deleted...]
-      <c r="Q31" s="96"/>
+      <c r="O31" s="88"/>
+      <c r="P31" s="88"/>
+      <c r="Q31" s="88"/>
       <c r="R31" s="23"/>
       <c r="S31" s="23"/>
-      <c r="T31" s="97"/>
+      <c r="T31" s="89"/>
       <c r="U31" s="23"/>
       <c r="V31" s="23"/>
-      <c r="W31" s="97"/>
-[...8 lines deleted...]
-      <c r="AF31" s="98" t="str">
+      <c r="W31" s="89"/>
+      <c r="X31" s="89"/>
+      <c r="Y31" s="89"/>
+      <c r="Z31" s="89"/>
+      <c r="AA31" s="89"/>
+      <c r="AB31" s="89"/>
+      <c r="AC31" s="89"/>
+      <c r="AD31" s="89"/>
+      <c r="AE31" s="89"/>
+      <c r="AF31" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG31" s="23"/>
+      <c r="AG31" s="89"/>
       <c r="AH31" s="23"/>
       <c r="AI31" s="23"/>
       <c r="AJ31" s="23"/>
       <c r="AK31" s="23"/>
       <c r="AL31" s="23"/>
       <c r="AM31" s="23"/>
-      <c r="AN31" s="98" t="str">
+      <c r="AN31" s="23"/>
+      <c r="AO31" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO31" s="97"/>
-[...8 lines deleted...]
-      <c r="AX31" s="99" t="str">
+      <c r="AP31" s="89"/>
+      <c r="AQ31" s="89"/>
+      <c r="AR31" s="89"/>
+      <c r="AS31" s="89"/>
+      <c r="AT31" s="89"/>
+      <c r="AU31" s="89"/>
+      <c r="AV31" s="89"/>
+      <c r="AW31" s="89"/>
+      <c r="AX31" s="89"/>
+      <c r="AY31" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY31" s="97"/>
-      <c r="AZ31" s="99" t="str">
+      <c r="AZ31" s="89"/>
+      <c r="BA31" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA31" s="97"/>
-[...1 lines deleted...]
-      <c r="BC31" s="99" t="str">
+      <c r="BB31" s="89"/>
+      <c r="BC31" s="89"/>
+      <c r="BD31" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD31" s="97"/>
-[...3 lines deleted...]
-      <c r="BH31" s="99" t="str">
+      <c r="BE31" s="89"/>
+      <c r="BF31" s="89"/>
+      <c r="BG31" s="89"/>
+      <c r="BH31" s="89"/>
+      <c r="BI31" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI31" s="99" t="str">
+      <c r="BJ31" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ31" s="22"/>
-[...13 lines deleted...]
-    <row r="32" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK31" s="22"/>
+      <c r="BL31" s="92"/>
+      <c r="BM31" s="92"/>
+      <c r="BN31" s="92"/>
+      <c r="BO31" s="92"/>
+      <c r="BP31" s="92"/>
+      <c r="BQ31" s="92"/>
+      <c r="BR31" s="92"/>
+      <c r="BS31" s="92"/>
+      <c r="BT31" s="92"/>
+      <c r="BU31" s="92"/>
+      <c r="BV31" s="92"/>
+      <c r="BW31" s="92"/>
+    </row>
+    <row r="32" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A32" s="22"/>
       <c r="B32" s="21"/>
       <c r="C32" s="22"/>
       <c r="D32" s="22"/>
       <c r="E32" s="22"/>
       <c r="F32" s="21"/>
       <c r="G32" s="22"/>
       <c r="H32" s="22"/>
       <c r="I32" s="23"/>
       <c r="J32" s="23"/>
-      <c r="K32" s="93"/>
-[...2 lines deleted...]
-      <c r="N32" s="95" t="str">
+      <c r="K32" s="85"/>
+      <c r="L32" s="86"/>
+      <c r="M32" s="86"/>
+      <c r="N32" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O32" s="96"/>
-[...1 lines deleted...]
-      <c r="Q32" s="96"/>
+      <c r="O32" s="88"/>
+      <c r="P32" s="88"/>
+      <c r="Q32" s="88"/>
       <c r="R32" s="23"/>
       <c r="S32" s="23"/>
-      <c r="T32" s="97"/>
+      <c r="T32" s="89"/>
       <c r="U32" s="23"/>
       <c r="V32" s="23"/>
-      <c r="W32" s="97"/>
-[...8 lines deleted...]
-      <c r="AF32" s="98" t="str">
+      <c r="W32" s="89"/>
+      <c r="X32" s="89"/>
+      <c r="Y32" s="89"/>
+      <c r="Z32" s="89"/>
+      <c r="AA32" s="89"/>
+      <c r="AB32" s="89"/>
+      <c r="AC32" s="89"/>
+      <c r="AD32" s="89"/>
+      <c r="AE32" s="89"/>
+      <c r="AF32" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG32" s="23"/>
+      <c r="AG32" s="89"/>
       <c r="AH32" s="23"/>
       <c r="AI32" s="23"/>
       <c r="AJ32" s="23"/>
       <c r="AK32" s="23"/>
       <c r="AL32" s="23"/>
       <c r="AM32" s="23"/>
-      <c r="AN32" s="98" t="str">
+      <c r="AN32" s="23"/>
+      <c r="AO32" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO32" s="97"/>
-[...8 lines deleted...]
-      <c r="AX32" s="99" t="str">
+      <c r="AP32" s="89"/>
+      <c r="AQ32" s="89"/>
+      <c r="AR32" s="89"/>
+      <c r="AS32" s="89"/>
+      <c r="AT32" s="89"/>
+      <c r="AU32" s="89"/>
+      <c r="AV32" s="89"/>
+      <c r="AW32" s="89"/>
+      <c r="AX32" s="89"/>
+      <c r="AY32" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY32" s="97"/>
-      <c r="AZ32" s="99" t="str">
+      <c r="AZ32" s="89"/>
+      <c r="BA32" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA32" s="97"/>
-[...1 lines deleted...]
-      <c r="BC32" s="99" t="str">
+      <c r="BB32" s="89"/>
+      <c r="BC32" s="89"/>
+      <c r="BD32" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD32" s="97"/>
-[...3 lines deleted...]
-      <c r="BH32" s="99" t="str">
+      <c r="BE32" s="89"/>
+      <c r="BF32" s="89"/>
+      <c r="BG32" s="89"/>
+      <c r="BH32" s="89"/>
+      <c r="BI32" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI32" s="99" t="str">
+      <c r="BJ32" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ32" s="22"/>
-[...13 lines deleted...]
-    <row r="33" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK32" s="22"/>
+      <c r="BL32" s="92"/>
+      <c r="BM32" s="92"/>
+      <c r="BN32" s="92"/>
+      <c r="BO32" s="92"/>
+      <c r="BP32" s="92"/>
+      <c r="BQ32" s="92"/>
+      <c r="BR32" s="92"/>
+      <c r="BS32" s="92"/>
+      <c r="BT32" s="92"/>
+      <c r="BU32" s="92"/>
+      <c r="BV32" s="92"/>
+      <c r="BW32" s="92"/>
+    </row>
+    <row r="33" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A33" s="22"/>
       <c r="B33" s="21"/>
       <c r="C33" s="22"/>
       <c r="D33" s="22"/>
       <c r="E33" s="22"/>
       <c r="F33" s="21"/>
       <c r="G33" s="22"/>
       <c r="H33" s="22"/>
       <c r="I33" s="23"/>
       <c r="J33" s="23"/>
-      <c r="K33" s="93"/>
-[...2 lines deleted...]
-      <c r="N33" s="95" t="str">
+      <c r="K33" s="85"/>
+      <c r="L33" s="86"/>
+      <c r="M33" s="86"/>
+      <c r="N33" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O33" s="96"/>
-[...1 lines deleted...]
-      <c r="Q33" s="96"/>
+      <c r="O33" s="88"/>
+      <c r="P33" s="88"/>
+      <c r="Q33" s="88"/>
       <c r="R33" s="23"/>
       <c r="S33" s="23"/>
-      <c r="T33" s="97"/>
+      <c r="T33" s="89"/>
       <c r="U33" s="23"/>
       <c r="V33" s="23"/>
-      <c r="W33" s="97"/>
-[...8 lines deleted...]
-      <c r="AF33" s="98" t="str">
+      <c r="W33" s="89"/>
+      <c r="X33" s="89"/>
+      <c r="Y33" s="89"/>
+      <c r="Z33" s="89"/>
+      <c r="AA33" s="89"/>
+      <c r="AB33" s="89"/>
+      <c r="AC33" s="89"/>
+      <c r="AD33" s="89"/>
+      <c r="AE33" s="89"/>
+      <c r="AF33" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG33" s="23"/>
+      <c r="AG33" s="89"/>
       <c r="AH33" s="23"/>
       <c r="AI33" s="23"/>
       <c r="AJ33" s="23"/>
       <c r="AK33" s="23"/>
       <c r="AL33" s="23"/>
       <c r="AM33" s="23"/>
-      <c r="AN33" s="98" t="str">
+      <c r="AN33" s="23"/>
+      <c r="AO33" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO33" s="97"/>
-[...8 lines deleted...]
-      <c r="AX33" s="99" t="str">
+      <c r="AP33" s="89"/>
+      <c r="AQ33" s="89"/>
+      <c r="AR33" s="89"/>
+      <c r="AS33" s="89"/>
+      <c r="AT33" s="89"/>
+      <c r="AU33" s="89"/>
+      <c r="AV33" s="89"/>
+      <c r="AW33" s="89"/>
+      <c r="AX33" s="89"/>
+      <c r="AY33" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY33" s="97"/>
-      <c r="AZ33" s="99" t="str">
+      <c r="AZ33" s="89"/>
+      <c r="BA33" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA33" s="97"/>
-[...1 lines deleted...]
-      <c r="BC33" s="99" t="str">
+      <c r="BB33" s="89"/>
+      <c r="BC33" s="89"/>
+      <c r="BD33" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD33" s="97"/>
-[...3 lines deleted...]
-      <c r="BH33" s="99" t="str">
+      <c r="BE33" s="89"/>
+      <c r="BF33" s="89"/>
+      <c r="BG33" s="89"/>
+      <c r="BH33" s="89"/>
+      <c r="BI33" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI33" s="99" t="str">
+      <c r="BJ33" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ33" s="22"/>
-[...13 lines deleted...]
-    <row r="34" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK33" s="22"/>
+      <c r="BL33" s="92"/>
+      <c r="BM33" s="92"/>
+      <c r="BN33" s="92"/>
+      <c r="BO33" s="92"/>
+      <c r="BP33" s="92"/>
+      <c r="BQ33" s="92"/>
+      <c r="BR33" s="92"/>
+      <c r="BS33" s="92"/>
+      <c r="BT33" s="92"/>
+      <c r="BU33" s="92"/>
+      <c r="BV33" s="92"/>
+      <c r="BW33" s="92"/>
+    </row>
+    <row r="34" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A34" s="22"/>
       <c r="B34" s="21"/>
       <c r="C34" s="22"/>
       <c r="D34" s="22"/>
       <c r="E34" s="22"/>
       <c r="F34" s="21"/>
       <c r="G34" s="22"/>
       <c r="H34" s="22"/>
       <c r="I34" s="23"/>
       <c r="J34" s="23"/>
-      <c r="K34" s="93"/>
-[...2 lines deleted...]
-      <c r="N34" s="95" t="str">
+      <c r="K34" s="85"/>
+      <c r="L34" s="86"/>
+      <c r="M34" s="86"/>
+      <c r="N34" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O34" s="96"/>
-[...1 lines deleted...]
-      <c r="Q34" s="96"/>
+      <c r="O34" s="88"/>
+      <c r="P34" s="88"/>
+      <c r="Q34" s="88"/>
       <c r="R34" s="23"/>
       <c r="S34" s="23"/>
-      <c r="T34" s="97"/>
+      <c r="T34" s="89"/>
       <c r="U34" s="23"/>
       <c r="V34" s="23"/>
-      <c r="W34" s="97"/>
-[...8 lines deleted...]
-      <c r="AF34" s="98" t="str">
+      <c r="W34" s="89"/>
+      <c r="X34" s="89"/>
+      <c r="Y34" s="89"/>
+      <c r="Z34" s="89"/>
+      <c r="AA34" s="89"/>
+      <c r="AB34" s="89"/>
+      <c r="AC34" s="89"/>
+      <c r="AD34" s="89"/>
+      <c r="AE34" s="89"/>
+      <c r="AF34" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG34" s="23"/>
+      <c r="AG34" s="89"/>
       <c r="AH34" s="23"/>
       <c r="AI34" s="23"/>
       <c r="AJ34" s="23"/>
       <c r="AK34" s="23"/>
       <c r="AL34" s="23"/>
       <c r="AM34" s="23"/>
-      <c r="AN34" s="98" t="str">
+      <c r="AN34" s="23"/>
+      <c r="AO34" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO34" s="97"/>
-[...8 lines deleted...]
-      <c r="AX34" s="99" t="str">
+      <c r="AP34" s="89"/>
+      <c r="AQ34" s="89"/>
+      <c r="AR34" s="89"/>
+      <c r="AS34" s="89"/>
+      <c r="AT34" s="89"/>
+      <c r="AU34" s="89"/>
+      <c r="AV34" s="89"/>
+      <c r="AW34" s="89"/>
+      <c r="AX34" s="89"/>
+      <c r="AY34" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY34" s="97"/>
-      <c r="AZ34" s="99" t="str">
+      <c r="AZ34" s="89"/>
+      <c r="BA34" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA34" s="97"/>
-[...1 lines deleted...]
-      <c r="BC34" s="99" t="str">
+      <c r="BB34" s="89"/>
+      <c r="BC34" s="89"/>
+      <c r="BD34" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD34" s="97"/>
-[...3 lines deleted...]
-      <c r="BH34" s="99" t="str">
+      <c r="BE34" s="89"/>
+      <c r="BF34" s="89"/>
+      <c r="BG34" s="89"/>
+      <c r="BH34" s="89"/>
+      <c r="BI34" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI34" s="99" t="str">
+      <c r="BJ34" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ34" s="22"/>
-[...13 lines deleted...]
-    <row r="35" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK34" s="22"/>
+      <c r="BL34" s="92"/>
+      <c r="BM34" s="92"/>
+      <c r="BN34" s="92"/>
+      <c r="BO34" s="92"/>
+      <c r="BP34" s="92"/>
+      <c r="BQ34" s="92"/>
+      <c r="BR34" s="92"/>
+      <c r="BS34" s="92"/>
+      <c r="BT34" s="92"/>
+      <c r="BU34" s="92"/>
+      <c r="BV34" s="92"/>
+      <c r="BW34" s="92"/>
+    </row>
+    <row r="35" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A35" s="22"/>
       <c r="B35" s="21"/>
       <c r="C35" s="22"/>
       <c r="D35" s="22"/>
       <c r="E35" s="22"/>
       <c r="F35" s="21"/>
       <c r="G35" s="22"/>
       <c r="H35" s="22"/>
       <c r="I35" s="23"/>
       <c r="J35" s="23"/>
-      <c r="K35" s="93"/>
-[...2 lines deleted...]
-      <c r="N35" s="95" t="str">
+      <c r="K35" s="85"/>
+      <c r="L35" s="86"/>
+      <c r="M35" s="86"/>
+      <c r="N35" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O35" s="96"/>
-[...1 lines deleted...]
-      <c r="Q35" s="96"/>
+      <c r="O35" s="88"/>
+      <c r="P35" s="88"/>
+      <c r="Q35" s="88"/>
       <c r="R35" s="23"/>
       <c r="S35" s="23"/>
-      <c r="T35" s="97"/>
+      <c r="T35" s="89"/>
       <c r="U35" s="23"/>
       <c r="V35" s="23"/>
-      <c r="W35" s="97"/>
-[...8 lines deleted...]
-      <c r="AF35" s="98" t="str">
+      <c r="W35" s="89"/>
+      <c r="X35" s="89"/>
+      <c r="Y35" s="89"/>
+      <c r="Z35" s="89"/>
+      <c r="AA35" s="89"/>
+      <c r="AB35" s="89"/>
+      <c r="AC35" s="89"/>
+      <c r="AD35" s="89"/>
+      <c r="AE35" s="89"/>
+      <c r="AF35" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG35" s="23"/>
+      <c r="AG35" s="89"/>
       <c r="AH35" s="23"/>
       <c r="AI35" s="23"/>
       <c r="AJ35" s="23"/>
       <c r="AK35" s="23"/>
       <c r="AL35" s="23"/>
       <c r="AM35" s="23"/>
-      <c r="AN35" s="98" t="str">
+      <c r="AN35" s="23"/>
+      <c r="AO35" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO35" s="97"/>
-[...8 lines deleted...]
-      <c r="AX35" s="99" t="str">
+      <c r="AP35" s="89"/>
+      <c r="AQ35" s="89"/>
+      <c r="AR35" s="89"/>
+      <c r="AS35" s="89"/>
+      <c r="AT35" s="89"/>
+      <c r="AU35" s="89"/>
+      <c r="AV35" s="89"/>
+      <c r="AW35" s="89"/>
+      <c r="AX35" s="89"/>
+      <c r="AY35" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY35" s="97"/>
-      <c r="AZ35" s="99" t="str">
+      <c r="AZ35" s="89"/>
+      <c r="BA35" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA35" s="97"/>
-[...1 lines deleted...]
-      <c r="BC35" s="99" t="str">
+      <c r="BB35" s="89"/>
+      <c r="BC35" s="89"/>
+      <c r="BD35" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD35" s="97"/>
-[...3 lines deleted...]
-      <c r="BH35" s="99" t="str">
+      <c r="BE35" s="89"/>
+      <c r="BF35" s="89"/>
+      <c r="BG35" s="89"/>
+      <c r="BH35" s="89"/>
+      <c r="BI35" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI35" s="99" t="str">
+      <c r="BJ35" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ35" s="22"/>
-[...13 lines deleted...]
-    <row r="36" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK35" s="22"/>
+      <c r="BL35" s="92"/>
+      <c r="BM35" s="92"/>
+      <c r="BN35" s="92"/>
+      <c r="BO35" s="92"/>
+      <c r="BP35" s="92"/>
+      <c r="BQ35" s="92"/>
+      <c r="BR35" s="92"/>
+      <c r="BS35" s="92"/>
+      <c r="BT35" s="92"/>
+      <c r="BU35" s="92"/>
+      <c r="BV35" s="92"/>
+      <c r="BW35" s="92"/>
+    </row>
+    <row r="36" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A36" s="22"/>
       <c r="B36" s="21"/>
       <c r="C36" s="22"/>
       <c r="D36" s="22"/>
       <c r="E36" s="22"/>
       <c r="F36" s="21"/>
       <c r="G36" s="22"/>
       <c r="H36" s="22"/>
       <c r="I36" s="23"/>
       <c r="J36" s="23"/>
-      <c r="K36" s="93"/>
-[...2 lines deleted...]
-      <c r="N36" s="95" t="str">
+      <c r="K36" s="85"/>
+      <c r="L36" s="86"/>
+      <c r="M36" s="86"/>
+      <c r="N36" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O36" s="96"/>
-[...1 lines deleted...]
-      <c r="Q36" s="96"/>
+      <c r="O36" s="88"/>
+      <c r="P36" s="88"/>
+      <c r="Q36" s="88"/>
       <c r="R36" s="23"/>
       <c r="S36" s="23"/>
-      <c r="T36" s="97"/>
+      <c r="T36" s="89"/>
       <c r="U36" s="23"/>
       <c r="V36" s="23"/>
-      <c r="W36" s="97"/>
-[...8 lines deleted...]
-      <c r="AF36" s="98" t="str">
+      <c r="W36" s="89"/>
+      <c r="X36" s="89"/>
+      <c r="Y36" s="89"/>
+      <c r="Z36" s="89"/>
+      <c r="AA36" s="89"/>
+      <c r="AB36" s="89"/>
+      <c r="AC36" s="89"/>
+      <c r="AD36" s="89"/>
+      <c r="AE36" s="89"/>
+      <c r="AF36" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG36" s="23"/>
+      <c r="AG36" s="89"/>
       <c r="AH36" s="23"/>
       <c r="AI36" s="23"/>
       <c r="AJ36" s="23"/>
       <c r="AK36" s="23"/>
       <c r="AL36" s="23"/>
       <c r="AM36" s="23"/>
-      <c r="AN36" s="98" t="str">
+      <c r="AN36" s="23"/>
+      <c r="AO36" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO36" s="97"/>
-[...8 lines deleted...]
-      <c r="AX36" s="99" t="str">
+      <c r="AP36" s="89"/>
+      <c r="AQ36" s="89"/>
+      <c r="AR36" s="89"/>
+      <c r="AS36" s="89"/>
+      <c r="AT36" s="89"/>
+      <c r="AU36" s="89"/>
+      <c r="AV36" s="89"/>
+      <c r="AW36" s="89"/>
+      <c r="AX36" s="89"/>
+      <c r="AY36" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY36" s="97"/>
-      <c r="AZ36" s="99" t="str">
+      <c r="AZ36" s="89"/>
+      <c r="BA36" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA36" s="97"/>
-[...1 lines deleted...]
-      <c r="BC36" s="99" t="str">
+      <c r="BB36" s="89"/>
+      <c r="BC36" s="89"/>
+      <c r="BD36" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD36" s="97"/>
-[...3 lines deleted...]
-      <c r="BH36" s="99" t="str">
+      <c r="BE36" s="89"/>
+      <c r="BF36" s="89"/>
+      <c r="BG36" s="89"/>
+      <c r="BH36" s="89"/>
+      <c r="BI36" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI36" s="99" t="str">
+      <c r="BJ36" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ36" s="22"/>
-[...13 lines deleted...]
-    <row r="37" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK36" s="22"/>
+      <c r="BL36" s="92"/>
+      <c r="BM36" s="92"/>
+      <c r="BN36" s="92"/>
+      <c r="BO36" s="92"/>
+      <c r="BP36" s="92"/>
+      <c r="BQ36" s="92"/>
+      <c r="BR36" s="92"/>
+      <c r="BS36" s="92"/>
+      <c r="BT36" s="92"/>
+      <c r="BU36" s="92"/>
+      <c r="BV36" s="92"/>
+      <c r="BW36" s="92"/>
+    </row>
+    <row r="37" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A37" s="22"/>
       <c r="B37" s="21"/>
       <c r="C37" s="22"/>
       <c r="D37" s="22"/>
       <c r="E37" s="22"/>
       <c r="F37" s="21"/>
       <c r="G37" s="22"/>
       <c r="H37" s="22"/>
       <c r="I37" s="23"/>
       <c r="J37" s="23"/>
-      <c r="K37" s="93"/>
-[...2 lines deleted...]
-      <c r="N37" s="95" t="str">
+      <c r="K37" s="85"/>
+      <c r="L37" s="86"/>
+      <c r="M37" s="86"/>
+      <c r="N37" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O37" s="96"/>
-[...1 lines deleted...]
-      <c r="Q37" s="96"/>
+      <c r="O37" s="88"/>
+      <c r="P37" s="88"/>
+      <c r="Q37" s="88"/>
       <c r="R37" s="23"/>
       <c r="S37" s="23"/>
-      <c r="T37" s="97"/>
+      <c r="T37" s="89"/>
       <c r="U37" s="23"/>
       <c r="V37" s="23"/>
-      <c r="W37" s="97"/>
-[...8 lines deleted...]
-      <c r="AF37" s="98" t="str">
+      <c r="W37" s="89"/>
+      <c r="X37" s="89"/>
+      <c r="Y37" s="89"/>
+      <c r="Z37" s="89"/>
+      <c r="AA37" s="89"/>
+      <c r="AB37" s="89"/>
+      <c r="AC37" s="89"/>
+      <c r="AD37" s="89"/>
+      <c r="AE37" s="89"/>
+      <c r="AF37" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG37" s="23"/>
+      <c r="AG37" s="89"/>
       <c r="AH37" s="23"/>
       <c r="AI37" s="23"/>
       <c r="AJ37" s="23"/>
       <c r="AK37" s="23"/>
       <c r="AL37" s="23"/>
       <c r="AM37" s="23"/>
-      <c r="AN37" s="98" t="str">
+      <c r="AN37" s="23"/>
+      <c r="AO37" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO37" s="97"/>
-[...8 lines deleted...]
-      <c r="AX37" s="99" t="str">
+      <c r="AP37" s="89"/>
+      <c r="AQ37" s="89"/>
+      <c r="AR37" s="89"/>
+      <c r="AS37" s="89"/>
+      <c r="AT37" s="89"/>
+      <c r="AU37" s="89"/>
+      <c r="AV37" s="89"/>
+      <c r="AW37" s="89"/>
+      <c r="AX37" s="89"/>
+      <c r="AY37" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY37" s="97"/>
-      <c r="AZ37" s="99" t="str">
+      <c r="AZ37" s="89"/>
+      <c r="BA37" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA37" s="97"/>
-[...1 lines deleted...]
-      <c r="BC37" s="99" t="str">
+      <c r="BB37" s="89"/>
+      <c r="BC37" s="89"/>
+      <c r="BD37" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD37" s="97"/>
-[...3 lines deleted...]
-      <c r="BH37" s="99" t="str">
+      <c r="BE37" s="89"/>
+      <c r="BF37" s="89"/>
+      <c r="BG37" s="89"/>
+      <c r="BH37" s="89"/>
+      <c r="BI37" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI37" s="99" t="str">
+      <c r="BJ37" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ37" s="22"/>
-[...13 lines deleted...]
-    <row r="38" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK37" s="22"/>
+      <c r="BL37" s="92"/>
+      <c r="BM37" s="92"/>
+      <c r="BN37" s="92"/>
+      <c r="BO37" s="92"/>
+      <c r="BP37" s="92"/>
+      <c r="BQ37" s="92"/>
+      <c r="BR37" s="92"/>
+      <c r="BS37" s="92"/>
+      <c r="BT37" s="92"/>
+      <c r="BU37" s="92"/>
+      <c r="BV37" s="92"/>
+      <c r="BW37" s="92"/>
+    </row>
+    <row r="38" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A38" s="22"/>
       <c r="B38" s="21"/>
       <c r="C38" s="22"/>
       <c r="D38" s="22"/>
       <c r="E38" s="22"/>
       <c r="F38" s="21"/>
       <c r="G38" s="22"/>
       <c r="H38" s="22"/>
       <c r="I38" s="23"/>
       <c r="J38" s="23"/>
-      <c r="K38" s="93"/>
-[...2 lines deleted...]
-      <c r="N38" s="95" t="str">
+      <c r="K38" s="85"/>
+      <c r="L38" s="86"/>
+      <c r="M38" s="86"/>
+      <c r="N38" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O38" s="96"/>
-[...1 lines deleted...]
-      <c r="Q38" s="96"/>
+      <c r="O38" s="88"/>
+      <c r="P38" s="88"/>
+      <c r="Q38" s="88"/>
       <c r="R38" s="23"/>
       <c r="S38" s="23"/>
-      <c r="T38" s="97"/>
+      <c r="T38" s="89"/>
       <c r="U38" s="23"/>
       <c r="V38" s="23"/>
-      <c r="W38" s="97"/>
-[...8 lines deleted...]
-      <c r="AF38" s="98" t="str">
+      <c r="W38" s="89"/>
+      <c r="X38" s="89"/>
+      <c r="Y38" s="89"/>
+      <c r="Z38" s="89"/>
+      <c r="AA38" s="89"/>
+      <c r="AB38" s="89"/>
+      <c r="AC38" s="89"/>
+      <c r="AD38" s="89"/>
+      <c r="AE38" s="89"/>
+      <c r="AF38" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG38" s="23"/>
+      <c r="AG38" s="89"/>
       <c r="AH38" s="23"/>
       <c r="AI38" s="23"/>
       <c r="AJ38" s="23"/>
       <c r="AK38" s="23"/>
       <c r="AL38" s="23"/>
       <c r="AM38" s="23"/>
-      <c r="AN38" s="98" t="str">
+      <c r="AN38" s="23"/>
+      <c r="AO38" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO38" s="97"/>
-[...8 lines deleted...]
-      <c r="AX38" s="99" t="str">
+      <c r="AP38" s="89"/>
+      <c r="AQ38" s="89"/>
+      <c r="AR38" s="89"/>
+      <c r="AS38" s="89"/>
+      <c r="AT38" s="89"/>
+      <c r="AU38" s="89"/>
+      <c r="AV38" s="89"/>
+      <c r="AW38" s="89"/>
+      <c r="AX38" s="89"/>
+      <c r="AY38" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY38" s="97"/>
-      <c r="AZ38" s="99" t="str">
+      <c r="AZ38" s="89"/>
+      <c r="BA38" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA38" s="97"/>
-[...1 lines deleted...]
-      <c r="BC38" s="99" t="str">
+      <c r="BB38" s="89"/>
+      <c r="BC38" s="89"/>
+      <c r="BD38" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD38" s="97"/>
-[...3 lines deleted...]
-      <c r="BH38" s="99" t="str">
+      <c r="BE38" s="89"/>
+      <c r="BF38" s="89"/>
+      <c r="BG38" s="89"/>
+      <c r="BH38" s="89"/>
+      <c r="BI38" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI38" s="99" t="str">
+      <c r="BJ38" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ38" s="22"/>
-[...13 lines deleted...]
-    <row r="39" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK38" s="22"/>
+      <c r="BL38" s="92"/>
+      <c r="BM38" s="92"/>
+      <c r="BN38" s="92"/>
+      <c r="BO38" s="92"/>
+      <c r="BP38" s="92"/>
+      <c r="BQ38" s="92"/>
+      <c r="BR38" s="92"/>
+      <c r="BS38" s="92"/>
+      <c r="BT38" s="92"/>
+      <c r="BU38" s="92"/>
+      <c r="BV38" s="92"/>
+      <c r="BW38" s="92"/>
+    </row>
+    <row r="39" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A39" s="22"/>
       <c r="B39" s="21"/>
       <c r="C39" s="22"/>
       <c r="D39" s="22"/>
       <c r="E39" s="22"/>
       <c r="F39" s="21"/>
       <c r="G39" s="22"/>
       <c r="H39" s="22"/>
       <c r="I39" s="23"/>
       <c r="J39" s="23"/>
-      <c r="K39" s="93"/>
-[...2 lines deleted...]
-      <c r="N39" s="95" t="str">
+      <c r="K39" s="85"/>
+      <c r="L39" s="86"/>
+      <c r="M39" s="86"/>
+      <c r="N39" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O39" s="96"/>
-[...1 lines deleted...]
-      <c r="Q39" s="96"/>
+      <c r="O39" s="88"/>
+      <c r="P39" s="88"/>
+      <c r="Q39" s="88"/>
       <c r="R39" s="23"/>
       <c r="S39" s="23"/>
-      <c r="T39" s="97"/>
+      <c r="T39" s="89"/>
       <c r="U39" s="23"/>
       <c r="V39" s="23"/>
-      <c r="W39" s="97"/>
-[...8 lines deleted...]
-      <c r="AF39" s="98" t="str">
+      <c r="W39" s="89"/>
+      <c r="X39" s="89"/>
+      <c r="Y39" s="89"/>
+      <c r="Z39" s="89"/>
+      <c r="AA39" s="89"/>
+      <c r="AB39" s="89"/>
+      <c r="AC39" s="89"/>
+      <c r="AD39" s="89"/>
+      <c r="AE39" s="89"/>
+      <c r="AF39" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG39" s="23"/>
+      <c r="AG39" s="89"/>
       <c r="AH39" s="23"/>
       <c r="AI39" s="23"/>
       <c r="AJ39" s="23"/>
       <c r="AK39" s="23"/>
       <c r="AL39" s="23"/>
       <c r="AM39" s="23"/>
-      <c r="AN39" s="98" t="str">
+      <c r="AN39" s="23"/>
+      <c r="AO39" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO39" s="97"/>
-[...8 lines deleted...]
-      <c r="AX39" s="99" t="str">
+      <c r="AP39" s="89"/>
+      <c r="AQ39" s="89"/>
+      <c r="AR39" s="89"/>
+      <c r="AS39" s="89"/>
+      <c r="AT39" s="89"/>
+      <c r="AU39" s="89"/>
+      <c r="AV39" s="89"/>
+      <c r="AW39" s="89"/>
+      <c r="AX39" s="89"/>
+      <c r="AY39" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY39" s="97"/>
-      <c r="AZ39" s="99" t="str">
+      <c r="AZ39" s="89"/>
+      <c r="BA39" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA39" s="97"/>
-[...1 lines deleted...]
-      <c r="BC39" s="99" t="str">
+      <c r="BB39" s="89"/>
+      <c r="BC39" s="89"/>
+      <c r="BD39" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD39" s="97"/>
-[...3 lines deleted...]
-      <c r="BH39" s="99" t="str">
+      <c r="BE39" s="89"/>
+      <c r="BF39" s="89"/>
+      <c r="BG39" s="89"/>
+      <c r="BH39" s="89"/>
+      <c r="BI39" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI39" s="99" t="str">
+      <c r="BJ39" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ39" s="22"/>
-[...13 lines deleted...]
-    <row r="40" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK39" s="22"/>
+      <c r="BL39" s="92"/>
+      <c r="BM39" s="92"/>
+      <c r="BN39" s="92"/>
+      <c r="BO39" s="92"/>
+      <c r="BP39" s="92"/>
+      <c r="BQ39" s="92"/>
+      <c r="BR39" s="92"/>
+      <c r="BS39" s="92"/>
+      <c r="BT39" s="92"/>
+      <c r="BU39" s="92"/>
+      <c r="BV39" s="92"/>
+      <c r="BW39" s="92"/>
+    </row>
+    <row r="40" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A40" s="22"/>
       <c r="B40" s="21"/>
       <c r="C40" s="22"/>
       <c r="D40" s="22"/>
       <c r="E40" s="22"/>
       <c r="F40" s="21"/>
       <c r="G40" s="22"/>
       <c r="H40" s="22"/>
       <c r="I40" s="23"/>
       <c r="J40" s="23"/>
-      <c r="K40" s="93"/>
-[...2 lines deleted...]
-      <c r="N40" s="95" t="str">
+      <c r="K40" s="85"/>
+      <c r="L40" s="86"/>
+      <c r="M40" s="86"/>
+      <c r="N40" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O40" s="96"/>
-[...1 lines deleted...]
-      <c r="Q40" s="96"/>
+      <c r="O40" s="88"/>
+      <c r="P40" s="88"/>
+      <c r="Q40" s="88"/>
       <c r="R40" s="23"/>
       <c r="S40" s="23"/>
-      <c r="T40" s="97"/>
+      <c r="T40" s="89"/>
       <c r="U40" s="23"/>
       <c r="V40" s="23"/>
-      <c r="W40" s="97"/>
-[...8 lines deleted...]
-      <c r="AF40" s="98" t="str">
+      <c r="W40" s="89"/>
+      <c r="X40" s="89"/>
+      <c r="Y40" s="89"/>
+      <c r="Z40" s="89"/>
+      <c r="AA40" s="89"/>
+      <c r="AB40" s="89"/>
+      <c r="AC40" s="89"/>
+      <c r="AD40" s="89"/>
+      <c r="AE40" s="89"/>
+      <c r="AF40" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG40" s="23"/>
+      <c r="AG40" s="89"/>
       <c r="AH40" s="23"/>
       <c r="AI40" s="23"/>
       <c r="AJ40" s="23"/>
       <c r="AK40" s="23"/>
       <c r="AL40" s="23"/>
       <c r="AM40" s="23"/>
-      <c r="AN40" s="98" t="str">
+      <c r="AN40" s="23"/>
+      <c r="AO40" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO40" s="97"/>
-[...8 lines deleted...]
-      <c r="AX40" s="99" t="str">
+      <c r="AP40" s="89"/>
+      <c r="AQ40" s="89"/>
+      <c r="AR40" s="89"/>
+      <c r="AS40" s="89"/>
+      <c r="AT40" s="89"/>
+      <c r="AU40" s="89"/>
+      <c r="AV40" s="89"/>
+      <c r="AW40" s="89"/>
+      <c r="AX40" s="89"/>
+      <c r="AY40" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY40" s="97"/>
-      <c r="AZ40" s="99" t="str">
+      <c r="AZ40" s="89"/>
+      <c r="BA40" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA40" s="97"/>
-[...1 lines deleted...]
-      <c r="BC40" s="99" t="str">
+      <c r="BB40" s="89"/>
+      <c r="BC40" s="89"/>
+      <c r="BD40" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD40" s="97"/>
-[...3 lines deleted...]
-      <c r="BH40" s="99" t="str">
+      <c r="BE40" s="89"/>
+      <c r="BF40" s="89"/>
+      <c r="BG40" s="89"/>
+      <c r="BH40" s="89"/>
+      <c r="BI40" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI40" s="99" t="str">
+      <c r="BJ40" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ40" s="22"/>
-[...13 lines deleted...]
-    <row r="41" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK40" s="22"/>
+      <c r="BL40" s="92"/>
+      <c r="BM40" s="92"/>
+      <c r="BN40" s="92"/>
+      <c r="BO40" s="92"/>
+      <c r="BP40" s="92"/>
+      <c r="BQ40" s="92"/>
+      <c r="BR40" s="92"/>
+      <c r="BS40" s="92"/>
+      <c r="BT40" s="92"/>
+      <c r="BU40" s="92"/>
+      <c r="BV40" s="92"/>
+      <c r="BW40" s="92"/>
+    </row>
+    <row r="41" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A41" s="22"/>
       <c r="B41" s="21"/>
       <c r="C41" s="22"/>
       <c r="D41" s="22"/>
       <c r="E41" s="22"/>
       <c r="F41" s="21"/>
       <c r="G41" s="22"/>
       <c r="H41" s="22"/>
       <c r="I41" s="23"/>
       <c r="J41" s="23"/>
-      <c r="K41" s="93"/>
-[...2 lines deleted...]
-      <c r="N41" s="95" t="str">
+      <c r="K41" s="85"/>
+      <c r="L41" s="86"/>
+      <c r="M41" s="86"/>
+      <c r="N41" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O41" s="96"/>
-[...1 lines deleted...]
-      <c r="Q41" s="96"/>
+      <c r="O41" s="88"/>
+      <c r="P41" s="88"/>
+      <c r="Q41" s="88"/>
       <c r="R41" s="23"/>
       <c r="S41" s="23"/>
-      <c r="T41" s="97"/>
+      <c r="T41" s="89"/>
       <c r="U41" s="23"/>
       <c r="V41" s="23"/>
-      <c r="W41" s="97"/>
-[...8 lines deleted...]
-      <c r="AF41" s="98" t="str">
+      <c r="W41" s="89"/>
+      <c r="X41" s="89"/>
+      <c r="Y41" s="89"/>
+      <c r="Z41" s="89"/>
+      <c r="AA41" s="89"/>
+      <c r="AB41" s="89"/>
+      <c r="AC41" s="89"/>
+      <c r="AD41" s="89"/>
+      <c r="AE41" s="89"/>
+      <c r="AF41" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG41" s="23"/>
+      <c r="AG41" s="89"/>
       <c r="AH41" s="23"/>
       <c r="AI41" s="23"/>
       <c r="AJ41" s="23"/>
       <c r="AK41" s="23"/>
       <c r="AL41" s="23"/>
       <c r="AM41" s="23"/>
-      <c r="AN41" s="98" t="str">
+      <c r="AN41" s="23"/>
+      <c r="AO41" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO41" s="97"/>
-[...8 lines deleted...]
-      <c r="AX41" s="99" t="str">
+      <c r="AP41" s="89"/>
+      <c r="AQ41" s="89"/>
+      <c r="AR41" s="89"/>
+      <c r="AS41" s="89"/>
+      <c r="AT41" s="89"/>
+      <c r="AU41" s="89"/>
+      <c r="AV41" s="89"/>
+      <c r="AW41" s="89"/>
+      <c r="AX41" s="89"/>
+      <c r="AY41" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY41" s="97"/>
-      <c r="AZ41" s="99" t="str">
+      <c r="AZ41" s="89"/>
+      <c r="BA41" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA41" s="97"/>
-[...1 lines deleted...]
-      <c r="BC41" s="99" t="str">
+      <c r="BB41" s="89"/>
+      <c r="BC41" s="89"/>
+      <c r="BD41" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD41" s="97"/>
-[...3 lines deleted...]
-      <c r="BH41" s="99" t="str">
+      <c r="BE41" s="89"/>
+      <c r="BF41" s="89"/>
+      <c r="BG41" s="89"/>
+      <c r="BH41" s="89"/>
+      <c r="BI41" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI41" s="99" t="str">
+      <c r="BJ41" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ41" s="22"/>
-[...13 lines deleted...]
-    <row r="42" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK41" s="22"/>
+      <c r="BL41" s="92"/>
+      <c r="BM41" s="92"/>
+      <c r="BN41" s="92"/>
+      <c r="BO41" s="92"/>
+      <c r="BP41" s="92"/>
+      <c r="BQ41" s="92"/>
+      <c r="BR41" s="92"/>
+      <c r="BS41" s="92"/>
+      <c r="BT41" s="92"/>
+      <c r="BU41" s="92"/>
+      <c r="BV41" s="92"/>
+      <c r="BW41" s="92"/>
+    </row>
+    <row r="42" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A42" s="22"/>
       <c r="B42" s="21"/>
       <c r="C42" s="22"/>
       <c r="D42" s="22"/>
       <c r="E42" s="22"/>
       <c r="F42" s="21"/>
       <c r="G42" s="22"/>
       <c r="H42" s="22"/>
       <c r="I42" s="23"/>
       <c r="J42" s="23"/>
-      <c r="K42" s="93"/>
-[...2 lines deleted...]
-      <c r="N42" s="95" t="str">
+      <c r="K42" s="85"/>
+      <c r="L42" s="86"/>
+      <c r="M42" s="86"/>
+      <c r="N42" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O42" s="96"/>
-[...1 lines deleted...]
-      <c r="Q42" s="96"/>
+      <c r="O42" s="88"/>
+      <c r="P42" s="88"/>
+      <c r="Q42" s="88"/>
       <c r="R42" s="23"/>
       <c r="S42" s="23"/>
-      <c r="T42" s="97"/>
+      <c r="T42" s="89"/>
       <c r="U42" s="23"/>
       <c r="V42" s="23"/>
-      <c r="W42" s="97"/>
-[...8 lines deleted...]
-      <c r="AF42" s="98" t="str">
+      <c r="W42" s="89"/>
+      <c r="X42" s="89"/>
+      <c r="Y42" s="89"/>
+      <c r="Z42" s="89"/>
+      <c r="AA42" s="89"/>
+      <c r="AB42" s="89"/>
+      <c r="AC42" s="89"/>
+      <c r="AD42" s="89"/>
+      <c r="AE42" s="89"/>
+      <c r="AF42" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG42" s="23"/>
+      <c r="AG42" s="89"/>
       <c r="AH42" s="23"/>
       <c r="AI42" s="23"/>
       <c r="AJ42" s="23"/>
       <c r="AK42" s="23"/>
       <c r="AL42" s="23"/>
       <c r="AM42" s="23"/>
-      <c r="AN42" s="98" t="str">
+      <c r="AN42" s="23"/>
+      <c r="AO42" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO42" s="97"/>
-[...8 lines deleted...]
-      <c r="AX42" s="99" t="str">
+      <c r="AP42" s="89"/>
+      <c r="AQ42" s="89"/>
+      <c r="AR42" s="89"/>
+      <c r="AS42" s="89"/>
+      <c r="AT42" s="89"/>
+      <c r="AU42" s="89"/>
+      <c r="AV42" s="89"/>
+      <c r="AW42" s="89"/>
+      <c r="AX42" s="89"/>
+      <c r="AY42" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY42" s="97"/>
-      <c r="AZ42" s="99" t="str">
+      <c r="AZ42" s="89"/>
+      <c r="BA42" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA42" s="97"/>
-[...1 lines deleted...]
-      <c r="BC42" s="99" t="str">
+      <c r="BB42" s="89"/>
+      <c r="BC42" s="89"/>
+      <c r="BD42" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD42" s="97"/>
-[...3 lines deleted...]
-      <c r="BH42" s="99" t="str">
+      <c r="BE42" s="89"/>
+      <c r="BF42" s="89"/>
+      <c r="BG42" s="89"/>
+      <c r="BH42" s="89"/>
+      <c r="BI42" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI42" s="99" t="str">
+      <c r="BJ42" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ42" s="22"/>
-[...13 lines deleted...]
-    <row r="43" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK42" s="22"/>
+      <c r="BL42" s="92"/>
+      <c r="BM42" s="92"/>
+      <c r="BN42" s="92"/>
+      <c r="BO42" s="92"/>
+      <c r="BP42" s="92"/>
+      <c r="BQ42" s="92"/>
+      <c r="BR42" s="92"/>
+      <c r="BS42" s="92"/>
+      <c r="BT42" s="92"/>
+      <c r="BU42" s="92"/>
+      <c r="BV42" s="92"/>
+      <c r="BW42" s="92"/>
+    </row>
+    <row r="43" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A43" s="22"/>
       <c r="B43" s="21"/>
       <c r="C43" s="22"/>
       <c r="D43" s="22"/>
       <c r="E43" s="22"/>
       <c r="F43" s="21"/>
       <c r="G43" s="22"/>
       <c r="H43" s="22"/>
       <c r="I43" s="23"/>
       <c r="J43" s="23"/>
-      <c r="K43" s="93"/>
-[...2 lines deleted...]
-      <c r="N43" s="95" t="str">
+      <c r="K43" s="85"/>
+      <c r="L43" s="86"/>
+      <c r="M43" s="86"/>
+      <c r="N43" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O43" s="96"/>
-[...1 lines deleted...]
-      <c r="Q43" s="96"/>
+      <c r="O43" s="88"/>
+      <c r="P43" s="88"/>
+      <c r="Q43" s="88"/>
       <c r="R43" s="23"/>
       <c r="S43" s="23"/>
-      <c r="T43" s="97"/>
+      <c r="T43" s="89"/>
       <c r="U43" s="23"/>
       <c r="V43" s="23"/>
-      <c r="W43" s="97"/>
-[...8 lines deleted...]
-      <c r="AF43" s="98" t="str">
+      <c r="W43" s="89"/>
+      <c r="X43" s="89"/>
+      <c r="Y43" s="89"/>
+      <c r="Z43" s="89"/>
+      <c r="AA43" s="89"/>
+      <c r="AB43" s="89"/>
+      <c r="AC43" s="89"/>
+      <c r="AD43" s="89"/>
+      <c r="AE43" s="89"/>
+      <c r="AF43" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG43" s="23"/>
+      <c r="AG43" s="89"/>
       <c r="AH43" s="23"/>
       <c r="AI43" s="23"/>
       <c r="AJ43" s="23"/>
       <c r="AK43" s="23"/>
       <c r="AL43" s="23"/>
       <c r="AM43" s="23"/>
-      <c r="AN43" s="98" t="str">
+      <c r="AN43" s="23"/>
+      <c r="AO43" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO43" s="97"/>
-[...8 lines deleted...]
-      <c r="AX43" s="99" t="str">
+      <c r="AP43" s="89"/>
+      <c r="AQ43" s="89"/>
+      <c r="AR43" s="89"/>
+      <c r="AS43" s="89"/>
+      <c r="AT43" s="89"/>
+      <c r="AU43" s="89"/>
+      <c r="AV43" s="89"/>
+      <c r="AW43" s="89"/>
+      <c r="AX43" s="89"/>
+      <c r="AY43" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY43" s="97"/>
-      <c r="AZ43" s="99" t="str">
+      <c r="AZ43" s="89"/>
+      <c r="BA43" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA43" s="97"/>
-[...1 lines deleted...]
-      <c r="BC43" s="99" t="str">
+      <c r="BB43" s="89"/>
+      <c r="BC43" s="89"/>
+      <c r="BD43" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD43" s="97"/>
-[...3 lines deleted...]
-      <c r="BH43" s="99" t="str">
+      <c r="BE43" s="89"/>
+      <c r="BF43" s="89"/>
+      <c r="BG43" s="89"/>
+      <c r="BH43" s="89"/>
+      <c r="BI43" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI43" s="99" t="str">
+      <c r="BJ43" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ43" s="22"/>
-[...13 lines deleted...]
-    <row r="44" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK43" s="22"/>
+      <c r="BL43" s="92"/>
+      <c r="BM43" s="92"/>
+      <c r="BN43" s="92"/>
+      <c r="BO43" s="92"/>
+      <c r="BP43" s="92"/>
+      <c r="BQ43" s="92"/>
+      <c r="BR43" s="92"/>
+      <c r="BS43" s="92"/>
+      <c r="BT43" s="92"/>
+      <c r="BU43" s="92"/>
+      <c r="BV43" s="92"/>
+      <c r="BW43" s="92"/>
+    </row>
+    <row r="44" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A44" s="22"/>
       <c r="B44" s="21"/>
       <c r="C44" s="22"/>
       <c r="D44" s="22"/>
       <c r="E44" s="22"/>
       <c r="F44" s="21"/>
       <c r="G44" s="22"/>
       <c r="H44" s="22"/>
       <c r="I44" s="23"/>
       <c r="J44" s="23"/>
-      <c r="K44" s="93"/>
-[...2 lines deleted...]
-      <c r="N44" s="95" t="str">
+      <c r="K44" s="85"/>
+      <c r="L44" s="86"/>
+      <c r="M44" s="86"/>
+      <c r="N44" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O44" s="96"/>
-[...1 lines deleted...]
-      <c r="Q44" s="96"/>
+      <c r="O44" s="88"/>
+      <c r="P44" s="88"/>
+      <c r="Q44" s="88"/>
       <c r="R44" s="23"/>
       <c r="S44" s="23"/>
-      <c r="T44" s="97"/>
+      <c r="T44" s="89"/>
       <c r="U44" s="23"/>
       <c r="V44" s="23"/>
-      <c r="W44" s="97"/>
-[...8 lines deleted...]
-      <c r="AF44" s="98" t="str">
+      <c r="W44" s="89"/>
+      <c r="X44" s="89"/>
+      <c r="Y44" s="89"/>
+      <c r="Z44" s="89"/>
+      <c r="AA44" s="89"/>
+      <c r="AB44" s="89"/>
+      <c r="AC44" s="89"/>
+      <c r="AD44" s="89"/>
+      <c r="AE44" s="89"/>
+      <c r="AF44" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG44" s="23"/>
+      <c r="AG44" s="89"/>
       <c r="AH44" s="23"/>
       <c r="AI44" s="23"/>
       <c r="AJ44" s="23"/>
       <c r="AK44" s="23"/>
       <c r="AL44" s="23"/>
       <c r="AM44" s="23"/>
-      <c r="AN44" s="98" t="str">
+      <c r="AN44" s="23"/>
+      <c r="AO44" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO44" s="97"/>
-[...8 lines deleted...]
-      <c r="AX44" s="99" t="str">
+      <c r="AP44" s="89"/>
+      <c r="AQ44" s="89"/>
+      <c r="AR44" s="89"/>
+      <c r="AS44" s="89"/>
+      <c r="AT44" s="89"/>
+      <c r="AU44" s="89"/>
+      <c r="AV44" s="89"/>
+      <c r="AW44" s="89"/>
+      <c r="AX44" s="89"/>
+      <c r="AY44" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY44" s="97"/>
-      <c r="AZ44" s="99" t="str">
+      <c r="AZ44" s="89"/>
+      <c r="BA44" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA44" s="97"/>
-[...1 lines deleted...]
-      <c r="BC44" s="99" t="str">
+      <c r="BB44" s="89"/>
+      <c r="BC44" s="89"/>
+      <c r="BD44" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD44" s="97"/>
-[...3 lines deleted...]
-      <c r="BH44" s="99" t="str">
+      <c r="BE44" s="89"/>
+      <c r="BF44" s="89"/>
+      <c r="BG44" s="89"/>
+      <c r="BH44" s="89"/>
+      <c r="BI44" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI44" s="99" t="str">
+      <c r="BJ44" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ44" s="22"/>
-[...13 lines deleted...]
-    <row r="45" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK44" s="22"/>
+      <c r="BL44" s="92"/>
+      <c r="BM44" s="92"/>
+      <c r="BN44" s="92"/>
+      <c r="BO44" s="92"/>
+      <c r="BP44" s="92"/>
+      <c r="BQ44" s="92"/>
+      <c r="BR44" s="92"/>
+      <c r="BS44" s="92"/>
+      <c r="BT44" s="92"/>
+      <c r="BU44" s="92"/>
+      <c r="BV44" s="92"/>
+      <c r="BW44" s="92"/>
+    </row>
+    <row r="45" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A45" s="22"/>
       <c r="B45" s="21"/>
       <c r="C45" s="22"/>
       <c r="D45" s="22"/>
       <c r="E45" s="22"/>
       <c r="F45" s="21"/>
       <c r="G45" s="22"/>
       <c r="H45" s="22"/>
       <c r="I45" s="23"/>
       <c r="J45" s="23"/>
-      <c r="K45" s="93"/>
-[...2 lines deleted...]
-      <c r="N45" s="95" t="str">
+      <c r="K45" s="85"/>
+      <c r="L45" s="86"/>
+      <c r="M45" s="86"/>
+      <c r="N45" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O45" s="96"/>
-[...1 lines deleted...]
-      <c r="Q45" s="96"/>
+      <c r="O45" s="88"/>
+      <c r="P45" s="88"/>
+      <c r="Q45" s="88"/>
       <c r="R45" s="23"/>
       <c r="S45" s="23"/>
-      <c r="T45" s="97"/>
+      <c r="T45" s="89"/>
       <c r="U45" s="23"/>
       <c r="V45" s="23"/>
-      <c r="W45" s="97"/>
-[...8 lines deleted...]
-      <c r="AF45" s="98" t="str">
+      <c r="W45" s="89"/>
+      <c r="X45" s="89"/>
+      <c r="Y45" s="89"/>
+      <c r="Z45" s="89"/>
+      <c r="AA45" s="89"/>
+      <c r="AB45" s="89"/>
+      <c r="AC45" s="89"/>
+      <c r="AD45" s="89"/>
+      <c r="AE45" s="89"/>
+      <c r="AF45" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG45" s="23"/>
+      <c r="AG45" s="89"/>
       <c r="AH45" s="23"/>
       <c r="AI45" s="23"/>
       <c r="AJ45" s="23"/>
       <c r="AK45" s="23"/>
       <c r="AL45" s="23"/>
       <c r="AM45" s="23"/>
-      <c r="AN45" s="98" t="str">
+      <c r="AN45" s="23"/>
+      <c r="AO45" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO45" s="97"/>
-[...8 lines deleted...]
-      <c r="AX45" s="99" t="str">
+      <c r="AP45" s="89"/>
+      <c r="AQ45" s="89"/>
+      <c r="AR45" s="89"/>
+      <c r="AS45" s="89"/>
+      <c r="AT45" s="89"/>
+      <c r="AU45" s="89"/>
+      <c r="AV45" s="89"/>
+      <c r="AW45" s="89"/>
+      <c r="AX45" s="89"/>
+      <c r="AY45" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY45" s="97"/>
-      <c r="AZ45" s="99" t="str">
+      <c r="AZ45" s="89"/>
+      <c r="BA45" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA45" s="97"/>
-[...1 lines deleted...]
-      <c r="BC45" s="99" t="str">
+      <c r="BB45" s="89"/>
+      <c r="BC45" s="89"/>
+      <c r="BD45" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD45" s="97"/>
-[...3 lines deleted...]
-      <c r="BH45" s="99" t="str">
+      <c r="BE45" s="89"/>
+      <c r="BF45" s="89"/>
+      <c r="BG45" s="89"/>
+      <c r="BH45" s="89"/>
+      <c r="BI45" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI45" s="99" t="str">
+      <c r="BJ45" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ45" s="22"/>
-[...13 lines deleted...]
-    <row r="46" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK45" s="22"/>
+      <c r="BL45" s="92"/>
+      <c r="BM45" s="92"/>
+      <c r="BN45" s="92"/>
+      <c r="BO45" s="92"/>
+      <c r="BP45" s="92"/>
+      <c r="BQ45" s="92"/>
+      <c r="BR45" s="92"/>
+      <c r="BS45" s="92"/>
+      <c r="BT45" s="92"/>
+      <c r="BU45" s="92"/>
+      <c r="BV45" s="92"/>
+      <c r="BW45" s="92"/>
+    </row>
+    <row r="46" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A46" s="22"/>
       <c r="B46" s="21"/>
       <c r="C46" s="22"/>
       <c r="D46" s="22"/>
       <c r="E46" s="22"/>
       <c r="F46" s="21"/>
       <c r="G46" s="22"/>
       <c r="H46" s="22"/>
       <c r="I46" s="23"/>
       <c r="J46" s="23"/>
-      <c r="K46" s="93"/>
-[...2 lines deleted...]
-      <c r="N46" s="95" t="str">
+      <c r="K46" s="85"/>
+      <c r="L46" s="86"/>
+      <c r="M46" s="86"/>
+      <c r="N46" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O46" s="96"/>
-[...1 lines deleted...]
-      <c r="Q46" s="96"/>
+      <c r="O46" s="88"/>
+      <c r="P46" s="88"/>
+      <c r="Q46" s="88"/>
       <c r="R46" s="23"/>
       <c r="S46" s="23"/>
-      <c r="T46" s="97"/>
+      <c r="T46" s="89"/>
       <c r="U46" s="23"/>
       <c r="V46" s="23"/>
-      <c r="W46" s="97"/>
-[...8 lines deleted...]
-      <c r="AF46" s="98" t="str">
+      <c r="W46" s="89"/>
+      <c r="X46" s="89"/>
+      <c r="Y46" s="89"/>
+      <c r="Z46" s="89"/>
+      <c r="AA46" s="89"/>
+      <c r="AB46" s="89"/>
+      <c r="AC46" s="89"/>
+      <c r="AD46" s="89"/>
+      <c r="AE46" s="89"/>
+      <c r="AF46" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG46" s="23"/>
+      <c r="AG46" s="89"/>
       <c r="AH46" s="23"/>
       <c r="AI46" s="23"/>
       <c r="AJ46" s="23"/>
       <c r="AK46" s="23"/>
       <c r="AL46" s="23"/>
       <c r="AM46" s="23"/>
-      <c r="AN46" s="98" t="str">
+      <c r="AN46" s="23"/>
+      <c r="AO46" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO46" s="97"/>
-[...8 lines deleted...]
-      <c r="AX46" s="99" t="str">
+      <c r="AP46" s="89"/>
+      <c r="AQ46" s="89"/>
+      <c r="AR46" s="89"/>
+      <c r="AS46" s="89"/>
+      <c r="AT46" s="89"/>
+      <c r="AU46" s="89"/>
+      <c r="AV46" s="89"/>
+      <c r="AW46" s="89"/>
+      <c r="AX46" s="89"/>
+      <c r="AY46" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY46" s="97"/>
-      <c r="AZ46" s="99" t="str">
+      <c r="AZ46" s="89"/>
+      <c r="BA46" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA46" s="97"/>
-[...1 lines deleted...]
-      <c r="BC46" s="99" t="str">
+      <c r="BB46" s="89"/>
+      <c r="BC46" s="89"/>
+      <c r="BD46" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD46" s="97"/>
-[...3 lines deleted...]
-      <c r="BH46" s="99" t="str">
+      <c r="BE46" s="89"/>
+      <c r="BF46" s="89"/>
+      <c r="BG46" s="89"/>
+      <c r="BH46" s="89"/>
+      <c r="BI46" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI46" s="99" t="str">
+      <c r="BJ46" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ46" s="22"/>
-[...13 lines deleted...]
-    <row r="47" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK46" s="22"/>
+      <c r="BL46" s="92"/>
+      <c r="BM46" s="92"/>
+      <c r="BN46" s="92"/>
+      <c r="BO46" s="92"/>
+      <c r="BP46" s="92"/>
+      <c r="BQ46" s="92"/>
+      <c r="BR46" s="92"/>
+      <c r="BS46" s="92"/>
+      <c r="BT46" s="92"/>
+      <c r="BU46" s="92"/>
+      <c r="BV46" s="92"/>
+      <c r="BW46" s="92"/>
+    </row>
+    <row r="47" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A47" s="22"/>
       <c r="B47" s="21"/>
       <c r="C47" s="22"/>
       <c r="D47" s="22"/>
       <c r="E47" s="22"/>
       <c r="F47" s="21"/>
       <c r="G47" s="22"/>
       <c r="H47" s="22"/>
       <c r="I47" s="23"/>
       <c r="J47" s="23"/>
-      <c r="K47" s="93"/>
-[...2 lines deleted...]
-      <c r="N47" s="95" t="str">
+      <c r="K47" s="85"/>
+      <c r="L47" s="86"/>
+      <c r="M47" s="86"/>
+      <c r="N47" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O47" s="96"/>
-[...1 lines deleted...]
-      <c r="Q47" s="96"/>
+      <c r="O47" s="88"/>
+      <c r="P47" s="88"/>
+      <c r="Q47" s="88"/>
       <c r="R47" s="23"/>
       <c r="S47" s="23"/>
-      <c r="T47" s="97"/>
+      <c r="T47" s="89"/>
       <c r="U47" s="23"/>
       <c r="V47" s="23"/>
-      <c r="W47" s="97"/>
-[...8 lines deleted...]
-      <c r="AF47" s="98" t="str">
+      <c r="W47" s="89"/>
+      <c r="X47" s="89"/>
+      <c r="Y47" s="89"/>
+      <c r="Z47" s="89"/>
+      <c r="AA47" s="89"/>
+      <c r="AB47" s="89"/>
+      <c r="AC47" s="89"/>
+      <c r="AD47" s="89"/>
+      <c r="AE47" s="89"/>
+      <c r="AF47" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG47" s="23"/>
+      <c r="AG47" s="89"/>
       <c r="AH47" s="23"/>
       <c r="AI47" s="23"/>
       <c r="AJ47" s="23"/>
       <c r="AK47" s="23"/>
       <c r="AL47" s="23"/>
       <c r="AM47" s="23"/>
-      <c r="AN47" s="98" t="str">
+      <c r="AN47" s="23"/>
+      <c r="AO47" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO47" s="97"/>
-[...8 lines deleted...]
-      <c r="AX47" s="99" t="str">
+      <c r="AP47" s="89"/>
+      <c r="AQ47" s="89"/>
+      <c r="AR47" s="89"/>
+      <c r="AS47" s="89"/>
+      <c r="AT47" s="89"/>
+      <c r="AU47" s="89"/>
+      <c r="AV47" s="89"/>
+      <c r="AW47" s="89"/>
+      <c r="AX47" s="89"/>
+      <c r="AY47" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY47" s="97"/>
-      <c r="AZ47" s="99" t="str">
+      <c r="AZ47" s="89"/>
+      <c r="BA47" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA47" s="97"/>
-[...1 lines deleted...]
-      <c r="BC47" s="99" t="str">
+      <c r="BB47" s="89"/>
+      <c r="BC47" s="89"/>
+      <c r="BD47" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD47" s="97"/>
-[...3 lines deleted...]
-      <c r="BH47" s="99" t="str">
+      <c r="BE47" s="89"/>
+      <c r="BF47" s="89"/>
+      <c r="BG47" s="89"/>
+      <c r="BH47" s="89"/>
+      <c r="BI47" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI47" s="99" t="str">
+      <c r="BJ47" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ47" s="22"/>
-[...13 lines deleted...]
-    <row r="48" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK47" s="22"/>
+      <c r="BL47" s="92"/>
+      <c r="BM47" s="92"/>
+      <c r="BN47" s="92"/>
+      <c r="BO47" s="92"/>
+      <c r="BP47" s="92"/>
+      <c r="BQ47" s="92"/>
+      <c r="BR47" s="92"/>
+      <c r="BS47" s="92"/>
+      <c r="BT47" s="92"/>
+      <c r="BU47" s="92"/>
+      <c r="BV47" s="92"/>
+      <c r="BW47" s="92"/>
+    </row>
+    <row r="48" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A48" s="22"/>
       <c r="B48" s="21"/>
       <c r="C48" s="22"/>
       <c r="D48" s="22"/>
       <c r="E48" s="22"/>
       <c r="F48" s="21"/>
       <c r="G48" s="22"/>
       <c r="H48" s="22"/>
       <c r="I48" s="23"/>
       <c r="J48" s="23"/>
-      <c r="K48" s="93"/>
-[...2 lines deleted...]
-      <c r="N48" s="95" t="str">
+      <c r="K48" s="85"/>
+      <c r="L48" s="86"/>
+      <c r="M48" s="86"/>
+      <c r="N48" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O48" s="96"/>
-[...1 lines deleted...]
-      <c r="Q48" s="96"/>
+      <c r="O48" s="88"/>
+      <c r="P48" s="88"/>
+      <c r="Q48" s="88"/>
       <c r="R48" s="23"/>
       <c r="S48" s="23"/>
-      <c r="T48" s="97"/>
+      <c r="T48" s="89"/>
       <c r="U48" s="23"/>
       <c r="V48" s="23"/>
-      <c r="W48" s="97"/>
-[...8 lines deleted...]
-      <c r="AF48" s="98" t="str">
+      <c r="W48" s="89"/>
+      <c r="X48" s="89"/>
+      <c r="Y48" s="89"/>
+      <c r="Z48" s="89"/>
+      <c r="AA48" s="89"/>
+      <c r="AB48" s="89"/>
+      <c r="AC48" s="89"/>
+      <c r="AD48" s="89"/>
+      <c r="AE48" s="89"/>
+      <c r="AF48" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG48" s="23"/>
+      <c r="AG48" s="89"/>
       <c r="AH48" s="23"/>
       <c r="AI48" s="23"/>
       <c r="AJ48" s="23"/>
       <c r="AK48" s="23"/>
       <c r="AL48" s="23"/>
       <c r="AM48" s="23"/>
-      <c r="AN48" s="98" t="str">
+      <c r="AN48" s="23"/>
+      <c r="AO48" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO48" s="97"/>
-[...8 lines deleted...]
-      <c r="AX48" s="99" t="str">
+      <c r="AP48" s="89"/>
+      <c r="AQ48" s="89"/>
+      <c r="AR48" s="89"/>
+      <c r="AS48" s="89"/>
+      <c r="AT48" s="89"/>
+      <c r="AU48" s="89"/>
+      <c r="AV48" s="89"/>
+      <c r="AW48" s="89"/>
+      <c r="AX48" s="89"/>
+      <c r="AY48" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY48" s="97"/>
-      <c r="AZ48" s="99" t="str">
+      <c r="AZ48" s="89"/>
+      <c r="BA48" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA48" s="97"/>
-[...1 lines deleted...]
-      <c r="BC48" s="99" t="str">
+      <c r="BB48" s="89"/>
+      <c r="BC48" s="89"/>
+      <c r="BD48" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD48" s="97"/>
-[...3 lines deleted...]
-      <c r="BH48" s="99" t="str">
+      <c r="BE48" s="89"/>
+      <c r="BF48" s="89"/>
+      <c r="BG48" s="89"/>
+      <c r="BH48" s="89"/>
+      <c r="BI48" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI48" s="99" t="str">
+      <c r="BJ48" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ48" s="22"/>
-[...13 lines deleted...]
-    <row r="49" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK48" s="22"/>
+      <c r="BL48" s="92"/>
+      <c r="BM48" s="92"/>
+      <c r="BN48" s="92"/>
+      <c r="BO48" s="92"/>
+      <c r="BP48" s="92"/>
+      <c r="BQ48" s="92"/>
+      <c r="BR48" s="92"/>
+      <c r="BS48" s="92"/>
+      <c r="BT48" s="92"/>
+      <c r="BU48" s="92"/>
+      <c r="BV48" s="92"/>
+      <c r="BW48" s="92"/>
+    </row>
+    <row r="49" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A49" s="22"/>
       <c r="B49" s="21"/>
       <c r="C49" s="22"/>
       <c r="D49" s="22"/>
       <c r="E49" s="22"/>
       <c r="F49" s="21"/>
       <c r="G49" s="22"/>
       <c r="H49" s="22"/>
       <c r="I49" s="23"/>
       <c r="J49" s="23"/>
-      <c r="K49" s="93"/>
-[...2 lines deleted...]
-      <c r="N49" s="95" t="str">
+      <c r="K49" s="85"/>
+      <c r="L49" s="86"/>
+      <c r="M49" s="86"/>
+      <c r="N49" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O49" s="96"/>
-[...1 lines deleted...]
-      <c r="Q49" s="96"/>
+      <c r="O49" s="88"/>
+      <c r="P49" s="88"/>
+      <c r="Q49" s="88"/>
       <c r="R49" s="23"/>
       <c r="S49" s="23"/>
-      <c r="T49" s="97"/>
+      <c r="T49" s="89"/>
       <c r="U49" s="23"/>
       <c r="V49" s="23"/>
-      <c r="W49" s="97"/>
-[...8 lines deleted...]
-      <c r="AF49" s="98" t="str">
+      <c r="W49" s="89"/>
+      <c r="X49" s="89"/>
+      <c r="Y49" s="89"/>
+      <c r="Z49" s="89"/>
+      <c r="AA49" s="89"/>
+      <c r="AB49" s="89"/>
+      <c r="AC49" s="89"/>
+      <c r="AD49" s="89"/>
+      <c r="AE49" s="89"/>
+      <c r="AF49" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG49" s="23"/>
+      <c r="AG49" s="89"/>
       <c r="AH49" s="23"/>
       <c r="AI49" s="23"/>
       <c r="AJ49" s="23"/>
       <c r="AK49" s="23"/>
       <c r="AL49" s="23"/>
       <c r="AM49" s="23"/>
-      <c r="AN49" s="98" t="str">
+      <c r="AN49" s="23"/>
+      <c r="AO49" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO49" s="97"/>
-[...8 lines deleted...]
-      <c r="AX49" s="99" t="str">
+      <c r="AP49" s="89"/>
+      <c r="AQ49" s="89"/>
+      <c r="AR49" s="89"/>
+      <c r="AS49" s="89"/>
+      <c r="AT49" s="89"/>
+      <c r="AU49" s="89"/>
+      <c r="AV49" s="89"/>
+      <c r="AW49" s="89"/>
+      <c r="AX49" s="89"/>
+      <c r="AY49" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY49" s="97"/>
-      <c r="AZ49" s="99" t="str">
+      <c r="AZ49" s="89"/>
+      <c r="BA49" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA49" s="97"/>
-[...1 lines deleted...]
-      <c r="BC49" s="99" t="str">
+      <c r="BB49" s="89"/>
+      <c r="BC49" s="89"/>
+      <c r="BD49" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD49" s="97"/>
-[...3 lines deleted...]
-      <c r="BH49" s="99" t="str">
+      <c r="BE49" s="89"/>
+      <c r="BF49" s="89"/>
+      <c r="BG49" s="89"/>
+      <c r="BH49" s="89"/>
+      <c r="BI49" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI49" s="99" t="str">
+      <c r="BJ49" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ49" s="22"/>
-[...13 lines deleted...]
-    <row r="50" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK49" s="22"/>
+      <c r="BL49" s="92"/>
+      <c r="BM49" s="92"/>
+      <c r="BN49" s="92"/>
+      <c r="BO49" s="92"/>
+      <c r="BP49" s="92"/>
+      <c r="BQ49" s="92"/>
+      <c r="BR49" s="92"/>
+      <c r="BS49" s="92"/>
+      <c r="BT49" s="92"/>
+      <c r="BU49" s="92"/>
+      <c r="BV49" s="92"/>
+      <c r="BW49" s="92"/>
+    </row>
+    <row r="50" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A50" s="22"/>
       <c r="B50" s="21"/>
       <c r="C50" s="22"/>
       <c r="D50" s="22"/>
       <c r="E50" s="22"/>
       <c r="F50" s="21"/>
       <c r="G50" s="22"/>
       <c r="H50" s="22"/>
       <c r="I50" s="23"/>
       <c r="J50" s="23"/>
-      <c r="K50" s="93"/>
-[...2 lines deleted...]
-      <c r="N50" s="95" t="str">
+      <c r="K50" s="85"/>
+      <c r="L50" s="86"/>
+      <c r="M50" s="86"/>
+      <c r="N50" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O50" s="96"/>
-[...1 lines deleted...]
-      <c r="Q50" s="96"/>
+      <c r="O50" s="88"/>
+      <c r="P50" s="88"/>
+      <c r="Q50" s="88"/>
       <c r="R50" s="23"/>
       <c r="S50" s="23"/>
-      <c r="T50" s="97"/>
+      <c r="T50" s="89"/>
       <c r="U50" s="23"/>
       <c r="V50" s="23"/>
-      <c r="W50" s="97"/>
-[...8 lines deleted...]
-      <c r="AF50" s="98" t="str">
+      <c r="W50" s="89"/>
+      <c r="X50" s="89"/>
+      <c r="Y50" s="89"/>
+      <c r="Z50" s="89"/>
+      <c r="AA50" s="89"/>
+      <c r="AB50" s="89"/>
+      <c r="AC50" s="89"/>
+      <c r="AD50" s="89"/>
+      <c r="AE50" s="89"/>
+      <c r="AF50" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG50" s="23"/>
+      <c r="AG50" s="89"/>
       <c r="AH50" s="23"/>
       <c r="AI50" s="23"/>
       <c r="AJ50" s="23"/>
       <c r="AK50" s="23"/>
       <c r="AL50" s="23"/>
       <c r="AM50" s="23"/>
-      <c r="AN50" s="98" t="str">
+      <c r="AN50" s="23"/>
+      <c r="AO50" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO50" s="97"/>
-[...8 lines deleted...]
-      <c r="AX50" s="99" t="str">
+      <c r="AP50" s="89"/>
+      <c r="AQ50" s="89"/>
+      <c r="AR50" s="89"/>
+      <c r="AS50" s="89"/>
+      <c r="AT50" s="89"/>
+      <c r="AU50" s="89"/>
+      <c r="AV50" s="89"/>
+      <c r="AW50" s="89"/>
+      <c r="AX50" s="89"/>
+      <c r="AY50" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY50" s="97"/>
-      <c r="AZ50" s="99" t="str">
+      <c r="AZ50" s="89"/>
+      <c r="BA50" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA50" s="97"/>
-[...1 lines deleted...]
-      <c r="BC50" s="99" t="str">
+      <c r="BB50" s="89"/>
+      <c r="BC50" s="89"/>
+      <c r="BD50" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD50" s="97"/>
-[...3 lines deleted...]
-      <c r="BH50" s="99" t="str">
+      <c r="BE50" s="89"/>
+      <c r="BF50" s="89"/>
+      <c r="BG50" s="89"/>
+      <c r="BH50" s="89"/>
+      <c r="BI50" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI50" s="99" t="str">
+      <c r="BJ50" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ50" s="22"/>
-[...13 lines deleted...]
-    <row r="51" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK50" s="22"/>
+      <c r="BL50" s="92"/>
+      <c r="BM50" s="92"/>
+      <c r="BN50" s="92"/>
+      <c r="BO50" s="92"/>
+      <c r="BP50" s="92"/>
+      <c r="BQ50" s="92"/>
+      <c r="BR50" s="92"/>
+      <c r="BS50" s="92"/>
+      <c r="BT50" s="92"/>
+      <c r="BU50" s="92"/>
+      <c r="BV50" s="92"/>
+      <c r="BW50" s="92"/>
+    </row>
+    <row r="51" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A51" s="22"/>
       <c r="B51" s="21"/>
       <c r="C51" s="22"/>
       <c r="D51" s="22"/>
       <c r="E51" s="22"/>
       <c r="F51" s="21"/>
       <c r="G51" s="22"/>
       <c r="H51" s="22"/>
       <c r="I51" s="23"/>
       <c r="J51" s="23"/>
-      <c r="K51" s="93"/>
-[...2 lines deleted...]
-      <c r="N51" s="95" t="str">
+      <c r="K51" s="85"/>
+      <c r="L51" s="86"/>
+      <c r="M51" s="86"/>
+      <c r="N51" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O51" s="96"/>
-[...1 lines deleted...]
-      <c r="Q51" s="96"/>
+      <c r="O51" s="88"/>
+      <c r="P51" s="88"/>
+      <c r="Q51" s="88"/>
       <c r="R51" s="23"/>
       <c r="S51" s="23"/>
-      <c r="T51" s="97"/>
+      <c r="T51" s="89"/>
       <c r="U51" s="23"/>
       <c r="V51" s="23"/>
-      <c r="W51" s="97"/>
-[...8 lines deleted...]
-      <c r="AF51" s="98" t="str">
+      <c r="W51" s="89"/>
+      <c r="X51" s="89"/>
+      <c r="Y51" s="89"/>
+      <c r="Z51" s="89"/>
+      <c r="AA51" s="89"/>
+      <c r="AB51" s="89"/>
+      <c r="AC51" s="89"/>
+      <c r="AD51" s="89"/>
+      <c r="AE51" s="89"/>
+      <c r="AF51" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG51" s="23"/>
+      <c r="AG51" s="89"/>
       <c r="AH51" s="23"/>
       <c r="AI51" s="23"/>
       <c r="AJ51" s="23"/>
       <c r="AK51" s="23"/>
       <c r="AL51" s="23"/>
       <c r="AM51" s="23"/>
-      <c r="AN51" s="98" t="str">
+      <c r="AN51" s="23"/>
+      <c r="AO51" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO51" s="97"/>
-[...8 lines deleted...]
-      <c r="AX51" s="99" t="str">
+      <c r="AP51" s="89"/>
+      <c r="AQ51" s="89"/>
+      <c r="AR51" s="89"/>
+      <c r="AS51" s="89"/>
+      <c r="AT51" s="89"/>
+      <c r="AU51" s="89"/>
+      <c r="AV51" s="89"/>
+      <c r="AW51" s="89"/>
+      <c r="AX51" s="89"/>
+      <c r="AY51" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY51" s="97"/>
-      <c r="AZ51" s="99" t="str">
+      <c r="AZ51" s="89"/>
+      <c r="BA51" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA51" s="97"/>
-[...1 lines deleted...]
-      <c r="BC51" s="99" t="str">
+      <c r="BB51" s="89"/>
+      <c r="BC51" s="89"/>
+      <c r="BD51" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD51" s="97"/>
-[...3 lines deleted...]
-      <c r="BH51" s="99" t="str">
+      <c r="BE51" s="89"/>
+      <c r="BF51" s="89"/>
+      <c r="BG51" s="89"/>
+      <c r="BH51" s="89"/>
+      <c r="BI51" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI51" s="99" t="str">
+      <c r="BJ51" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ51" s="22"/>
-[...13 lines deleted...]
-    <row r="52" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK51" s="22"/>
+      <c r="BL51" s="92"/>
+      <c r="BM51" s="92"/>
+      <c r="BN51" s="92"/>
+      <c r="BO51" s="92"/>
+      <c r="BP51" s="92"/>
+      <c r="BQ51" s="92"/>
+      <c r="BR51" s="92"/>
+      <c r="BS51" s="92"/>
+      <c r="BT51" s="92"/>
+      <c r="BU51" s="92"/>
+      <c r="BV51" s="92"/>
+      <c r="BW51" s="92"/>
+    </row>
+    <row r="52" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A52" s="22"/>
       <c r="B52" s="21"/>
       <c r="C52" s="22"/>
       <c r="D52" s="22"/>
       <c r="E52" s="22"/>
       <c r="F52" s="21"/>
       <c r="G52" s="22"/>
       <c r="H52" s="22"/>
       <c r="I52" s="23"/>
       <c r="J52" s="23"/>
-      <c r="K52" s="93"/>
-[...2 lines deleted...]
-      <c r="N52" s="95" t="str">
+      <c r="K52" s="85"/>
+      <c r="L52" s="86"/>
+      <c r="M52" s="86"/>
+      <c r="N52" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O52" s="96"/>
-[...1 lines deleted...]
-      <c r="Q52" s="96"/>
+      <c r="O52" s="88"/>
+      <c r="P52" s="88"/>
+      <c r="Q52" s="88"/>
       <c r="R52" s="23"/>
       <c r="S52" s="23"/>
-      <c r="T52" s="97"/>
+      <c r="T52" s="89"/>
       <c r="U52" s="23"/>
       <c r="V52" s="23"/>
-      <c r="W52" s="97"/>
-[...8 lines deleted...]
-      <c r="AF52" s="98" t="str">
+      <c r="W52" s="89"/>
+      <c r="X52" s="89"/>
+      <c r="Y52" s="89"/>
+      <c r="Z52" s="89"/>
+      <c r="AA52" s="89"/>
+      <c r="AB52" s="89"/>
+      <c r="AC52" s="89"/>
+      <c r="AD52" s="89"/>
+      <c r="AE52" s="89"/>
+      <c r="AF52" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG52" s="23"/>
+      <c r="AG52" s="89"/>
       <c r="AH52" s="23"/>
       <c r="AI52" s="23"/>
       <c r="AJ52" s="23"/>
       <c r="AK52" s="23"/>
       <c r="AL52" s="23"/>
       <c r="AM52" s="23"/>
-      <c r="AN52" s="98" t="str">
+      <c r="AN52" s="23"/>
+      <c r="AO52" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO52" s="97"/>
-[...8 lines deleted...]
-      <c r="AX52" s="99" t="str">
+      <c r="AP52" s="89"/>
+      <c r="AQ52" s="89"/>
+      <c r="AR52" s="89"/>
+      <c r="AS52" s="89"/>
+      <c r="AT52" s="89"/>
+      <c r="AU52" s="89"/>
+      <c r="AV52" s="89"/>
+      <c r="AW52" s="89"/>
+      <c r="AX52" s="89"/>
+      <c r="AY52" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY52" s="97"/>
-      <c r="AZ52" s="99" t="str">
+      <c r="AZ52" s="89"/>
+      <c r="BA52" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA52" s="97"/>
-[...1 lines deleted...]
-      <c r="BC52" s="99" t="str">
+      <c r="BB52" s="89"/>
+      <c r="BC52" s="89"/>
+      <c r="BD52" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD52" s="97"/>
-[...3 lines deleted...]
-      <c r="BH52" s="99" t="str">
+      <c r="BE52" s="89"/>
+      <c r="BF52" s="89"/>
+      <c r="BG52" s="89"/>
+      <c r="BH52" s="89"/>
+      <c r="BI52" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI52" s="99" t="str">
+      <c r="BJ52" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ52" s="22"/>
-[...13 lines deleted...]
-    <row r="53" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK52" s="22"/>
+      <c r="BL52" s="92"/>
+      <c r="BM52" s="92"/>
+      <c r="BN52" s="92"/>
+      <c r="BO52" s="92"/>
+      <c r="BP52" s="92"/>
+      <c r="BQ52" s="92"/>
+      <c r="BR52" s="92"/>
+      <c r="BS52" s="92"/>
+      <c r="BT52" s="92"/>
+      <c r="BU52" s="92"/>
+      <c r="BV52" s="92"/>
+      <c r="BW52" s="92"/>
+    </row>
+    <row r="53" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A53" s="22"/>
       <c r="B53" s="21"/>
       <c r="C53" s="22"/>
       <c r="D53" s="22"/>
       <c r="E53" s="22"/>
       <c r="F53" s="21"/>
       <c r="G53" s="22"/>
       <c r="H53" s="22"/>
       <c r="I53" s="23"/>
       <c r="J53" s="23"/>
-      <c r="K53" s="93"/>
-[...2 lines deleted...]
-      <c r="N53" s="95" t="str">
+      <c r="K53" s="85"/>
+      <c r="L53" s="86"/>
+      <c r="M53" s="86"/>
+      <c r="N53" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O53" s="96"/>
-[...1 lines deleted...]
-      <c r="Q53" s="96"/>
+      <c r="O53" s="88"/>
+      <c r="P53" s="88"/>
+      <c r="Q53" s="88"/>
       <c r="R53" s="23"/>
       <c r="S53" s="23"/>
-      <c r="T53" s="97"/>
+      <c r="T53" s="89"/>
       <c r="U53" s="23"/>
       <c r="V53" s="23"/>
-      <c r="W53" s="97"/>
-[...8 lines deleted...]
-      <c r="AF53" s="98" t="str">
+      <c r="W53" s="89"/>
+      <c r="X53" s="89"/>
+      <c r="Y53" s="89"/>
+      <c r="Z53" s="89"/>
+      <c r="AA53" s="89"/>
+      <c r="AB53" s="89"/>
+      <c r="AC53" s="89"/>
+      <c r="AD53" s="89"/>
+      <c r="AE53" s="89"/>
+      <c r="AF53" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG53" s="23"/>
+      <c r="AG53" s="89"/>
       <c r="AH53" s="23"/>
       <c r="AI53" s="23"/>
       <c r="AJ53" s="23"/>
       <c r="AK53" s="23"/>
       <c r="AL53" s="23"/>
       <c r="AM53" s="23"/>
-      <c r="AN53" s="98" t="str">
+      <c r="AN53" s="23"/>
+      <c r="AO53" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO53" s="97"/>
-[...8 lines deleted...]
-      <c r="AX53" s="99" t="str">
+      <c r="AP53" s="89"/>
+      <c r="AQ53" s="89"/>
+      <c r="AR53" s="89"/>
+      <c r="AS53" s="89"/>
+      <c r="AT53" s="89"/>
+      <c r="AU53" s="89"/>
+      <c r="AV53" s="89"/>
+      <c r="AW53" s="89"/>
+      <c r="AX53" s="89"/>
+      <c r="AY53" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY53" s="97"/>
-      <c r="AZ53" s="99" t="str">
+      <c r="AZ53" s="89"/>
+      <c r="BA53" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA53" s="97"/>
-[...1 lines deleted...]
-      <c r="BC53" s="99" t="str">
+      <c r="BB53" s="89"/>
+      <c r="BC53" s="89"/>
+      <c r="BD53" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD53" s="97"/>
-[...3 lines deleted...]
-      <c r="BH53" s="99" t="str">
+      <c r="BE53" s="89"/>
+      <c r="BF53" s="89"/>
+      <c r="BG53" s="89"/>
+      <c r="BH53" s="89"/>
+      <c r="BI53" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI53" s="99" t="str">
+      <c r="BJ53" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ53" s="22"/>
-[...13 lines deleted...]
-    <row r="54" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK53" s="22"/>
+      <c r="BL53" s="92"/>
+      <c r="BM53" s="92"/>
+      <c r="BN53" s="92"/>
+      <c r="BO53" s="92"/>
+      <c r="BP53" s="92"/>
+      <c r="BQ53" s="92"/>
+      <c r="BR53" s="92"/>
+      <c r="BS53" s="92"/>
+      <c r="BT53" s="92"/>
+      <c r="BU53" s="92"/>
+      <c r="BV53" s="92"/>
+      <c r="BW53" s="92"/>
+    </row>
+    <row r="54" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A54" s="22"/>
       <c r="B54" s="21"/>
       <c r="C54" s="22"/>
       <c r="D54" s="22"/>
       <c r="E54" s="22"/>
       <c r="F54" s="21"/>
       <c r="G54" s="22"/>
       <c r="H54" s="22"/>
       <c r="I54" s="23"/>
       <c r="J54" s="23"/>
-      <c r="K54" s="93"/>
-[...2 lines deleted...]
-      <c r="N54" s="95" t="str">
+      <c r="K54" s="85"/>
+      <c r="L54" s="86"/>
+      <c r="M54" s="86"/>
+      <c r="N54" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O54" s="96"/>
-[...1 lines deleted...]
-      <c r="Q54" s="96"/>
+      <c r="O54" s="88"/>
+      <c r="P54" s="88"/>
+      <c r="Q54" s="88"/>
       <c r="R54" s="23"/>
       <c r="S54" s="23"/>
-      <c r="T54" s="97"/>
+      <c r="T54" s="89"/>
       <c r="U54" s="23"/>
       <c r="V54" s="23"/>
-      <c r="W54" s="97"/>
-[...8 lines deleted...]
-      <c r="AF54" s="98" t="str">
+      <c r="W54" s="89"/>
+      <c r="X54" s="89"/>
+      <c r="Y54" s="89"/>
+      <c r="Z54" s="89"/>
+      <c r="AA54" s="89"/>
+      <c r="AB54" s="89"/>
+      <c r="AC54" s="89"/>
+      <c r="AD54" s="89"/>
+      <c r="AE54" s="89"/>
+      <c r="AF54" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG54" s="23"/>
+      <c r="AG54" s="89"/>
       <c r="AH54" s="23"/>
       <c r="AI54" s="23"/>
       <c r="AJ54" s="23"/>
       <c r="AK54" s="23"/>
       <c r="AL54" s="23"/>
       <c r="AM54" s="23"/>
-      <c r="AN54" s="98" t="str">
+      <c r="AN54" s="23"/>
+      <c r="AO54" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO54" s="97"/>
-[...8 lines deleted...]
-      <c r="AX54" s="99" t="str">
+      <c r="AP54" s="89"/>
+      <c r="AQ54" s="89"/>
+      <c r="AR54" s="89"/>
+      <c r="AS54" s="89"/>
+      <c r="AT54" s="89"/>
+      <c r="AU54" s="89"/>
+      <c r="AV54" s="89"/>
+      <c r="AW54" s="89"/>
+      <c r="AX54" s="89"/>
+      <c r="AY54" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY54" s="97"/>
-      <c r="AZ54" s="99" t="str">
+      <c r="AZ54" s="89"/>
+      <c r="BA54" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA54" s="97"/>
-[...1 lines deleted...]
-      <c r="BC54" s="99" t="str">
+      <c r="BB54" s="89"/>
+      <c r="BC54" s="89"/>
+      <c r="BD54" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD54" s="97"/>
-[...3 lines deleted...]
-      <c r="BH54" s="99" t="str">
+      <c r="BE54" s="89"/>
+      <c r="BF54" s="89"/>
+      <c r="BG54" s="89"/>
+      <c r="BH54" s="89"/>
+      <c r="BI54" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI54" s="99" t="str">
+      <c r="BJ54" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ54" s="22"/>
-[...13 lines deleted...]
-    <row r="55" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK54" s="22"/>
+      <c r="BL54" s="92"/>
+      <c r="BM54" s="92"/>
+      <c r="BN54" s="92"/>
+      <c r="BO54" s="92"/>
+      <c r="BP54" s="92"/>
+      <c r="BQ54" s="92"/>
+      <c r="BR54" s="92"/>
+      <c r="BS54" s="92"/>
+      <c r="BT54" s="92"/>
+      <c r="BU54" s="92"/>
+      <c r="BV54" s="92"/>
+      <c r="BW54" s="92"/>
+    </row>
+    <row r="55" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A55" s="22"/>
       <c r="B55" s="21"/>
       <c r="C55" s="22"/>
       <c r="D55" s="22"/>
       <c r="E55" s="22"/>
       <c r="F55" s="21"/>
       <c r="G55" s="22"/>
       <c r="H55" s="22"/>
       <c r="I55" s="23"/>
       <c r="J55" s="23"/>
-      <c r="K55" s="93"/>
-[...2 lines deleted...]
-      <c r="N55" s="95" t="str">
+      <c r="K55" s="85"/>
+      <c r="L55" s="86"/>
+      <c r="M55" s="86"/>
+      <c r="N55" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O55" s="96"/>
-[...1 lines deleted...]
-      <c r="Q55" s="96"/>
+      <c r="O55" s="88"/>
+      <c r="P55" s="88"/>
+      <c r="Q55" s="88"/>
       <c r="R55" s="23"/>
       <c r="S55" s="23"/>
-      <c r="T55" s="97"/>
+      <c r="T55" s="89"/>
       <c r="U55" s="23"/>
       <c r="V55" s="23"/>
-      <c r="W55" s="97"/>
-[...8 lines deleted...]
-      <c r="AF55" s="98" t="str">
+      <c r="W55" s="89"/>
+      <c r="X55" s="89"/>
+      <c r="Y55" s="89"/>
+      <c r="Z55" s="89"/>
+      <c r="AA55" s="89"/>
+      <c r="AB55" s="89"/>
+      <c r="AC55" s="89"/>
+      <c r="AD55" s="89"/>
+      <c r="AE55" s="89"/>
+      <c r="AF55" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG55" s="23"/>
+      <c r="AG55" s="89"/>
       <c r="AH55" s="23"/>
       <c r="AI55" s="23"/>
       <c r="AJ55" s="23"/>
       <c r="AK55" s="23"/>
       <c r="AL55" s="23"/>
       <c r="AM55" s="23"/>
-      <c r="AN55" s="98" t="str">
+      <c r="AN55" s="23"/>
+      <c r="AO55" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO55" s="97"/>
-[...8 lines deleted...]
-      <c r="AX55" s="99" t="str">
+      <c r="AP55" s="89"/>
+      <c r="AQ55" s="89"/>
+      <c r="AR55" s="89"/>
+      <c r="AS55" s="89"/>
+      <c r="AT55" s="89"/>
+      <c r="AU55" s="89"/>
+      <c r="AV55" s="89"/>
+      <c r="AW55" s="89"/>
+      <c r="AX55" s="89"/>
+      <c r="AY55" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY55" s="97"/>
-      <c r="AZ55" s="99" t="str">
+      <c r="AZ55" s="89"/>
+      <c r="BA55" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA55" s="97"/>
-[...1 lines deleted...]
-      <c r="BC55" s="99" t="str">
+      <c r="BB55" s="89"/>
+      <c r="BC55" s="89"/>
+      <c r="BD55" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD55" s="97"/>
-[...3 lines deleted...]
-      <c r="BH55" s="99" t="str">
+      <c r="BE55" s="89"/>
+      <c r="BF55" s="89"/>
+      <c r="BG55" s="89"/>
+      <c r="BH55" s="89"/>
+      <c r="BI55" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI55" s="99" t="str">
+      <c r="BJ55" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ55" s="22"/>
-[...13 lines deleted...]
-    <row r="56" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK55" s="22"/>
+      <c r="BL55" s="92"/>
+      <c r="BM55" s="92"/>
+      <c r="BN55" s="92"/>
+      <c r="BO55" s="92"/>
+      <c r="BP55" s="92"/>
+      <c r="BQ55" s="92"/>
+      <c r="BR55" s="92"/>
+      <c r="BS55" s="92"/>
+      <c r="BT55" s="92"/>
+      <c r="BU55" s="92"/>
+      <c r="BV55" s="92"/>
+      <c r="BW55" s="92"/>
+    </row>
+    <row r="56" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A56" s="22"/>
       <c r="B56" s="21"/>
       <c r="C56" s="22"/>
       <c r="D56" s="22"/>
       <c r="E56" s="22"/>
       <c r="F56" s="21"/>
       <c r="G56" s="22"/>
       <c r="H56" s="22"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
-      <c r="K56" s="93"/>
-[...2 lines deleted...]
-      <c r="N56" s="95" t="str">
+      <c r="K56" s="85"/>
+      <c r="L56" s="86"/>
+      <c r="M56" s="86"/>
+      <c r="N56" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O56" s="96"/>
-[...1 lines deleted...]
-      <c r="Q56" s="96"/>
+      <c r="O56" s="88"/>
+      <c r="P56" s="88"/>
+      <c r="Q56" s="88"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
-      <c r="T56" s="97"/>
+      <c r="T56" s="89"/>
       <c r="U56" s="23"/>
       <c r="V56" s="23"/>
-      <c r="W56" s="97"/>
-[...8 lines deleted...]
-      <c r="AF56" s="98" t="str">
+      <c r="W56" s="89"/>
+      <c r="X56" s="89"/>
+      <c r="Y56" s="89"/>
+      <c r="Z56" s="89"/>
+      <c r="AA56" s="89"/>
+      <c r="AB56" s="89"/>
+      <c r="AC56" s="89"/>
+      <c r="AD56" s="89"/>
+      <c r="AE56" s="89"/>
+      <c r="AF56" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG56" s="23"/>
+      <c r="AG56" s="89"/>
       <c r="AH56" s="23"/>
       <c r="AI56" s="23"/>
       <c r="AJ56" s="23"/>
       <c r="AK56" s="23"/>
       <c r="AL56" s="23"/>
       <c r="AM56" s="23"/>
-      <c r="AN56" s="98" t="str">
+      <c r="AN56" s="23"/>
+      <c r="AO56" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO56" s="97"/>
-[...8 lines deleted...]
-      <c r="AX56" s="99" t="str">
+      <c r="AP56" s="89"/>
+      <c r="AQ56" s="89"/>
+      <c r="AR56" s="89"/>
+      <c r="AS56" s="89"/>
+      <c r="AT56" s="89"/>
+      <c r="AU56" s="89"/>
+      <c r="AV56" s="89"/>
+      <c r="AW56" s="89"/>
+      <c r="AX56" s="89"/>
+      <c r="AY56" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY56" s="97"/>
-      <c r="AZ56" s="99" t="str">
+      <c r="AZ56" s="89"/>
+      <c r="BA56" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA56" s="97"/>
-[...1 lines deleted...]
-      <c r="BC56" s="99" t="str">
+      <c r="BB56" s="89"/>
+      <c r="BC56" s="89"/>
+      <c r="BD56" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD56" s="97"/>
-[...3 lines deleted...]
-      <c r="BH56" s="99" t="str">
+      <c r="BE56" s="89"/>
+      <c r="BF56" s="89"/>
+      <c r="BG56" s="89"/>
+      <c r="BH56" s="89"/>
+      <c r="BI56" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI56" s="99" t="str">
+      <c r="BJ56" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ56" s="22"/>
-[...13 lines deleted...]
-    <row r="57" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK56" s="22"/>
+      <c r="BL56" s="92"/>
+      <c r="BM56" s="92"/>
+      <c r="BN56" s="92"/>
+      <c r="BO56" s="92"/>
+      <c r="BP56" s="92"/>
+      <c r="BQ56" s="92"/>
+      <c r="BR56" s="92"/>
+      <c r="BS56" s="92"/>
+      <c r="BT56" s="92"/>
+      <c r="BU56" s="92"/>
+      <c r="BV56" s="92"/>
+      <c r="BW56" s="92"/>
+    </row>
+    <row r="57" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A57" s="22"/>
       <c r="B57" s="21"/>
       <c r="C57" s="22"/>
       <c r="D57" s="22"/>
       <c r="E57" s="22"/>
       <c r="F57" s="21"/>
       <c r="G57" s="22"/>
       <c r="H57" s="22"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
-      <c r="K57" s="93"/>
-[...2 lines deleted...]
-      <c r="N57" s="95" t="str">
+      <c r="K57" s="85"/>
+      <c r="L57" s="86"/>
+      <c r="M57" s="86"/>
+      <c r="N57" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O57" s="96"/>
-[...1 lines deleted...]
-      <c r="Q57" s="96"/>
+      <c r="O57" s="88"/>
+      <c r="P57" s="88"/>
+      <c r="Q57" s="88"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
-      <c r="T57" s="97"/>
+      <c r="T57" s="89"/>
       <c r="U57" s="23"/>
       <c r="V57" s="23"/>
-      <c r="W57" s="97"/>
-[...8 lines deleted...]
-      <c r="AF57" s="98" t="str">
+      <c r="W57" s="89"/>
+      <c r="X57" s="89"/>
+      <c r="Y57" s="89"/>
+      <c r="Z57" s="89"/>
+      <c r="AA57" s="89"/>
+      <c r="AB57" s="89"/>
+      <c r="AC57" s="89"/>
+      <c r="AD57" s="89"/>
+      <c r="AE57" s="89"/>
+      <c r="AF57" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG57" s="23"/>
+      <c r="AG57" s="89"/>
       <c r="AH57" s="23"/>
       <c r="AI57" s="23"/>
       <c r="AJ57" s="23"/>
       <c r="AK57" s="23"/>
       <c r="AL57" s="23"/>
       <c r="AM57" s="23"/>
-      <c r="AN57" s="98" t="str">
+      <c r="AN57" s="23"/>
+      <c r="AO57" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO57" s="97"/>
-[...8 lines deleted...]
-      <c r="AX57" s="99" t="str">
+      <c r="AP57" s="89"/>
+      <c r="AQ57" s="89"/>
+      <c r="AR57" s="89"/>
+      <c r="AS57" s="89"/>
+      <c r="AT57" s="89"/>
+      <c r="AU57" s="89"/>
+      <c r="AV57" s="89"/>
+      <c r="AW57" s="89"/>
+      <c r="AX57" s="89"/>
+      <c r="AY57" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY57" s="97"/>
-      <c r="AZ57" s="99" t="str">
+      <c r="AZ57" s="89"/>
+      <c r="BA57" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA57" s="97"/>
-[...1 lines deleted...]
-      <c r="BC57" s="99" t="str">
+      <c r="BB57" s="89"/>
+      <c r="BC57" s="89"/>
+      <c r="BD57" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD57" s="97"/>
-[...3 lines deleted...]
-      <c r="BH57" s="99" t="str">
+      <c r="BE57" s="89"/>
+      <c r="BF57" s="89"/>
+      <c r="BG57" s="89"/>
+      <c r="BH57" s="89"/>
+      <c r="BI57" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI57" s="99" t="str">
+      <c r="BJ57" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ57" s="22"/>
-[...13 lines deleted...]
-    <row r="58" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK57" s="22"/>
+      <c r="BL57" s="92"/>
+      <c r="BM57" s="92"/>
+      <c r="BN57" s="92"/>
+      <c r="BO57" s="92"/>
+      <c r="BP57" s="92"/>
+      <c r="BQ57" s="92"/>
+      <c r="BR57" s="92"/>
+      <c r="BS57" s="92"/>
+      <c r="BT57" s="92"/>
+      <c r="BU57" s="92"/>
+      <c r="BV57" s="92"/>
+      <c r="BW57" s="92"/>
+    </row>
+    <row r="58" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A58" s="22"/>
       <c r="B58" s="21"/>
       <c r="C58" s="22"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="21"/>
       <c r="G58" s="22"/>
       <c r="H58" s="22"/>
       <c r="I58" s="23"/>
       <c r="J58" s="23"/>
-      <c r="K58" s="93"/>
-[...2 lines deleted...]
-      <c r="N58" s="95" t="str">
+      <c r="K58" s="85"/>
+      <c r="L58" s="86"/>
+      <c r="M58" s="86"/>
+      <c r="N58" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O58" s="96"/>
-[...1 lines deleted...]
-      <c r="Q58" s="96"/>
+      <c r="O58" s="88"/>
+      <c r="P58" s="88"/>
+      <c r="Q58" s="88"/>
       <c r="R58" s="23"/>
       <c r="S58" s="23"/>
-      <c r="T58" s="97"/>
+      <c r="T58" s="89"/>
       <c r="U58" s="23"/>
       <c r="V58" s="23"/>
-      <c r="W58" s="97"/>
-[...8 lines deleted...]
-      <c r="AF58" s="98" t="str">
+      <c r="W58" s="89"/>
+      <c r="X58" s="89"/>
+      <c r="Y58" s="89"/>
+      <c r="Z58" s="89"/>
+      <c r="AA58" s="89"/>
+      <c r="AB58" s="89"/>
+      <c r="AC58" s="89"/>
+      <c r="AD58" s="89"/>
+      <c r="AE58" s="89"/>
+      <c r="AF58" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG58" s="23"/>
+      <c r="AG58" s="89"/>
       <c r="AH58" s="23"/>
       <c r="AI58" s="23"/>
       <c r="AJ58" s="23"/>
       <c r="AK58" s="23"/>
       <c r="AL58" s="23"/>
       <c r="AM58" s="23"/>
-      <c r="AN58" s="98" t="str">
+      <c r="AN58" s="23"/>
+      <c r="AO58" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO58" s="97"/>
-[...8 lines deleted...]
-      <c r="AX58" s="99" t="str">
+      <c r="AP58" s="89"/>
+      <c r="AQ58" s="89"/>
+      <c r="AR58" s="89"/>
+      <c r="AS58" s="89"/>
+      <c r="AT58" s="89"/>
+      <c r="AU58" s="89"/>
+      <c r="AV58" s="89"/>
+      <c r="AW58" s="89"/>
+      <c r="AX58" s="89"/>
+      <c r="AY58" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY58" s="97"/>
-      <c r="AZ58" s="99" t="str">
+      <c r="AZ58" s="89"/>
+      <c r="BA58" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA58" s="97"/>
-[...1 lines deleted...]
-      <c r="BC58" s="99" t="str">
+      <c r="BB58" s="89"/>
+      <c r="BC58" s="89"/>
+      <c r="BD58" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD58" s="97"/>
-[...3 lines deleted...]
-      <c r="BH58" s="99" t="str">
+      <c r="BE58" s="89"/>
+      <c r="BF58" s="89"/>
+      <c r="BG58" s="89"/>
+      <c r="BH58" s="89"/>
+      <c r="BI58" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI58" s="99" t="str">
+      <c r="BJ58" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ58" s="22"/>
-[...13 lines deleted...]
-    <row r="59" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK58" s="22"/>
+      <c r="BL58" s="92"/>
+      <c r="BM58" s="92"/>
+      <c r="BN58" s="92"/>
+      <c r="BO58" s="92"/>
+      <c r="BP58" s="92"/>
+      <c r="BQ58" s="92"/>
+      <c r="BR58" s="92"/>
+      <c r="BS58" s="92"/>
+      <c r="BT58" s="92"/>
+      <c r="BU58" s="92"/>
+      <c r="BV58" s="92"/>
+      <c r="BW58" s="92"/>
+    </row>
+    <row r="59" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A59" s="22"/>
       <c r="B59" s="21"/>
       <c r="C59" s="22"/>
       <c r="D59" s="22"/>
       <c r="E59" s="22"/>
       <c r="F59" s="21"/>
       <c r="G59" s="22"/>
       <c r="H59" s="22"/>
       <c r="I59" s="23"/>
       <c r="J59" s="23"/>
-      <c r="K59" s="93"/>
-[...2 lines deleted...]
-      <c r="N59" s="95" t="str">
+      <c r="K59" s="85"/>
+      <c r="L59" s="86"/>
+      <c r="M59" s="86"/>
+      <c r="N59" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O59" s="96"/>
-[...1 lines deleted...]
-      <c r="Q59" s="96"/>
+      <c r="O59" s="88"/>
+      <c r="P59" s="88"/>
+      <c r="Q59" s="88"/>
       <c r="R59" s="23"/>
       <c r="S59" s="23"/>
-      <c r="T59" s="97"/>
+      <c r="T59" s="89"/>
       <c r="U59" s="23"/>
       <c r="V59" s="23"/>
-      <c r="W59" s="97"/>
-[...8 lines deleted...]
-      <c r="AF59" s="98" t="str">
+      <c r="W59" s="89"/>
+      <c r="X59" s="89"/>
+      <c r="Y59" s="89"/>
+      <c r="Z59" s="89"/>
+      <c r="AA59" s="89"/>
+      <c r="AB59" s="89"/>
+      <c r="AC59" s="89"/>
+      <c r="AD59" s="89"/>
+      <c r="AE59" s="89"/>
+      <c r="AF59" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG59" s="23"/>
+      <c r="AG59" s="89"/>
       <c r="AH59" s="23"/>
       <c r="AI59" s="23"/>
       <c r="AJ59" s="23"/>
       <c r="AK59" s="23"/>
       <c r="AL59" s="23"/>
       <c r="AM59" s="23"/>
-      <c r="AN59" s="98" t="str">
+      <c r="AN59" s="23"/>
+      <c r="AO59" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO59" s="97"/>
-[...8 lines deleted...]
-      <c r="AX59" s="99" t="str">
+      <c r="AP59" s="89"/>
+      <c r="AQ59" s="89"/>
+      <c r="AR59" s="89"/>
+      <c r="AS59" s="89"/>
+      <c r="AT59" s="89"/>
+      <c r="AU59" s="89"/>
+      <c r="AV59" s="89"/>
+      <c r="AW59" s="89"/>
+      <c r="AX59" s="89"/>
+      <c r="AY59" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY59" s="97"/>
-      <c r="AZ59" s="99" t="str">
+      <c r="AZ59" s="89"/>
+      <c r="BA59" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA59" s="97"/>
-[...1 lines deleted...]
-      <c r="BC59" s="99" t="str">
+      <c r="BB59" s="89"/>
+      <c r="BC59" s="89"/>
+      <c r="BD59" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD59" s="97"/>
-[...3 lines deleted...]
-      <c r="BH59" s="99" t="str">
+      <c r="BE59" s="89"/>
+      <c r="BF59" s="89"/>
+      <c r="BG59" s="89"/>
+      <c r="BH59" s="89"/>
+      <c r="BI59" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI59" s="99" t="str">
+      <c r="BJ59" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ59" s="22"/>
-[...13 lines deleted...]
-    <row r="60" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK59" s="22"/>
+      <c r="BL59" s="92"/>
+      <c r="BM59" s="92"/>
+      <c r="BN59" s="92"/>
+      <c r="BO59" s="92"/>
+      <c r="BP59" s="92"/>
+      <c r="BQ59" s="92"/>
+      <c r="BR59" s="92"/>
+      <c r="BS59" s="92"/>
+      <c r="BT59" s="92"/>
+      <c r="BU59" s="92"/>
+      <c r="BV59" s="92"/>
+      <c r="BW59" s="92"/>
+    </row>
+    <row r="60" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A60" s="22"/>
       <c r="B60" s="21"/>
       <c r="C60" s="22"/>
       <c r="D60" s="22"/>
       <c r="E60" s="22"/>
       <c r="F60" s="21"/>
       <c r="G60" s="22"/>
       <c r="H60" s="22"/>
       <c r="I60" s="23"/>
       <c r="J60" s="23"/>
-      <c r="K60" s="93"/>
-[...2 lines deleted...]
-      <c r="N60" s="95" t="str">
+      <c r="K60" s="85"/>
+      <c r="L60" s="86"/>
+      <c r="M60" s="86"/>
+      <c r="N60" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O60" s="96"/>
-[...1 lines deleted...]
-      <c r="Q60" s="96"/>
+      <c r="O60" s="88"/>
+      <c r="P60" s="88"/>
+      <c r="Q60" s="88"/>
       <c r="R60" s="23"/>
       <c r="S60" s="23"/>
-      <c r="T60" s="97"/>
+      <c r="T60" s="89"/>
       <c r="U60" s="23"/>
       <c r="V60" s="23"/>
-      <c r="W60" s="97"/>
-[...8 lines deleted...]
-      <c r="AF60" s="98" t="str">
+      <c r="W60" s="89"/>
+      <c r="X60" s="89"/>
+      <c r="Y60" s="89"/>
+      <c r="Z60" s="89"/>
+      <c r="AA60" s="89"/>
+      <c r="AB60" s="89"/>
+      <c r="AC60" s="89"/>
+      <c r="AD60" s="89"/>
+      <c r="AE60" s="89"/>
+      <c r="AF60" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG60" s="23"/>
+      <c r="AG60" s="89"/>
       <c r="AH60" s="23"/>
       <c r="AI60" s="23"/>
       <c r="AJ60" s="23"/>
       <c r="AK60" s="23"/>
       <c r="AL60" s="23"/>
       <c r="AM60" s="23"/>
-      <c r="AN60" s="98" t="str">
+      <c r="AN60" s="23"/>
+      <c r="AO60" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO60" s="97"/>
-[...8 lines deleted...]
-      <c r="AX60" s="99" t="str">
+      <c r="AP60" s="89"/>
+      <c r="AQ60" s="89"/>
+      <c r="AR60" s="89"/>
+      <c r="AS60" s="89"/>
+      <c r="AT60" s="89"/>
+      <c r="AU60" s="89"/>
+      <c r="AV60" s="89"/>
+      <c r="AW60" s="89"/>
+      <c r="AX60" s="89"/>
+      <c r="AY60" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY60" s="97"/>
-      <c r="AZ60" s="99" t="str">
+      <c r="AZ60" s="89"/>
+      <c r="BA60" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA60" s="97"/>
-[...1 lines deleted...]
-      <c r="BC60" s="99" t="str">
+      <c r="BB60" s="89"/>
+      <c r="BC60" s="89"/>
+      <c r="BD60" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD60" s="97"/>
-[...3 lines deleted...]
-      <c r="BH60" s="99" t="str">
+      <c r="BE60" s="89"/>
+      <c r="BF60" s="89"/>
+      <c r="BG60" s="89"/>
+      <c r="BH60" s="89"/>
+      <c r="BI60" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI60" s="99" t="str">
+      <c r="BJ60" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ60" s="22"/>
-[...13 lines deleted...]
-    <row r="61" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK60" s="22"/>
+      <c r="BL60" s="92"/>
+      <c r="BM60" s="92"/>
+      <c r="BN60" s="92"/>
+      <c r="BO60" s="92"/>
+      <c r="BP60" s="92"/>
+      <c r="BQ60" s="92"/>
+      <c r="BR60" s="92"/>
+      <c r="BS60" s="92"/>
+      <c r="BT60" s="92"/>
+      <c r="BU60" s="92"/>
+      <c r="BV60" s="92"/>
+      <c r="BW60" s="92"/>
+    </row>
+    <row r="61" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A61" s="22"/>
       <c r="B61" s="21"/>
       <c r="C61" s="22"/>
       <c r="D61" s="22"/>
       <c r="E61" s="22"/>
       <c r="F61" s="21"/>
       <c r="G61" s="22"/>
       <c r="H61" s="22"/>
       <c r="I61" s="23"/>
       <c r="J61" s="23"/>
-      <c r="K61" s="93"/>
-[...2 lines deleted...]
-      <c r="N61" s="95" t="str">
+      <c r="K61" s="85"/>
+      <c r="L61" s="86"/>
+      <c r="M61" s="86"/>
+      <c r="N61" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O61" s="96"/>
-[...1 lines deleted...]
-      <c r="Q61" s="96"/>
+      <c r="O61" s="88"/>
+      <c r="P61" s="88"/>
+      <c r="Q61" s="88"/>
       <c r="R61" s="23"/>
       <c r="S61" s="23"/>
-      <c r="T61" s="97"/>
+      <c r="T61" s="89"/>
       <c r="U61" s="23"/>
       <c r="V61" s="23"/>
-      <c r="W61" s="97"/>
-[...8 lines deleted...]
-      <c r="AF61" s="98" t="str">
+      <c r="W61" s="89"/>
+      <c r="X61" s="89"/>
+      <c r="Y61" s="89"/>
+      <c r="Z61" s="89"/>
+      <c r="AA61" s="89"/>
+      <c r="AB61" s="89"/>
+      <c r="AC61" s="89"/>
+      <c r="AD61" s="89"/>
+      <c r="AE61" s="89"/>
+      <c r="AF61" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG61" s="23"/>
+      <c r="AG61" s="89"/>
       <c r="AH61" s="23"/>
       <c r="AI61" s="23"/>
       <c r="AJ61" s="23"/>
       <c r="AK61" s="23"/>
       <c r="AL61" s="23"/>
       <c r="AM61" s="23"/>
-      <c r="AN61" s="98" t="str">
+      <c r="AN61" s="23"/>
+      <c r="AO61" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO61" s="97"/>
-[...8 lines deleted...]
-      <c r="AX61" s="99" t="str">
+      <c r="AP61" s="89"/>
+      <c r="AQ61" s="89"/>
+      <c r="AR61" s="89"/>
+      <c r="AS61" s="89"/>
+      <c r="AT61" s="89"/>
+      <c r="AU61" s="89"/>
+      <c r="AV61" s="89"/>
+      <c r="AW61" s="89"/>
+      <c r="AX61" s="89"/>
+      <c r="AY61" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY61" s="97"/>
-      <c r="AZ61" s="99" t="str">
+      <c r="AZ61" s="89"/>
+      <c r="BA61" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA61" s="97"/>
-[...1 lines deleted...]
-      <c r="BC61" s="99" t="str">
+      <c r="BB61" s="89"/>
+      <c r="BC61" s="89"/>
+      <c r="BD61" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD61" s="97"/>
-[...3 lines deleted...]
-      <c r="BH61" s="99" t="str">
+      <c r="BE61" s="89"/>
+      <c r="BF61" s="89"/>
+      <c r="BG61" s="89"/>
+      <c r="BH61" s="89"/>
+      <c r="BI61" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI61" s="99" t="str">
+      <c r="BJ61" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ61" s="22"/>
-[...13 lines deleted...]
-    <row r="62" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK61" s="22"/>
+      <c r="BL61" s="92"/>
+      <c r="BM61" s="92"/>
+      <c r="BN61" s="92"/>
+      <c r="BO61" s="92"/>
+      <c r="BP61" s="92"/>
+      <c r="BQ61" s="92"/>
+      <c r="BR61" s="92"/>
+      <c r="BS61" s="92"/>
+      <c r="BT61" s="92"/>
+      <c r="BU61" s="92"/>
+      <c r="BV61" s="92"/>
+      <c r="BW61" s="92"/>
+    </row>
+    <row r="62" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A62" s="22"/>
       <c r="B62" s="21"/>
       <c r="C62" s="22"/>
       <c r="D62" s="22"/>
       <c r="E62" s="22"/>
       <c r="F62" s="21"/>
       <c r="G62" s="22"/>
       <c r="H62" s="22"/>
       <c r="I62" s="23"/>
       <c r="J62" s="23"/>
-      <c r="K62" s="93"/>
-[...2 lines deleted...]
-      <c r="N62" s="95" t="str">
+      <c r="K62" s="85"/>
+      <c r="L62" s="86"/>
+      <c r="M62" s="86"/>
+      <c r="N62" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O62" s="96"/>
-[...1 lines deleted...]
-      <c r="Q62" s="96"/>
+      <c r="O62" s="88"/>
+      <c r="P62" s="88"/>
+      <c r="Q62" s="88"/>
       <c r="R62" s="23"/>
       <c r="S62" s="23"/>
-      <c r="T62" s="97"/>
+      <c r="T62" s="89"/>
       <c r="U62" s="23"/>
       <c r="V62" s="23"/>
-      <c r="W62" s="97"/>
-[...8 lines deleted...]
-      <c r="AF62" s="98" t="str">
+      <c r="W62" s="89"/>
+      <c r="X62" s="89"/>
+      <c r="Y62" s="89"/>
+      <c r="Z62" s="89"/>
+      <c r="AA62" s="89"/>
+      <c r="AB62" s="89"/>
+      <c r="AC62" s="89"/>
+      <c r="AD62" s="89"/>
+      <c r="AE62" s="89"/>
+      <c r="AF62" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG62" s="23"/>
+      <c r="AG62" s="89"/>
       <c r="AH62" s="23"/>
       <c r="AI62" s="23"/>
       <c r="AJ62" s="23"/>
       <c r="AK62" s="23"/>
       <c r="AL62" s="23"/>
       <c r="AM62" s="23"/>
-      <c r="AN62" s="98" t="str">
+      <c r="AN62" s="23"/>
+      <c r="AO62" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO62" s="97"/>
-[...8 lines deleted...]
-      <c r="AX62" s="99" t="str">
+      <c r="AP62" s="89"/>
+      <c r="AQ62" s="89"/>
+      <c r="AR62" s="89"/>
+      <c r="AS62" s="89"/>
+      <c r="AT62" s="89"/>
+      <c r="AU62" s="89"/>
+      <c r="AV62" s="89"/>
+      <c r="AW62" s="89"/>
+      <c r="AX62" s="89"/>
+      <c r="AY62" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY62" s="97"/>
-      <c r="AZ62" s="99" t="str">
+      <c r="AZ62" s="89"/>
+      <c r="BA62" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA62" s="97"/>
-[...1 lines deleted...]
-      <c r="BC62" s="99" t="str">
+      <c r="BB62" s="89"/>
+      <c r="BC62" s="89"/>
+      <c r="BD62" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD62" s="97"/>
-[...3 lines deleted...]
-      <c r="BH62" s="99" t="str">
+      <c r="BE62" s="89"/>
+      <c r="BF62" s="89"/>
+      <c r="BG62" s="89"/>
+      <c r="BH62" s="89"/>
+      <c r="BI62" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI62" s="99" t="str">
+      <c r="BJ62" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ62" s="22"/>
-[...13 lines deleted...]
-    <row r="63" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK62" s="22"/>
+      <c r="BL62" s="92"/>
+      <c r="BM62" s="92"/>
+      <c r="BN62" s="92"/>
+      <c r="BO62" s="92"/>
+      <c r="BP62" s="92"/>
+      <c r="BQ62" s="92"/>
+      <c r="BR62" s="92"/>
+      <c r="BS62" s="92"/>
+      <c r="BT62" s="92"/>
+      <c r="BU62" s="92"/>
+      <c r="BV62" s="92"/>
+      <c r="BW62" s="92"/>
+    </row>
+    <row r="63" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A63" s="22"/>
       <c r="B63" s="21"/>
       <c r="C63" s="22"/>
       <c r="D63" s="22"/>
       <c r="E63" s="22"/>
       <c r="F63" s="21"/>
       <c r="G63" s="22"/>
       <c r="H63" s="22"/>
       <c r="I63" s="23"/>
       <c r="J63" s="23"/>
-      <c r="K63" s="93"/>
-[...2 lines deleted...]
-      <c r="N63" s="95" t="str">
+      <c r="K63" s="85"/>
+      <c r="L63" s="86"/>
+      <c r="M63" s="86"/>
+      <c r="N63" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O63" s="96"/>
-[...1 lines deleted...]
-      <c r="Q63" s="96"/>
+      <c r="O63" s="88"/>
+      <c r="P63" s="88"/>
+      <c r="Q63" s="88"/>
       <c r="R63" s="23"/>
       <c r="S63" s="23"/>
-      <c r="T63" s="97"/>
+      <c r="T63" s="89"/>
       <c r="U63" s="23"/>
       <c r="V63" s="23"/>
-      <c r="W63" s="97"/>
-[...8 lines deleted...]
-      <c r="AF63" s="98" t="str">
+      <c r="W63" s="89"/>
+      <c r="X63" s="89"/>
+      <c r="Y63" s="89"/>
+      <c r="Z63" s="89"/>
+      <c r="AA63" s="89"/>
+      <c r="AB63" s="89"/>
+      <c r="AC63" s="89"/>
+      <c r="AD63" s="89"/>
+      <c r="AE63" s="89"/>
+      <c r="AF63" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG63" s="23"/>
+      <c r="AG63" s="89"/>
       <c r="AH63" s="23"/>
       <c r="AI63" s="23"/>
       <c r="AJ63" s="23"/>
       <c r="AK63" s="23"/>
       <c r="AL63" s="23"/>
       <c r="AM63" s="23"/>
-      <c r="AN63" s="98" t="str">
+      <c r="AN63" s="23"/>
+      <c r="AO63" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO63" s="97"/>
-[...8 lines deleted...]
-      <c r="AX63" s="99" t="str">
+      <c r="AP63" s="89"/>
+      <c r="AQ63" s="89"/>
+      <c r="AR63" s="89"/>
+      <c r="AS63" s="89"/>
+      <c r="AT63" s="89"/>
+      <c r="AU63" s="89"/>
+      <c r="AV63" s="89"/>
+      <c r="AW63" s="89"/>
+      <c r="AX63" s="89"/>
+      <c r="AY63" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY63" s="97"/>
-      <c r="AZ63" s="99" t="str">
+      <c r="AZ63" s="89"/>
+      <c r="BA63" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA63" s="97"/>
-[...1 lines deleted...]
-      <c r="BC63" s="99" t="str">
+      <c r="BB63" s="89"/>
+      <c r="BC63" s="89"/>
+      <c r="BD63" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD63" s="97"/>
-[...3 lines deleted...]
-      <c r="BH63" s="99" t="str">
+      <c r="BE63" s="89"/>
+      <c r="BF63" s="89"/>
+      <c r="BG63" s="89"/>
+      <c r="BH63" s="89"/>
+      <c r="BI63" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI63" s="99" t="str">
+      <c r="BJ63" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ63" s="22"/>
-[...13 lines deleted...]
-    <row r="64" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK63" s="22"/>
+      <c r="BL63" s="92"/>
+      <c r="BM63" s="92"/>
+      <c r="BN63" s="92"/>
+      <c r="BO63" s="92"/>
+      <c r="BP63" s="92"/>
+      <c r="BQ63" s="92"/>
+      <c r="BR63" s="92"/>
+      <c r="BS63" s="92"/>
+      <c r="BT63" s="92"/>
+      <c r="BU63" s="92"/>
+      <c r="BV63" s="92"/>
+      <c r="BW63" s="92"/>
+    </row>
+    <row r="64" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A64" s="22"/>
       <c r="B64" s="21"/>
       <c r="C64" s="22"/>
       <c r="D64" s="22"/>
       <c r="E64" s="22"/>
       <c r="F64" s="21"/>
       <c r="G64" s="22"/>
       <c r="H64" s="22"/>
       <c r="I64" s="23"/>
       <c r="J64" s="23"/>
-      <c r="K64" s="93"/>
-[...2 lines deleted...]
-      <c r="N64" s="95" t="str">
+      <c r="K64" s="85"/>
+      <c r="L64" s="86"/>
+      <c r="M64" s="86"/>
+      <c r="N64" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O64" s="96"/>
-[...1 lines deleted...]
-      <c r="Q64" s="96"/>
+      <c r="O64" s="88"/>
+      <c r="P64" s="88"/>
+      <c r="Q64" s="88"/>
       <c r="R64" s="23"/>
       <c r="S64" s="23"/>
-      <c r="T64" s="97"/>
+      <c r="T64" s="89"/>
       <c r="U64" s="23"/>
       <c r="V64" s="23"/>
-      <c r="W64" s="97"/>
-[...8 lines deleted...]
-      <c r="AF64" s="98" t="str">
+      <c r="W64" s="89"/>
+      <c r="X64" s="89"/>
+      <c r="Y64" s="89"/>
+      <c r="Z64" s="89"/>
+      <c r="AA64" s="89"/>
+      <c r="AB64" s="89"/>
+      <c r="AC64" s="89"/>
+      <c r="AD64" s="89"/>
+      <c r="AE64" s="89"/>
+      <c r="AF64" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG64" s="23"/>
+      <c r="AG64" s="89"/>
       <c r="AH64" s="23"/>
       <c r="AI64" s="23"/>
       <c r="AJ64" s="23"/>
       <c r="AK64" s="23"/>
       <c r="AL64" s="23"/>
       <c r="AM64" s="23"/>
-      <c r="AN64" s="98" t="str">
+      <c r="AN64" s="23"/>
+      <c r="AO64" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO64" s="97"/>
-[...8 lines deleted...]
-      <c r="AX64" s="99" t="str">
+      <c r="AP64" s="89"/>
+      <c r="AQ64" s="89"/>
+      <c r="AR64" s="89"/>
+      <c r="AS64" s="89"/>
+      <c r="AT64" s="89"/>
+      <c r="AU64" s="89"/>
+      <c r="AV64" s="89"/>
+      <c r="AW64" s="89"/>
+      <c r="AX64" s="89"/>
+      <c r="AY64" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY64" s="97"/>
-      <c r="AZ64" s="99" t="str">
+      <c r="AZ64" s="89"/>
+      <c r="BA64" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA64" s="97"/>
-[...1 lines deleted...]
-      <c r="BC64" s="99" t="str">
+      <c r="BB64" s="89"/>
+      <c r="BC64" s="89"/>
+      <c r="BD64" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD64" s="97"/>
-[...3 lines deleted...]
-      <c r="BH64" s="99" t="str">
+      <c r="BE64" s="89"/>
+      <c r="BF64" s="89"/>
+      <c r="BG64" s="89"/>
+      <c r="BH64" s="89"/>
+      <c r="BI64" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI64" s="99" t="str">
+      <c r="BJ64" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ64" s="22"/>
-[...13 lines deleted...]
-    <row r="65" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK64" s="22"/>
+      <c r="BL64" s="92"/>
+      <c r="BM64" s="92"/>
+      <c r="BN64" s="92"/>
+      <c r="BO64" s="92"/>
+      <c r="BP64" s="92"/>
+      <c r="BQ64" s="92"/>
+      <c r="BR64" s="92"/>
+      <c r="BS64" s="92"/>
+      <c r="BT64" s="92"/>
+      <c r="BU64" s="92"/>
+      <c r="BV64" s="92"/>
+      <c r="BW64" s="92"/>
+    </row>
+    <row r="65" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A65" s="22"/>
       <c r="B65" s="21"/>
       <c r="C65" s="22"/>
       <c r="D65" s="22"/>
       <c r="E65" s="22"/>
       <c r="F65" s="21"/>
       <c r="G65" s="22"/>
       <c r="H65" s="22"/>
       <c r="I65" s="23"/>
       <c r="J65" s="23"/>
-      <c r="K65" s="93"/>
-[...2 lines deleted...]
-      <c r="N65" s="95" t="str">
+      <c r="K65" s="85"/>
+      <c r="L65" s="86"/>
+      <c r="M65" s="86"/>
+      <c r="N65" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O65" s="96"/>
-[...1 lines deleted...]
-      <c r="Q65" s="96"/>
+      <c r="O65" s="88"/>
+      <c r="P65" s="88"/>
+      <c r="Q65" s="88"/>
       <c r="R65" s="23"/>
       <c r="S65" s="23"/>
-      <c r="T65" s="97"/>
+      <c r="T65" s="89"/>
       <c r="U65" s="23"/>
       <c r="V65" s="23"/>
-      <c r="W65" s="97"/>
-[...8 lines deleted...]
-      <c r="AF65" s="98" t="str">
+      <c r="W65" s="89"/>
+      <c r="X65" s="89"/>
+      <c r="Y65" s="89"/>
+      <c r="Z65" s="89"/>
+      <c r="AA65" s="89"/>
+      <c r="AB65" s="89"/>
+      <c r="AC65" s="89"/>
+      <c r="AD65" s="89"/>
+      <c r="AE65" s="89"/>
+      <c r="AF65" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG65" s="23"/>
+      <c r="AG65" s="89"/>
       <c r="AH65" s="23"/>
       <c r="AI65" s="23"/>
       <c r="AJ65" s="23"/>
       <c r="AK65" s="23"/>
       <c r="AL65" s="23"/>
       <c r="AM65" s="23"/>
-      <c r="AN65" s="98" t="str">
+      <c r="AN65" s="23"/>
+      <c r="AO65" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO65" s="97"/>
-[...8 lines deleted...]
-      <c r="AX65" s="99" t="str">
+      <c r="AP65" s="89"/>
+      <c r="AQ65" s="89"/>
+      <c r="AR65" s="89"/>
+      <c r="AS65" s="89"/>
+      <c r="AT65" s="89"/>
+      <c r="AU65" s="89"/>
+      <c r="AV65" s="89"/>
+      <c r="AW65" s="89"/>
+      <c r="AX65" s="89"/>
+      <c r="AY65" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY65" s="97"/>
-      <c r="AZ65" s="99" t="str">
+      <c r="AZ65" s="89"/>
+      <c r="BA65" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA65" s="97"/>
-[...1 lines deleted...]
-      <c r="BC65" s="99" t="str">
+      <c r="BB65" s="89"/>
+      <c r="BC65" s="89"/>
+      <c r="BD65" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD65" s="97"/>
-[...3 lines deleted...]
-      <c r="BH65" s="99" t="str">
+      <c r="BE65" s="89"/>
+      <c r="BF65" s="89"/>
+      <c r="BG65" s="89"/>
+      <c r="BH65" s="89"/>
+      <c r="BI65" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI65" s="99" t="str">
+      <c r="BJ65" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ65" s="22"/>
-[...13 lines deleted...]
-    <row r="66" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK65" s="22"/>
+      <c r="BL65" s="92"/>
+      <c r="BM65" s="92"/>
+      <c r="BN65" s="92"/>
+      <c r="BO65" s="92"/>
+      <c r="BP65" s="92"/>
+      <c r="BQ65" s="92"/>
+      <c r="BR65" s="92"/>
+      <c r="BS65" s="92"/>
+      <c r="BT65" s="92"/>
+      <c r="BU65" s="92"/>
+      <c r="BV65" s="92"/>
+      <c r="BW65" s="92"/>
+    </row>
+    <row r="66" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A66" s="22"/>
       <c r="B66" s="21"/>
       <c r="C66" s="22"/>
       <c r="D66" s="22"/>
       <c r="E66" s="22"/>
       <c r="F66" s="21"/>
       <c r="G66" s="22"/>
       <c r="H66" s="22"/>
       <c r="I66" s="23"/>
       <c r="J66" s="23"/>
-      <c r="K66" s="93"/>
-[...2 lines deleted...]
-      <c r="N66" s="95" t="str">
+      <c r="K66" s="85"/>
+      <c r="L66" s="86"/>
+      <c r="M66" s="86"/>
+      <c r="N66" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O66" s="96"/>
-[...1 lines deleted...]
-      <c r="Q66" s="96"/>
+      <c r="O66" s="88"/>
+      <c r="P66" s="88"/>
+      <c r="Q66" s="88"/>
       <c r="R66" s="23"/>
       <c r="S66" s="23"/>
-      <c r="T66" s="97"/>
+      <c r="T66" s="89"/>
       <c r="U66" s="23"/>
       <c r="V66" s="23"/>
-      <c r="W66" s="97"/>
-[...8 lines deleted...]
-      <c r="AF66" s="98" t="str">
+      <c r="W66" s="89"/>
+      <c r="X66" s="89"/>
+      <c r="Y66" s="89"/>
+      <c r="Z66" s="89"/>
+      <c r="AA66" s="89"/>
+      <c r="AB66" s="89"/>
+      <c r="AC66" s="89"/>
+      <c r="AD66" s="89"/>
+      <c r="AE66" s="89"/>
+      <c r="AF66" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG66" s="23"/>
+      <c r="AG66" s="89"/>
       <c r="AH66" s="23"/>
       <c r="AI66" s="23"/>
       <c r="AJ66" s="23"/>
       <c r="AK66" s="23"/>
       <c r="AL66" s="23"/>
       <c r="AM66" s="23"/>
-      <c r="AN66" s="98" t="str">
+      <c r="AN66" s="23"/>
+      <c r="AO66" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO66" s="97"/>
-[...8 lines deleted...]
-      <c r="AX66" s="99" t="str">
+      <c r="AP66" s="89"/>
+      <c r="AQ66" s="89"/>
+      <c r="AR66" s="89"/>
+      <c r="AS66" s="89"/>
+      <c r="AT66" s="89"/>
+      <c r="AU66" s="89"/>
+      <c r="AV66" s="89"/>
+      <c r="AW66" s="89"/>
+      <c r="AX66" s="89"/>
+      <c r="AY66" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY66" s="97"/>
-      <c r="AZ66" s="99" t="str">
+      <c r="AZ66" s="89"/>
+      <c r="BA66" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA66" s="97"/>
-[...1 lines deleted...]
-      <c r="BC66" s="99" t="str">
+      <c r="BB66" s="89"/>
+      <c r="BC66" s="89"/>
+      <c r="BD66" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD66" s="97"/>
-[...3 lines deleted...]
-      <c r="BH66" s="99" t="str">
+      <c r="BE66" s="89"/>
+      <c r="BF66" s="89"/>
+      <c r="BG66" s="89"/>
+      <c r="BH66" s="89"/>
+      <c r="BI66" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI66" s="99" t="str">
+      <c r="BJ66" s="91" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="BJ66" s="22"/>
-[...13 lines deleted...]
-    <row r="67" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK66" s="22"/>
+      <c r="BL66" s="92"/>
+      <c r="BM66" s="92"/>
+      <c r="BN66" s="92"/>
+      <c r="BO66" s="92"/>
+      <c r="BP66" s="92"/>
+      <c r="BQ66" s="92"/>
+      <c r="BR66" s="92"/>
+      <c r="BS66" s="92"/>
+      <c r="BT66" s="92"/>
+      <c r="BU66" s="92"/>
+      <c r="BV66" s="92"/>
+      <c r="BW66" s="92"/>
+    </row>
+    <row r="67" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A67" s="22"/>
       <c r="B67" s="21"/>
       <c r="C67" s="22"/>
       <c r="D67" s="22"/>
       <c r="E67" s="22"/>
       <c r="F67" s="21"/>
       <c r="G67" s="22"/>
       <c r="H67" s="22"/>
       <c r="I67" s="23"/>
       <c r="J67" s="23"/>
-      <c r="K67" s="93"/>
-[...2 lines deleted...]
-      <c r="N67" s="95" t="str">
+      <c r="K67" s="85"/>
+      <c r="L67" s="86"/>
+      <c r="M67" s="86"/>
+      <c r="N67" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O67" s="96"/>
-[...1 lines deleted...]
-      <c r="Q67" s="96"/>
+      <c r="O67" s="88"/>
+      <c r="P67" s="88"/>
+      <c r="Q67" s="88"/>
       <c r="R67" s="23"/>
       <c r="S67" s="23"/>
-      <c r="T67" s="97"/>
+      <c r="T67" s="89"/>
       <c r="U67" s="23"/>
       <c r="V67" s="23"/>
-      <c r="W67" s="97"/>
-[...8 lines deleted...]
-      <c r="AF67" s="98" t="str">
+      <c r="W67" s="89"/>
+      <c r="X67" s="89"/>
+      <c r="Y67" s="89"/>
+      <c r="Z67" s="89"/>
+      <c r="AA67" s="89"/>
+      <c r="AB67" s="89"/>
+      <c r="AC67" s="89"/>
+      <c r="AD67" s="89"/>
+      <c r="AE67" s="89"/>
+      <c r="AF67" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG67" s="23"/>
+      <c r="AG67" s="89"/>
       <c r="AH67" s="23"/>
       <c r="AI67" s="23"/>
       <c r="AJ67" s="23"/>
       <c r="AK67" s="23"/>
       <c r="AL67" s="23"/>
       <c r="AM67" s="23"/>
-      <c r="AN67" s="98" t="str">
+      <c r="AN67" s="23"/>
+      <c r="AO67" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO67" s="97"/>
-[...8 lines deleted...]
-      <c r="AX67" s="99" t="str">
+      <c r="AP67" s="89"/>
+      <c r="AQ67" s="89"/>
+      <c r="AR67" s="89"/>
+      <c r="AS67" s="89"/>
+      <c r="AT67" s="89"/>
+      <c r="AU67" s="89"/>
+      <c r="AV67" s="89"/>
+      <c r="AW67" s="89"/>
+      <c r="AX67" s="89"/>
+      <c r="AY67" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY67" s="97"/>
-      <c r="AZ67" s="99" t="str">
+      <c r="AZ67" s="89"/>
+      <c r="BA67" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA67" s="97"/>
-[...1 lines deleted...]
-      <c r="BC67" s="99" t="str">
+      <c r="BB67" s="89"/>
+      <c r="BC67" s="89"/>
+      <c r="BD67" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD67" s="97"/>
-[...3 lines deleted...]
-      <c r="BH67" s="99" t="str">
+      <c r="BE67" s="89"/>
+      <c r="BF67" s="89"/>
+      <c r="BG67" s="89"/>
+      <c r="BH67" s="89"/>
+      <c r="BI67" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI67" s="99" t="str">
-[...17 lines deleted...]
-    <row r="68" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BJ67" s="91" t="str">
+        <f t="shared" ref="BJ67:BJ130" si="2">IF(SUM(AP67,AQ67,BA67,BD67,BI67)&lt;&gt;0, SUM(AP67,AQ67,BA67,BD67,BI67), "")</f>
+        <v/>
+      </c>
+      <c r="BK67" s="22"/>
+      <c r="BL67" s="92"/>
+      <c r="BM67" s="92"/>
+      <c r="BN67" s="92"/>
+      <c r="BO67" s="92"/>
+      <c r="BP67" s="92"/>
+      <c r="BQ67" s="92"/>
+      <c r="BR67" s="92"/>
+      <c r="BS67" s="92"/>
+      <c r="BT67" s="92"/>
+      <c r="BU67" s="92"/>
+      <c r="BV67" s="92"/>
+      <c r="BW67" s="92"/>
+    </row>
+    <row r="68" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A68" s="22"/>
       <c r="B68" s="21"/>
       <c r="C68" s="22"/>
       <c r="D68" s="22"/>
       <c r="E68" s="22"/>
       <c r="F68" s="21"/>
       <c r="G68" s="22"/>
       <c r="H68" s="22"/>
       <c r="I68" s="23"/>
       <c r="J68" s="23"/>
-      <c r="K68" s="93"/>
-[...2 lines deleted...]
-      <c r="N68" s="95" t="str">
+      <c r="K68" s="85"/>
+      <c r="L68" s="86"/>
+      <c r="M68" s="86"/>
+      <c r="N68" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O68" s="96"/>
-[...1 lines deleted...]
-      <c r="Q68" s="96"/>
+      <c r="O68" s="88"/>
+      <c r="P68" s="88"/>
+      <c r="Q68" s="88"/>
       <c r="R68" s="23"/>
       <c r="S68" s="23"/>
-      <c r="T68" s="97"/>
+      <c r="T68" s="89"/>
       <c r="U68" s="23"/>
       <c r="V68" s="23"/>
-      <c r="W68" s="97"/>
-[...8 lines deleted...]
-      <c r="AF68" s="98" t="str">
+      <c r="W68" s="89"/>
+      <c r="X68" s="89"/>
+      <c r="Y68" s="89"/>
+      <c r="Z68" s="89"/>
+      <c r="AA68" s="89"/>
+      <c r="AB68" s="89"/>
+      <c r="AC68" s="89"/>
+      <c r="AD68" s="89"/>
+      <c r="AE68" s="89"/>
+      <c r="AF68" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG68" s="23"/>
+      <c r="AG68" s="89"/>
       <c r="AH68" s="23"/>
       <c r="AI68" s="23"/>
       <c r="AJ68" s="23"/>
       <c r="AK68" s="23"/>
       <c r="AL68" s="23"/>
       <c r="AM68" s="23"/>
-      <c r="AN68" s="98" t="str">
+      <c r="AN68" s="23"/>
+      <c r="AO68" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO68" s="97"/>
-[...8 lines deleted...]
-      <c r="AX68" s="99" t="str">
+      <c r="AP68" s="89"/>
+      <c r="AQ68" s="89"/>
+      <c r="AR68" s="89"/>
+      <c r="AS68" s="89"/>
+      <c r="AT68" s="89"/>
+      <c r="AU68" s="89"/>
+      <c r="AV68" s="89"/>
+      <c r="AW68" s="89"/>
+      <c r="AX68" s="89"/>
+      <c r="AY68" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY68" s="97"/>
-      <c r="AZ68" s="99" t="str">
+      <c r="AZ68" s="89"/>
+      <c r="BA68" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA68" s="97"/>
-[...1 lines deleted...]
-      <c r="BC68" s="99" t="str">
+      <c r="BB68" s="89"/>
+      <c r="BC68" s="89"/>
+      <c r="BD68" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD68" s="97"/>
-[...3 lines deleted...]
-      <c r="BH68" s="99" t="str">
+      <c r="BE68" s="89"/>
+      <c r="BF68" s="89"/>
+      <c r="BG68" s="89"/>
+      <c r="BH68" s="89"/>
+      <c r="BI68" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI68" s="99" t="str">
+      <c r="BJ68" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ68" s="22"/>
-[...13 lines deleted...]
-    <row r="69" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK68" s="22"/>
+      <c r="BL68" s="92"/>
+      <c r="BM68" s="92"/>
+      <c r="BN68" s="92"/>
+      <c r="BO68" s="92"/>
+      <c r="BP68" s="92"/>
+      <c r="BQ68" s="92"/>
+      <c r="BR68" s="92"/>
+      <c r="BS68" s="92"/>
+      <c r="BT68" s="92"/>
+      <c r="BU68" s="92"/>
+      <c r="BV68" s="92"/>
+      <c r="BW68" s="92"/>
+    </row>
+    <row r="69" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A69" s="22"/>
       <c r="B69" s="21"/>
       <c r="C69" s="22"/>
       <c r="D69" s="22"/>
       <c r="E69" s="22"/>
       <c r="F69" s="21"/>
       <c r="G69" s="22"/>
       <c r="H69" s="22"/>
       <c r="I69" s="23"/>
       <c r="J69" s="23"/>
-      <c r="K69" s="93"/>
-[...2 lines deleted...]
-      <c r="N69" s="95" t="str">
+      <c r="K69" s="85"/>
+      <c r="L69" s="86"/>
+      <c r="M69" s="86"/>
+      <c r="N69" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O69" s="96"/>
-[...1 lines deleted...]
-      <c r="Q69" s="96"/>
+      <c r="O69" s="88"/>
+      <c r="P69" s="88"/>
+      <c r="Q69" s="88"/>
       <c r="R69" s="23"/>
       <c r="S69" s="23"/>
-      <c r="T69" s="97"/>
+      <c r="T69" s="89"/>
       <c r="U69" s="23"/>
       <c r="V69" s="23"/>
-      <c r="W69" s="97"/>
-[...8 lines deleted...]
-      <c r="AF69" s="98" t="str">
+      <c r="W69" s="89"/>
+      <c r="X69" s="89"/>
+      <c r="Y69" s="89"/>
+      <c r="Z69" s="89"/>
+      <c r="AA69" s="89"/>
+      <c r="AB69" s="89"/>
+      <c r="AC69" s="89"/>
+      <c r="AD69" s="89"/>
+      <c r="AE69" s="89"/>
+      <c r="AF69" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG69" s="23"/>
+      <c r="AG69" s="89"/>
       <c r="AH69" s="23"/>
       <c r="AI69" s="23"/>
       <c r="AJ69" s="23"/>
       <c r="AK69" s="23"/>
       <c r="AL69" s="23"/>
       <c r="AM69" s="23"/>
-      <c r="AN69" s="98" t="str">
+      <c r="AN69" s="23"/>
+      <c r="AO69" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO69" s="97"/>
-[...8 lines deleted...]
-      <c r="AX69" s="99" t="str">
+      <c r="AP69" s="89"/>
+      <c r="AQ69" s="89"/>
+      <c r="AR69" s="89"/>
+      <c r="AS69" s="89"/>
+      <c r="AT69" s="89"/>
+      <c r="AU69" s="89"/>
+      <c r="AV69" s="89"/>
+      <c r="AW69" s="89"/>
+      <c r="AX69" s="89"/>
+      <c r="AY69" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY69" s="97"/>
-      <c r="AZ69" s="99" t="str">
+      <c r="AZ69" s="89"/>
+      <c r="BA69" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA69" s="97"/>
-[...1 lines deleted...]
-      <c r="BC69" s="99" t="str">
+      <c r="BB69" s="89"/>
+      <c r="BC69" s="89"/>
+      <c r="BD69" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD69" s="97"/>
-[...3 lines deleted...]
-      <c r="BH69" s="99" t="str">
+      <c r="BE69" s="89"/>
+      <c r="BF69" s="89"/>
+      <c r="BG69" s="89"/>
+      <c r="BH69" s="89"/>
+      <c r="BI69" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI69" s="99" t="str">
+      <c r="BJ69" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ69" s="22"/>
-[...13 lines deleted...]
-    <row r="70" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK69" s="22"/>
+      <c r="BL69" s="92"/>
+      <c r="BM69" s="92"/>
+      <c r="BN69" s="92"/>
+      <c r="BO69" s="92"/>
+      <c r="BP69" s="92"/>
+      <c r="BQ69" s="92"/>
+      <c r="BR69" s="92"/>
+      <c r="BS69" s="92"/>
+      <c r="BT69" s="92"/>
+      <c r="BU69" s="92"/>
+      <c r="BV69" s="92"/>
+      <c r="BW69" s="92"/>
+    </row>
+    <row r="70" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A70" s="22"/>
       <c r="B70" s="21"/>
       <c r="C70" s="22"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="21"/>
       <c r="G70" s="22"/>
       <c r="H70" s="22"/>
       <c r="I70" s="23"/>
       <c r="J70" s="23"/>
-      <c r="K70" s="93"/>
-[...2 lines deleted...]
-      <c r="N70" s="95" t="str">
+      <c r="K70" s="85"/>
+      <c r="L70" s="86"/>
+      <c r="M70" s="86"/>
+      <c r="N70" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O70" s="96"/>
-[...1 lines deleted...]
-      <c r="Q70" s="96"/>
+      <c r="O70" s="88"/>
+      <c r="P70" s="88"/>
+      <c r="Q70" s="88"/>
       <c r="R70" s="23"/>
       <c r="S70" s="23"/>
-      <c r="T70" s="97"/>
+      <c r="T70" s="89"/>
       <c r="U70" s="23"/>
       <c r="V70" s="23"/>
-      <c r="W70" s="97"/>
-[...8 lines deleted...]
-      <c r="AF70" s="98" t="str">
+      <c r="W70" s="89"/>
+      <c r="X70" s="89"/>
+      <c r="Y70" s="89"/>
+      <c r="Z70" s="89"/>
+      <c r="AA70" s="89"/>
+      <c r="AB70" s="89"/>
+      <c r="AC70" s="89"/>
+      <c r="AD70" s="89"/>
+      <c r="AE70" s="89"/>
+      <c r="AF70" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG70" s="23"/>
+      <c r="AG70" s="89"/>
       <c r="AH70" s="23"/>
       <c r="AI70" s="23"/>
       <c r="AJ70" s="23"/>
       <c r="AK70" s="23"/>
       <c r="AL70" s="23"/>
       <c r="AM70" s="23"/>
-      <c r="AN70" s="98" t="str">
+      <c r="AN70" s="23"/>
+      <c r="AO70" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO70" s="97"/>
-[...8 lines deleted...]
-      <c r="AX70" s="99" t="str">
+      <c r="AP70" s="89"/>
+      <c r="AQ70" s="89"/>
+      <c r="AR70" s="89"/>
+      <c r="AS70" s="89"/>
+      <c r="AT70" s="89"/>
+      <c r="AU70" s="89"/>
+      <c r="AV70" s="89"/>
+      <c r="AW70" s="89"/>
+      <c r="AX70" s="89"/>
+      <c r="AY70" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY70" s="97"/>
-      <c r="AZ70" s="99" t="str">
+      <c r="AZ70" s="89"/>
+      <c r="BA70" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA70" s="97"/>
-[...1 lines deleted...]
-      <c r="BC70" s="99" t="str">
+      <c r="BB70" s="89"/>
+      <c r="BC70" s="89"/>
+      <c r="BD70" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD70" s="97"/>
-[...3 lines deleted...]
-      <c r="BH70" s="99" t="str">
+      <c r="BE70" s="89"/>
+      <c r="BF70" s="89"/>
+      <c r="BG70" s="89"/>
+      <c r="BH70" s="89"/>
+      <c r="BI70" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI70" s="99" t="str">
+      <c r="BJ70" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ70" s="22"/>
-[...13 lines deleted...]
-    <row r="71" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK70" s="22"/>
+      <c r="BL70" s="92"/>
+      <c r="BM70" s="92"/>
+      <c r="BN70" s="92"/>
+      <c r="BO70" s="92"/>
+      <c r="BP70" s="92"/>
+      <c r="BQ70" s="92"/>
+      <c r="BR70" s="92"/>
+      <c r="BS70" s="92"/>
+      <c r="BT70" s="92"/>
+      <c r="BU70" s="92"/>
+      <c r="BV70" s="92"/>
+      <c r="BW70" s="92"/>
+    </row>
+    <row r="71" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A71" s="22"/>
       <c r="B71" s="21"/>
       <c r="C71" s="22"/>
       <c r="D71" s="22"/>
       <c r="E71" s="22"/>
       <c r="F71" s="21"/>
       <c r="G71" s="22"/>
       <c r="H71" s="22"/>
       <c r="I71" s="23"/>
       <c r="J71" s="23"/>
-      <c r="K71" s="93"/>
-[...2 lines deleted...]
-      <c r="N71" s="95" t="str">
+      <c r="K71" s="85"/>
+      <c r="L71" s="86"/>
+      <c r="M71" s="86"/>
+      <c r="N71" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O71" s="96"/>
-[...1 lines deleted...]
-      <c r="Q71" s="96"/>
+      <c r="O71" s="88"/>
+      <c r="P71" s="88"/>
+      <c r="Q71" s="88"/>
       <c r="R71" s="23"/>
       <c r="S71" s="23"/>
-      <c r="T71" s="97"/>
+      <c r="T71" s="89"/>
       <c r="U71" s="23"/>
       <c r="V71" s="23"/>
-      <c r="W71" s="97"/>
-[...8 lines deleted...]
-      <c r="AF71" s="98" t="str">
+      <c r="W71" s="89"/>
+      <c r="X71" s="89"/>
+      <c r="Y71" s="89"/>
+      <c r="Z71" s="89"/>
+      <c r="AA71" s="89"/>
+      <c r="AB71" s="89"/>
+      <c r="AC71" s="89"/>
+      <c r="AD71" s="89"/>
+      <c r="AE71" s="89"/>
+      <c r="AF71" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG71" s="23"/>
+      <c r="AG71" s="89"/>
       <c r="AH71" s="23"/>
       <c r="AI71" s="23"/>
       <c r="AJ71" s="23"/>
       <c r="AK71" s="23"/>
       <c r="AL71" s="23"/>
       <c r="AM71" s="23"/>
-      <c r="AN71" s="98" t="str">
+      <c r="AN71" s="23"/>
+      <c r="AO71" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO71" s="97"/>
-[...8 lines deleted...]
-      <c r="AX71" s="99" t="str">
+      <c r="AP71" s="89"/>
+      <c r="AQ71" s="89"/>
+      <c r="AR71" s="89"/>
+      <c r="AS71" s="89"/>
+      <c r="AT71" s="89"/>
+      <c r="AU71" s="89"/>
+      <c r="AV71" s="89"/>
+      <c r="AW71" s="89"/>
+      <c r="AX71" s="89"/>
+      <c r="AY71" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY71" s="97"/>
-      <c r="AZ71" s="99" t="str">
+      <c r="AZ71" s="89"/>
+      <c r="BA71" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA71" s="97"/>
-[...1 lines deleted...]
-      <c r="BC71" s="99" t="str">
+      <c r="BB71" s="89"/>
+      <c r="BC71" s="89"/>
+      <c r="BD71" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD71" s="97"/>
-[...3 lines deleted...]
-      <c r="BH71" s="99" t="str">
+      <c r="BE71" s="89"/>
+      <c r="BF71" s="89"/>
+      <c r="BG71" s="89"/>
+      <c r="BH71" s="89"/>
+      <c r="BI71" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI71" s="99" t="str">
+      <c r="BJ71" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ71" s="22"/>
-[...13 lines deleted...]
-    <row r="72" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK71" s="22"/>
+      <c r="BL71" s="92"/>
+      <c r="BM71" s="92"/>
+      <c r="BN71" s="92"/>
+      <c r="BO71" s="92"/>
+      <c r="BP71" s="92"/>
+      <c r="BQ71" s="92"/>
+      <c r="BR71" s="92"/>
+      <c r="BS71" s="92"/>
+      <c r="BT71" s="92"/>
+      <c r="BU71" s="92"/>
+      <c r="BV71" s="92"/>
+      <c r="BW71" s="92"/>
+    </row>
+    <row r="72" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A72" s="22"/>
       <c r="B72" s="21"/>
       <c r="C72" s="22"/>
       <c r="D72" s="22"/>
       <c r="E72" s="22"/>
       <c r="F72" s="21"/>
       <c r="G72" s="22"/>
       <c r="H72" s="22"/>
       <c r="I72" s="23"/>
       <c r="J72" s="23"/>
-      <c r="K72" s="93"/>
-[...2 lines deleted...]
-      <c r="N72" s="95" t="str">
+      <c r="K72" s="85"/>
+      <c r="L72" s="86"/>
+      <c r="M72" s="86"/>
+      <c r="N72" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O72" s="96"/>
-[...1 lines deleted...]
-      <c r="Q72" s="96"/>
+      <c r="O72" s="88"/>
+      <c r="P72" s="88"/>
+      <c r="Q72" s="88"/>
       <c r="R72" s="23"/>
       <c r="S72" s="23"/>
-      <c r="T72" s="97"/>
+      <c r="T72" s="89"/>
       <c r="U72" s="23"/>
       <c r="V72" s="23"/>
-      <c r="W72" s="97"/>
-[...8 lines deleted...]
-      <c r="AF72" s="98" t="str">
+      <c r="W72" s="89"/>
+      <c r="X72" s="89"/>
+      <c r="Y72" s="89"/>
+      <c r="Z72" s="89"/>
+      <c r="AA72" s="89"/>
+      <c r="AB72" s="89"/>
+      <c r="AC72" s="89"/>
+      <c r="AD72" s="89"/>
+      <c r="AE72" s="89"/>
+      <c r="AF72" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG72" s="23"/>
+      <c r="AG72" s="89"/>
       <c r="AH72" s="23"/>
       <c r="AI72" s="23"/>
       <c r="AJ72" s="23"/>
       <c r="AK72" s="23"/>
       <c r="AL72" s="23"/>
       <c r="AM72" s="23"/>
-      <c r="AN72" s="98" t="str">
+      <c r="AN72" s="23"/>
+      <c r="AO72" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO72" s="97"/>
-[...8 lines deleted...]
-      <c r="AX72" s="99" t="str">
+      <c r="AP72" s="89"/>
+      <c r="AQ72" s="89"/>
+      <c r="AR72" s="89"/>
+      <c r="AS72" s="89"/>
+      <c r="AT72" s="89"/>
+      <c r="AU72" s="89"/>
+      <c r="AV72" s="89"/>
+      <c r="AW72" s="89"/>
+      <c r="AX72" s="89"/>
+      <c r="AY72" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY72" s="97"/>
-      <c r="AZ72" s="99" t="str">
+      <c r="AZ72" s="89"/>
+      <c r="BA72" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA72" s="97"/>
-[...1 lines deleted...]
-      <c r="BC72" s="99" t="str">
+      <c r="BB72" s="89"/>
+      <c r="BC72" s="89"/>
+      <c r="BD72" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD72" s="97"/>
-[...3 lines deleted...]
-      <c r="BH72" s="99" t="str">
+      <c r="BE72" s="89"/>
+      <c r="BF72" s="89"/>
+      <c r="BG72" s="89"/>
+      <c r="BH72" s="89"/>
+      <c r="BI72" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI72" s="99" t="str">
+      <c r="BJ72" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ72" s="22"/>
-[...13 lines deleted...]
-    <row r="73" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK72" s="22"/>
+      <c r="BL72" s="92"/>
+      <c r="BM72" s="92"/>
+      <c r="BN72" s="92"/>
+      <c r="BO72" s="92"/>
+      <c r="BP72" s="92"/>
+      <c r="BQ72" s="92"/>
+      <c r="BR72" s="92"/>
+      <c r="BS72" s="92"/>
+      <c r="BT72" s="92"/>
+      <c r="BU72" s="92"/>
+      <c r="BV72" s="92"/>
+      <c r="BW72" s="92"/>
+    </row>
+    <row r="73" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A73" s="22"/>
       <c r="B73" s="21"/>
       <c r="C73" s="22"/>
       <c r="D73" s="22"/>
       <c r="E73" s="22"/>
       <c r="F73" s="21"/>
       <c r="G73" s="22"/>
       <c r="H73" s="22"/>
       <c r="I73" s="23"/>
       <c r="J73" s="23"/>
-      <c r="K73" s="93"/>
-[...2 lines deleted...]
-      <c r="N73" s="95" t="str">
+      <c r="K73" s="85"/>
+      <c r="L73" s="86"/>
+      <c r="M73" s="86"/>
+      <c r="N73" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O73" s="96"/>
-[...1 lines deleted...]
-      <c r="Q73" s="96"/>
+      <c r="O73" s="88"/>
+      <c r="P73" s="88"/>
+      <c r="Q73" s="88"/>
       <c r="R73" s="23"/>
       <c r="S73" s="23"/>
-      <c r="T73" s="97"/>
+      <c r="T73" s="89"/>
       <c r="U73" s="23"/>
       <c r="V73" s="23"/>
-      <c r="W73" s="97"/>
-[...8 lines deleted...]
-      <c r="AF73" s="98" t="str">
+      <c r="W73" s="89"/>
+      <c r="X73" s="89"/>
+      <c r="Y73" s="89"/>
+      <c r="Z73" s="89"/>
+      <c r="AA73" s="89"/>
+      <c r="AB73" s="89"/>
+      <c r="AC73" s="89"/>
+      <c r="AD73" s="89"/>
+      <c r="AE73" s="89"/>
+      <c r="AF73" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG73" s="23"/>
+      <c r="AG73" s="89"/>
       <c r="AH73" s="23"/>
       <c r="AI73" s="23"/>
       <c r="AJ73" s="23"/>
       <c r="AK73" s="23"/>
       <c r="AL73" s="23"/>
       <c r="AM73" s="23"/>
-      <c r="AN73" s="98" t="str">
+      <c r="AN73" s="23"/>
+      <c r="AO73" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO73" s="97"/>
-[...8 lines deleted...]
-      <c r="AX73" s="99" t="str">
+      <c r="AP73" s="89"/>
+      <c r="AQ73" s="89"/>
+      <c r="AR73" s="89"/>
+      <c r="AS73" s="89"/>
+      <c r="AT73" s="89"/>
+      <c r="AU73" s="89"/>
+      <c r="AV73" s="89"/>
+      <c r="AW73" s="89"/>
+      <c r="AX73" s="89"/>
+      <c r="AY73" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY73" s="97"/>
-      <c r="AZ73" s="99" t="str">
+      <c r="AZ73" s="89"/>
+      <c r="BA73" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA73" s="97"/>
-[...1 lines deleted...]
-      <c r="BC73" s="99" t="str">
+      <c r="BB73" s="89"/>
+      <c r="BC73" s="89"/>
+      <c r="BD73" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD73" s="97"/>
-[...3 lines deleted...]
-      <c r="BH73" s="99" t="str">
+      <c r="BE73" s="89"/>
+      <c r="BF73" s="89"/>
+      <c r="BG73" s="89"/>
+      <c r="BH73" s="89"/>
+      <c r="BI73" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI73" s="99" t="str">
+      <c r="BJ73" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ73" s="22"/>
-[...13 lines deleted...]
-    <row r="74" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK73" s="22"/>
+      <c r="BL73" s="92"/>
+      <c r="BM73" s="92"/>
+      <c r="BN73" s="92"/>
+      <c r="BO73" s="92"/>
+      <c r="BP73" s="92"/>
+      <c r="BQ73" s="92"/>
+      <c r="BR73" s="92"/>
+      <c r="BS73" s="92"/>
+      <c r="BT73" s="92"/>
+      <c r="BU73" s="92"/>
+      <c r="BV73" s="92"/>
+      <c r="BW73" s="92"/>
+    </row>
+    <row r="74" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A74" s="22"/>
       <c r="B74" s="21"/>
       <c r="C74" s="22"/>
       <c r="D74" s="22"/>
       <c r="E74" s="22"/>
       <c r="F74" s="21"/>
       <c r="G74" s="22"/>
       <c r="H74" s="22"/>
       <c r="I74" s="23"/>
       <c r="J74" s="23"/>
-      <c r="K74" s="93"/>
-[...2 lines deleted...]
-      <c r="N74" s="95" t="str">
+      <c r="K74" s="85"/>
+      <c r="L74" s="86"/>
+      <c r="M74" s="86"/>
+      <c r="N74" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O74" s="96"/>
-[...1 lines deleted...]
-      <c r="Q74" s="96"/>
+      <c r="O74" s="88"/>
+      <c r="P74" s="88"/>
+      <c r="Q74" s="88"/>
       <c r="R74" s="23"/>
       <c r="S74" s="23"/>
-      <c r="T74" s="97"/>
+      <c r="T74" s="89"/>
       <c r="U74" s="23"/>
       <c r="V74" s="23"/>
-      <c r="W74" s="97"/>
-[...8 lines deleted...]
-      <c r="AF74" s="98" t="str">
+      <c r="W74" s="89"/>
+      <c r="X74" s="89"/>
+      <c r="Y74" s="89"/>
+      <c r="Z74" s="89"/>
+      <c r="AA74" s="89"/>
+      <c r="AB74" s="89"/>
+      <c r="AC74" s="89"/>
+      <c r="AD74" s="89"/>
+      <c r="AE74" s="89"/>
+      <c r="AF74" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG74" s="23"/>
+      <c r="AG74" s="89"/>
       <c r="AH74" s="23"/>
       <c r="AI74" s="23"/>
       <c r="AJ74" s="23"/>
       <c r="AK74" s="23"/>
       <c r="AL74" s="23"/>
       <c r="AM74" s="23"/>
-      <c r="AN74" s="98" t="str">
+      <c r="AN74" s="23"/>
+      <c r="AO74" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO74" s="97"/>
-[...8 lines deleted...]
-      <c r="AX74" s="99" t="str">
+      <c r="AP74" s="89"/>
+      <c r="AQ74" s="89"/>
+      <c r="AR74" s="89"/>
+      <c r="AS74" s="89"/>
+      <c r="AT74" s="89"/>
+      <c r="AU74" s="89"/>
+      <c r="AV74" s="89"/>
+      <c r="AW74" s="89"/>
+      <c r="AX74" s="89"/>
+      <c r="AY74" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY74" s="97"/>
-      <c r="AZ74" s="99" t="str">
+      <c r="AZ74" s="89"/>
+      <c r="BA74" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA74" s="97"/>
-[...1 lines deleted...]
-      <c r="BC74" s="99" t="str">
+      <c r="BB74" s="89"/>
+      <c r="BC74" s="89"/>
+      <c r="BD74" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD74" s="97"/>
-[...3 lines deleted...]
-      <c r="BH74" s="99" t="str">
+      <c r="BE74" s="89"/>
+      <c r="BF74" s="89"/>
+      <c r="BG74" s="89"/>
+      <c r="BH74" s="89"/>
+      <c r="BI74" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI74" s="99" t="str">
+      <c r="BJ74" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ74" s="22"/>
-[...13 lines deleted...]
-    <row r="75" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK74" s="22"/>
+      <c r="BL74" s="92"/>
+      <c r="BM74" s="92"/>
+      <c r="BN74" s="92"/>
+      <c r="BO74" s="92"/>
+      <c r="BP74" s="92"/>
+      <c r="BQ74" s="92"/>
+      <c r="BR74" s="92"/>
+      <c r="BS74" s="92"/>
+      <c r="BT74" s="92"/>
+      <c r="BU74" s="92"/>
+      <c r="BV74" s="92"/>
+      <c r="BW74" s="92"/>
+    </row>
+    <row r="75" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A75" s="22"/>
       <c r="B75" s="21"/>
       <c r="C75" s="22"/>
       <c r="D75" s="22"/>
       <c r="E75" s="22"/>
       <c r="F75" s="21"/>
       <c r="G75" s="22"/>
       <c r="H75" s="22"/>
       <c r="I75" s="23"/>
       <c r="J75" s="23"/>
-      <c r="K75" s="93"/>
-[...2 lines deleted...]
-      <c r="N75" s="95" t="str">
+      <c r="K75" s="85"/>
+      <c r="L75" s="86"/>
+      <c r="M75" s="86"/>
+      <c r="N75" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O75" s="96"/>
-[...1 lines deleted...]
-      <c r="Q75" s="96"/>
+      <c r="O75" s="88"/>
+      <c r="P75" s="88"/>
+      <c r="Q75" s="88"/>
       <c r="R75" s="23"/>
       <c r="S75" s="23"/>
-      <c r="T75" s="97"/>
+      <c r="T75" s="89"/>
       <c r="U75" s="23"/>
       <c r="V75" s="23"/>
-      <c r="W75" s="97"/>
-[...8 lines deleted...]
-      <c r="AF75" s="98" t="str">
+      <c r="W75" s="89"/>
+      <c r="X75" s="89"/>
+      <c r="Y75" s="89"/>
+      <c r="Z75" s="89"/>
+      <c r="AA75" s="89"/>
+      <c r="AB75" s="89"/>
+      <c r="AC75" s="89"/>
+      <c r="AD75" s="89"/>
+      <c r="AE75" s="89"/>
+      <c r="AF75" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG75" s="23"/>
+      <c r="AG75" s="89"/>
       <c r="AH75" s="23"/>
       <c r="AI75" s="23"/>
       <c r="AJ75" s="23"/>
       <c r="AK75" s="23"/>
       <c r="AL75" s="23"/>
       <c r="AM75" s="23"/>
-      <c r="AN75" s="98" t="str">
+      <c r="AN75" s="23"/>
+      <c r="AO75" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO75" s="97"/>
-[...8 lines deleted...]
-      <c r="AX75" s="99" t="str">
+      <c r="AP75" s="89"/>
+      <c r="AQ75" s="89"/>
+      <c r="AR75" s="89"/>
+      <c r="AS75" s="89"/>
+      <c r="AT75" s="89"/>
+      <c r="AU75" s="89"/>
+      <c r="AV75" s="89"/>
+      <c r="AW75" s="89"/>
+      <c r="AX75" s="89"/>
+      <c r="AY75" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY75" s="97"/>
-      <c r="AZ75" s="99" t="str">
+      <c r="AZ75" s="89"/>
+      <c r="BA75" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA75" s="97"/>
-[...1 lines deleted...]
-      <c r="BC75" s="99" t="str">
+      <c r="BB75" s="89"/>
+      <c r="BC75" s="89"/>
+      <c r="BD75" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD75" s="97"/>
-[...3 lines deleted...]
-      <c r="BH75" s="99" t="str">
+      <c r="BE75" s="89"/>
+      <c r="BF75" s="89"/>
+      <c r="BG75" s="89"/>
+      <c r="BH75" s="89"/>
+      <c r="BI75" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI75" s="99" t="str">
+      <c r="BJ75" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ75" s="22"/>
-[...13 lines deleted...]
-    <row r="76" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK75" s="22"/>
+      <c r="BL75" s="92"/>
+      <c r="BM75" s="92"/>
+      <c r="BN75" s="92"/>
+      <c r="BO75" s="92"/>
+      <c r="BP75" s="92"/>
+      <c r="BQ75" s="92"/>
+      <c r="BR75" s="92"/>
+      <c r="BS75" s="92"/>
+      <c r="BT75" s="92"/>
+      <c r="BU75" s="92"/>
+      <c r="BV75" s="92"/>
+      <c r="BW75" s="92"/>
+    </row>
+    <row r="76" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A76" s="22"/>
       <c r="B76" s="21"/>
       <c r="C76" s="22"/>
       <c r="D76" s="22"/>
       <c r="E76" s="22"/>
       <c r="F76" s="21"/>
       <c r="G76" s="22"/>
       <c r="H76" s="22"/>
       <c r="I76" s="23"/>
       <c r="J76" s="23"/>
-      <c r="K76" s="93"/>
-[...2 lines deleted...]
-      <c r="N76" s="95" t="str">
+      <c r="K76" s="85"/>
+      <c r="L76" s="86"/>
+      <c r="M76" s="86"/>
+      <c r="N76" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O76" s="96"/>
-[...1 lines deleted...]
-      <c r="Q76" s="96"/>
+      <c r="O76" s="88"/>
+      <c r="P76" s="88"/>
+      <c r="Q76" s="88"/>
       <c r="R76" s="23"/>
       <c r="S76" s="23"/>
-      <c r="T76" s="97"/>
+      <c r="T76" s="89"/>
       <c r="U76" s="23"/>
       <c r="V76" s="23"/>
-      <c r="W76" s="97"/>
-[...8 lines deleted...]
-      <c r="AF76" s="98" t="str">
+      <c r="W76" s="89"/>
+      <c r="X76" s="89"/>
+      <c r="Y76" s="89"/>
+      <c r="Z76" s="89"/>
+      <c r="AA76" s="89"/>
+      <c r="AB76" s="89"/>
+      <c r="AC76" s="89"/>
+      <c r="AD76" s="89"/>
+      <c r="AE76" s="89"/>
+      <c r="AF76" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG76" s="23"/>
+      <c r="AG76" s="89"/>
       <c r="AH76" s="23"/>
       <c r="AI76" s="23"/>
       <c r="AJ76" s="23"/>
       <c r="AK76" s="23"/>
       <c r="AL76" s="23"/>
       <c r="AM76" s="23"/>
-      <c r="AN76" s="98" t="str">
+      <c r="AN76" s="23"/>
+      <c r="AO76" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO76" s="97"/>
-[...8 lines deleted...]
-      <c r="AX76" s="99" t="str">
+      <c r="AP76" s="89"/>
+      <c r="AQ76" s="89"/>
+      <c r="AR76" s="89"/>
+      <c r="AS76" s="89"/>
+      <c r="AT76" s="89"/>
+      <c r="AU76" s="89"/>
+      <c r="AV76" s="89"/>
+      <c r="AW76" s="89"/>
+      <c r="AX76" s="89"/>
+      <c r="AY76" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY76" s="97"/>
-      <c r="AZ76" s="99" t="str">
+      <c r="AZ76" s="89"/>
+      <c r="BA76" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA76" s="97"/>
-[...1 lines deleted...]
-      <c r="BC76" s="99" t="str">
+      <c r="BB76" s="89"/>
+      <c r="BC76" s="89"/>
+      <c r="BD76" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD76" s="97"/>
-[...3 lines deleted...]
-      <c r="BH76" s="99" t="str">
+      <c r="BE76" s="89"/>
+      <c r="BF76" s="89"/>
+      <c r="BG76" s="89"/>
+      <c r="BH76" s="89"/>
+      <c r="BI76" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI76" s="99" t="str">
+      <c r="BJ76" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ76" s="22"/>
-[...13 lines deleted...]
-    <row r="77" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK76" s="22"/>
+      <c r="BL76" s="92"/>
+      <c r="BM76" s="92"/>
+      <c r="BN76" s="92"/>
+      <c r="BO76" s="92"/>
+      <c r="BP76" s="92"/>
+      <c r="BQ76" s="92"/>
+      <c r="BR76" s="92"/>
+      <c r="BS76" s="92"/>
+      <c r="BT76" s="92"/>
+      <c r="BU76" s="92"/>
+      <c r="BV76" s="92"/>
+      <c r="BW76" s="92"/>
+    </row>
+    <row r="77" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A77" s="22"/>
       <c r="B77" s="21"/>
       <c r="C77" s="22"/>
       <c r="D77" s="22"/>
       <c r="E77" s="22"/>
       <c r="F77" s="21"/>
       <c r="G77" s="22"/>
       <c r="H77" s="22"/>
       <c r="I77" s="23"/>
       <c r="J77" s="23"/>
-      <c r="K77" s="93"/>
-[...2 lines deleted...]
-      <c r="N77" s="95" t="str">
+      <c r="K77" s="85"/>
+      <c r="L77" s="86"/>
+      <c r="M77" s="86"/>
+      <c r="N77" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O77" s="96"/>
-[...1 lines deleted...]
-      <c r="Q77" s="96"/>
+      <c r="O77" s="88"/>
+      <c r="P77" s="88"/>
+      <c r="Q77" s="88"/>
       <c r="R77" s="23"/>
       <c r="S77" s="23"/>
-      <c r="T77" s="97"/>
+      <c r="T77" s="89"/>
       <c r="U77" s="23"/>
       <c r="V77" s="23"/>
-      <c r="W77" s="97"/>
-[...8 lines deleted...]
-      <c r="AF77" s="98" t="str">
+      <c r="W77" s="89"/>
+      <c r="X77" s="89"/>
+      <c r="Y77" s="89"/>
+      <c r="Z77" s="89"/>
+      <c r="AA77" s="89"/>
+      <c r="AB77" s="89"/>
+      <c r="AC77" s="89"/>
+      <c r="AD77" s="89"/>
+      <c r="AE77" s="89"/>
+      <c r="AF77" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG77" s="23"/>
+      <c r="AG77" s="89"/>
       <c r="AH77" s="23"/>
       <c r="AI77" s="23"/>
       <c r="AJ77" s="23"/>
       <c r="AK77" s="23"/>
       <c r="AL77" s="23"/>
       <c r="AM77" s="23"/>
-      <c r="AN77" s="98" t="str">
+      <c r="AN77" s="23"/>
+      <c r="AO77" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO77" s="97"/>
-[...8 lines deleted...]
-      <c r="AX77" s="99" t="str">
+      <c r="AP77" s="89"/>
+      <c r="AQ77" s="89"/>
+      <c r="AR77" s="89"/>
+      <c r="AS77" s="89"/>
+      <c r="AT77" s="89"/>
+      <c r="AU77" s="89"/>
+      <c r="AV77" s="89"/>
+      <c r="AW77" s="89"/>
+      <c r="AX77" s="89"/>
+      <c r="AY77" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY77" s="97"/>
-      <c r="AZ77" s="99" t="str">
+      <c r="AZ77" s="89"/>
+      <c r="BA77" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA77" s="97"/>
-[...1 lines deleted...]
-      <c r="BC77" s="99" t="str">
+      <c r="BB77" s="89"/>
+      <c r="BC77" s="89"/>
+      <c r="BD77" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD77" s="97"/>
-[...3 lines deleted...]
-      <c r="BH77" s="99" t="str">
+      <c r="BE77" s="89"/>
+      <c r="BF77" s="89"/>
+      <c r="BG77" s="89"/>
+      <c r="BH77" s="89"/>
+      <c r="BI77" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI77" s="99" t="str">
+      <c r="BJ77" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ77" s="22"/>
-[...13 lines deleted...]
-    <row r="78" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK77" s="22"/>
+      <c r="BL77" s="92"/>
+      <c r="BM77" s="92"/>
+      <c r="BN77" s="92"/>
+      <c r="BO77" s="92"/>
+      <c r="BP77" s="92"/>
+      <c r="BQ77" s="92"/>
+      <c r="BR77" s="92"/>
+      <c r="BS77" s="92"/>
+      <c r="BT77" s="92"/>
+      <c r="BU77" s="92"/>
+      <c r="BV77" s="92"/>
+      <c r="BW77" s="92"/>
+    </row>
+    <row r="78" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A78" s="22"/>
       <c r="B78" s="21"/>
       <c r="C78" s="22"/>
       <c r="D78" s="22"/>
       <c r="E78" s="22"/>
       <c r="F78" s="21"/>
       <c r="G78" s="22"/>
       <c r="H78" s="22"/>
       <c r="I78" s="23"/>
       <c r="J78" s="23"/>
-      <c r="K78" s="93"/>
-[...2 lines deleted...]
-      <c r="N78" s="95" t="str">
+      <c r="K78" s="85"/>
+      <c r="L78" s="86"/>
+      <c r="M78" s="86"/>
+      <c r="N78" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O78" s="96"/>
-[...1 lines deleted...]
-      <c r="Q78" s="96"/>
+      <c r="O78" s="88"/>
+      <c r="P78" s="88"/>
+      <c r="Q78" s="88"/>
       <c r="R78" s="23"/>
       <c r="S78" s="23"/>
-      <c r="T78" s="97"/>
+      <c r="T78" s="89"/>
       <c r="U78" s="23"/>
       <c r="V78" s="23"/>
-      <c r="W78" s="97"/>
-[...8 lines deleted...]
-      <c r="AF78" s="98" t="str">
+      <c r="W78" s="89"/>
+      <c r="X78" s="89"/>
+      <c r="Y78" s="89"/>
+      <c r="Z78" s="89"/>
+      <c r="AA78" s="89"/>
+      <c r="AB78" s="89"/>
+      <c r="AC78" s="89"/>
+      <c r="AD78" s="89"/>
+      <c r="AE78" s="89"/>
+      <c r="AF78" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG78" s="23"/>
+      <c r="AG78" s="89"/>
       <c r="AH78" s="23"/>
       <c r="AI78" s="23"/>
       <c r="AJ78" s="23"/>
       <c r="AK78" s="23"/>
       <c r="AL78" s="23"/>
       <c r="AM78" s="23"/>
-      <c r="AN78" s="98" t="str">
+      <c r="AN78" s="23"/>
+      <c r="AO78" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO78" s="97"/>
-[...8 lines deleted...]
-      <c r="AX78" s="99" t="str">
+      <c r="AP78" s="89"/>
+      <c r="AQ78" s="89"/>
+      <c r="AR78" s="89"/>
+      <c r="AS78" s="89"/>
+      <c r="AT78" s="89"/>
+      <c r="AU78" s="89"/>
+      <c r="AV78" s="89"/>
+      <c r="AW78" s="89"/>
+      <c r="AX78" s="89"/>
+      <c r="AY78" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY78" s="97"/>
-      <c r="AZ78" s="99" t="str">
+      <c r="AZ78" s="89"/>
+      <c r="BA78" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA78" s="97"/>
-[...1 lines deleted...]
-      <c r="BC78" s="99" t="str">
+      <c r="BB78" s="89"/>
+      <c r="BC78" s="89"/>
+      <c r="BD78" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD78" s="97"/>
-[...3 lines deleted...]
-      <c r="BH78" s="99" t="str">
+      <c r="BE78" s="89"/>
+      <c r="BF78" s="89"/>
+      <c r="BG78" s="89"/>
+      <c r="BH78" s="89"/>
+      <c r="BI78" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI78" s="99" t="str">
+      <c r="BJ78" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ78" s="22"/>
-[...13 lines deleted...]
-    <row r="79" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK78" s="22"/>
+      <c r="BL78" s="92"/>
+      <c r="BM78" s="92"/>
+      <c r="BN78" s="92"/>
+      <c r="BO78" s="92"/>
+      <c r="BP78" s="92"/>
+      <c r="BQ78" s="92"/>
+      <c r="BR78" s="92"/>
+      <c r="BS78" s="92"/>
+      <c r="BT78" s="92"/>
+      <c r="BU78" s="92"/>
+      <c r="BV78" s="92"/>
+      <c r="BW78" s="92"/>
+    </row>
+    <row r="79" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A79" s="22"/>
       <c r="B79" s="21"/>
       <c r="C79" s="22"/>
       <c r="D79" s="22"/>
       <c r="E79" s="22"/>
       <c r="F79" s="21"/>
       <c r="G79" s="22"/>
       <c r="H79" s="22"/>
       <c r="I79" s="23"/>
       <c r="J79" s="23"/>
-      <c r="K79" s="93"/>
-[...2 lines deleted...]
-      <c r="N79" s="95" t="str">
+      <c r="K79" s="85"/>
+      <c r="L79" s="86"/>
+      <c r="M79" s="86"/>
+      <c r="N79" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O79" s="96"/>
-[...1 lines deleted...]
-      <c r="Q79" s="96"/>
+      <c r="O79" s="88"/>
+      <c r="P79" s="88"/>
+      <c r="Q79" s="88"/>
       <c r="R79" s="23"/>
       <c r="S79" s="23"/>
-      <c r="T79" s="97"/>
+      <c r="T79" s="89"/>
       <c r="U79" s="23"/>
       <c r="V79" s="23"/>
-      <c r="W79" s="97"/>
-[...8 lines deleted...]
-      <c r="AF79" s="98" t="str">
+      <c r="W79" s="89"/>
+      <c r="X79" s="89"/>
+      <c r="Y79" s="89"/>
+      <c r="Z79" s="89"/>
+      <c r="AA79" s="89"/>
+      <c r="AB79" s="89"/>
+      <c r="AC79" s="89"/>
+      <c r="AD79" s="89"/>
+      <c r="AE79" s="89"/>
+      <c r="AF79" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG79" s="23"/>
+      <c r="AG79" s="89"/>
       <c r="AH79" s="23"/>
       <c r="AI79" s="23"/>
       <c r="AJ79" s="23"/>
       <c r="AK79" s="23"/>
       <c r="AL79" s="23"/>
       <c r="AM79" s="23"/>
-      <c r="AN79" s="98" t="str">
+      <c r="AN79" s="23"/>
+      <c r="AO79" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO79" s="97"/>
-[...8 lines deleted...]
-      <c r="AX79" s="99" t="str">
+      <c r="AP79" s="89"/>
+      <c r="AQ79" s="89"/>
+      <c r="AR79" s="89"/>
+      <c r="AS79" s="89"/>
+      <c r="AT79" s="89"/>
+      <c r="AU79" s="89"/>
+      <c r="AV79" s="89"/>
+      <c r="AW79" s="89"/>
+      <c r="AX79" s="89"/>
+      <c r="AY79" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY79" s="97"/>
-      <c r="AZ79" s="99" t="str">
+      <c r="AZ79" s="89"/>
+      <c r="BA79" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA79" s="97"/>
-[...1 lines deleted...]
-      <c r="BC79" s="99" t="str">
+      <c r="BB79" s="89"/>
+      <c r="BC79" s="89"/>
+      <c r="BD79" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD79" s="97"/>
-[...3 lines deleted...]
-      <c r="BH79" s="99" t="str">
+      <c r="BE79" s="89"/>
+      <c r="BF79" s="89"/>
+      <c r="BG79" s="89"/>
+      <c r="BH79" s="89"/>
+      <c r="BI79" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI79" s="99" t="str">
+      <c r="BJ79" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ79" s="22"/>
-[...13 lines deleted...]
-    <row r="80" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK79" s="22"/>
+      <c r="BL79" s="92"/>
+      <c r="BM79" s="92"/>
+      <c r="BN79" s="92"/>
+      <c r="BO79" s="92"/>
+      <c r="BP79" s="92"/>
+      <c r="BQ79" s="92"/>
+      <c r="BR79" s="92"/>
+      <c r="BS79" s="92"/>
+      <c r="BT79" s="92"/>
+      <c r="BU79" s="92"/>
+      <c r="BV79" s="92"/>
+      <c r="BW79" s="92"/>
+    </row>
+    <row r="80" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A80" s="22"/>
       <c r="B80" s="21"/>
       <c r="C80" s="22"/>
       <c r="D80" s="22"/>
       <c r="E80" s="22"/>
       <c r="F80" s="21"/>
       <c r="G80" s="22"/>
       <c r="H80" s="22"/>
       <c r="I80" s="23"/>
       <c r="J80" s="23"/>
-      <c r="K80" s="93"/>
-[...2 lines deleted...]
-      <c r="N80" s="95" t="str">
+      <c r="K80" s="85"/>
+      <c r="L80" s="86"/>
+      <c r="M80" s="86"/>
+      <c r="N80" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O80" s="96"/>
-[...1 lines deleted...]
-      <c r="Q80" s="96"/>
+      <c r="O80" s="88"/>
+      <c r="P80" s="88"/>
+      <c r="Q80" s="88"/>
       <c r="R80" s="23"/>
       <c r="S80" s="23"/>
-      <c r="T80" s="97"/>
+      <c r="T80" s="89"/>
       <c r="U80" s="23"/>
       <c r="V80" s="23"/>
-      <c r="W80" s="97"/>
-[...8 lines deleted...]
-      <c r="AF80" s="98" t="str">
+      <c r="W80" s="89"/>
+      <c r="X80" s="89"/>
+      <c r="Y80" s="89"/>
+      <c r="Z80" s="89"/>
+      <c r="AA80" s="89"/>
+      <c r="AB80" s="89"/>
+      <c r="AC80" s="89"/>
+      <c r="AD80" s="89"/>
+      <c r="AE80" s="89"/>
+      <c r="AF80" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG80" s="23"/>
+      <c r="AG80" s="89"/>
       <c r="AH80" s="23"/>
       <c r="AI80" s="23"/>
       <c r="AJ80" s="23"/>
       <c r="AK80" s="23"/>
       <c r="AL80" s="23"/>
       <c r="AM80" s="23"/>
-      <c r="AN80" s="98" t="str">
+      <c r="AN80" s="23"/>
+      <c r="AO80" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO80" s="97"/>
-[...8 lines deleted...]
-      <c r="AX80" s="99" t="str">
+      <c r="AP80" s="89"/>
+      <c r="AQ80" s="89"/>
+      <c r="AR80" s="89"/>
+      <c r="AS80" s="89"/>
+      <c r="AT80" s="89"/>
+      <c r="AU80" s="89"/>
+      <c r="AV80" s="89"/>
+      <c r="AW80" s="89"/>
+      <c r="AX80" s="89"/>
+      <c r="AY80" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY80" s="97"/>
-      <c r="AZ80" s="99" t="str">
+      <c r="AZ80" s="89"/>
+      <c r="BA80" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA80" s="97"/>
-[...1 lines deleted...]
-      <c r="BC80" s="99" t="str">
+      <c r="BB80" s="89"/>
+      <c r="BC80" s="89"/>
+      <c r="BD80" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD80" s="97"/>
-[...3 lines deleted...]
-      <c r="BH80" s="99" t="str">
+      <c r="BE80" s="89"/>
+      <c r="BF80" s="89"/>
+      <c r="BG80" s="89"/>
+      <c r="BH80" s="89"/>
+      <c r="BI80" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI80" s="99" t="str">
+      <c r="BJ80" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ80" s="22"/>
-[...13 lines deleted...]
-    <row r="81" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK80" s="22"/>
+      <c r="BL80" s="92"/>
+      <c r="BM80" s="92"/>
+      <c r="BN80" s="92"/>
+      <c r="BO80" s="92"/>
+      <c r="BP80" s="92"/>
+      <c r="BQ80" s="92"/>
+      <c r="BR80" s="92"/>
+      <c r="BS80" s="92"/>
+      <c r="BT80" s="92"/>
+      <c r="BU80" s="92"/>
+      <c r="BV80" s="92"/>
+      <c r="BW80" s="92"/>
+    </row>
+    <row r="81" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A81" s="22"/>
       <c r="B81" s="21"/>
       <c r="C81" s="22"/>
       <c r="D81" s="22"/>
       <c r="E81" s="22"/>
       <c r="F81" s="21"/>
       <c r="G81" s="22"/>
       <c r="H81" s="22"/>
       <c r="I81" s="23"/>
       <c r="J81" s="23"/>
-      <c r="K81" s="93"/>
-[...2 lines deleted...]
-      <c r="N81" s="95" t="str">
+      <c r="K81" s="85"/>
+      <c r="L81" s="86"/>
+      <c r="M81" s="86"/>
+      <c r="N81" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O81" s="96"/>
-[...1 lines deleted...]
-      <c r="Q81" s="96"/>
+      <c r="O81" s="88"/>
+      <c r="P81" s="88"/>
+      <c r="Q81" s="88"/>
       <c r="R81" s="23"/>
       <c r="S81" s="23"/>
-      <c r="T81" s="97"/>
+      <c r="T81" s="89"/>
       <c r="U81" s="23"/>
       <c r="V81" s="23"/>
-      <c r="W81" s="97"/>
-[...8 lines deleted...]
-      <c r="AF81" s="98" t="str">
+      <c r="W81" s="89"/>
+      <c r="X81" s="89"/>
+      <c r="Y81" s="89"/>
+      <c r="Z81" s="89"/>
+      <c r="AA81" s="89"/>
+      <c r="AB81" s="89"/>
+      <c r="AC81" s="89"/>
+      <c r="AD81" s="89"/>
+      <c r="AE81" s="89"/>
+      <c r="AF81" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG81" s="23"/>
+      <c r="AG81" s="89"/>
       <c r="AH81" s="23"/>
       <c r="AI81" s="23"/>
       <c r="AJ81" s="23"/>
       <c r="AK81" s="23"/>
       <c r="AL81" s="23"/>
       <c r="AM81" s="23"/>
-      <c r="AN81" s="98" t="str">
+      <c r="AN81" s="23"/>
+      <c r="AO81" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO81" s="97"/>
-[...8 lines deleted...]
-      <c r="AX81" s="99" t="str">
+      <c r="AP81" s="89"/>
+      <c r="AQ81" s="89"/>
+      <c r="AR81" s="89"/>
+      <c r="AS81" s="89"/>
+      <c r="AT81" s="89"/>
+      <c r="AU81" s="89"/>
+      <c r="AV81" s="89"/>
+      <c r="AW81" s="89"/>
+      <c r="AX81" s="89"/>
+      <c r="AY81" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY81" s="97"/>
-      <c r="AZ81" s="99" t="str">
+      <c r="AZ81" s="89"/>
+      <c r="BA81" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA81" s="97"/>
-[...1 lines deleted...]
-      <c r="BC81" s="99" t="str">
+      <c r="BB81" s="89"/>
+      <c r="BC81" s="89"/>
+      <c r="BD81" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD81" s="97"/>
-[...3 lines deleted...]
-      <c r="BH81" s="99" t="str">
+      <c r="BE81" s="89"/>
+      <c r="BF81" s="89"/>
+      <c r="BG81" s="89"/>
+      <c r="BH81" s="89"/>
+      <c r="BI81" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI81" s="99" t="str">
+      <c r="BJ81" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ81" s="22"/>
-[...13 lines deleted...]
-    <row r="82" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK81" s="22"/>
+      <c r="BL81" s="92"/>
+      <c r="BM81" s="92"/>
+      <c r="BN81" s="92"/>
+      <c r="BO81" s="92"/>
+      <c r="BP81" s="92"/>
+      <c r="BQ81" s="92"/>
+      <c r="BR81" s="92"/>
+      <c r="BS81" s="92"/>
+      <c r="BT81" s="92"/>
+      <c r="BU81" s="92"/>
+      <c r="BV81" s="92"/>
+      <c r="BW81" s="92"/>
+    </row>
+    <row r="82" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A82" s="22"/>
       <c r="B82" s="21"/>
       <c r="C82" s="22"/>
       <c r="D82" s="22"/>
       <c r="E82" s="22"/>
       <c r="F82" s="21"/>
       <c r="G82" s="22"/>
       <c r="H82" s="22"/>
       <c r="I82" s="23"/>
       <c r="J82" s="23"/>
-      <c r="K82" s="93"/>
-[...2 lines deleted...]
-      <c r="N82" s="95" t="str">
+      <c r="K82" s="85"/>
+      <c r="L82" s="86"/>
+      <c r="M82" s="86"/>
+      <c r="N82" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O82" s="96"/>
-[...1 lines deleted...]
-      <c r="Q82" s="96"/>
+      <c r="O82" s="88"/>
+      <c r="P82" s="88"/>
+      <c r="Q82" s="88"/>
       <c r="R82" s="23"/>
       <c r="S82" s="23"/>
-      <c r="T82" s="97"/>
+      <c r="T82" s="89"/>
       <c r="U82" s="23"/>
       <c r="V82" s="23"/>
-      <c r="W82" s="97"/>
-[...8 lines deleted...]
-      <c r="AF82" s="98" t="str">
+      <c r="W82" s="89"/>
+      <c r="X82" s="89"/>
+      <c r="Y82" s="89"/>
+      <c r="Z82" s="89"/>
+      <c r="AA82" s="89"/>
+      <c r="AB82" s="89"/>
+      <c r="AC82" s="89"/>
+      <c r="AD82" s="89"/>
+      <c r="AE82" s="89"/>
+      <c r="AF82" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG82" s="23"/>
+      <c r="AG82" s="89"/>
       <c r="AH82" s="23"/>
       <c r="AI82" s="23"/>
       <c r="AJ82" s="23"/>
       <c r="AK82" s="23"/>
       <c r="AL82" s="23"/>
       <c r="AM82" s="23"/>
-      <c r="AN82" s="98" t="str">
+      <c r="AN82" s="23"/>
+      <c r="AO82" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO82" s="97"/>
-[...8 lines deleted...]
-      <c r="AX82" s="99" t="str">
+      <c r="AP82" s="89"/>
+      <c r="AQ82" s="89"/>
+      <c r="AR82" s="89"/>
+      <c r="AS82" s="89"/>
+      <c r="AT82" s="89"/>
+      <c r="AU82" s="89"/>
+      <c r="AV82" s="89"/>
+      <c r="AW82" s="89"/>
+      <c r="AX82" s="89"/>
+      <c r="AY82" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY82" s="97"/>
-      <c r="AZ82" s="99" t="str">
+      <c r="AZ82" s="89"/>
+      <c r="BA82" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA82" s="97"/>
-[...1 lines deleted...]
-      <c r="BC82" s="99" t="str">
+      <c r="BB82" s="89"/>
+      <c r="BC82" s="89"/>
+      <c r="BD82" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD82" s="97"/>
-[...3 lines deleted...]
-      <c r="BH82" s="99" t="str">
+      <c r="BE82" s="89"/>
+      <c r="BF82" s="89"/>
+      <c r="BG82" s="89"/>
+      <c r="BH82" s="89"/>
+      <c r="BI82" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI82" s="99" t="str">
+      <c r="BJ82" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ82" s="22"/>
-[...13 lines deleted...]
-    <row r="83" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK82" s="22"/>
+      <c r="BL82" s="92"/>
+      <c r="BM82" s="92"/>
+      <c r="BN82" s="92"/>
+      <c r="BO82" s="92"/>
+      <c r="BP82" s="92"/>
+      <c r="BQ82" s="92"/>
+      <c r="BR82" s="92"/>
+      <c r="BS82" s="92"/>
+      <c r="BT82" s="92"/>
+      <c r="BU82" s="92"/>
+      <c r="BV82" s="92"/>
+      <c r="BW82" s="92"/>
+    </row>
+    <row r="83" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A83" s="22"/>
       <c r="B83" s="21"/>
       <c r="C83" s="22"/>
       <c r="D83" s="22"/>
       <c r="E83" s="22"/>
       <c r="F83" s="21"/>
       <c r="G83" s="22"/>
       <c r="H83" s="22"/>
       <c r="I83" s="23"/>
       <c r="J83" s="23"/>
-      <c r="K83" s="93"/>
-[...2 lines deleted...]
-      <c r="N83" s="95" t="str">
+      <c r="K83" s="85"/>
+      <c r="L83" s="86"/>
+      <c r="M83" s="86"/>
+      <c r="N83" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O83" s="96"/>
-[...1 lines deleted...]
-      <c r="Q83" s="96"/>
+      <c r="O83" s="88"/>
+      <c r="P83" s="88"/>
+      <c r="Q83" s="88"/>
       <c r="R83" s="23"/>
       <c r="S83" s="23"/>
-      <c r="T83" s="97"/>
+      <c r="T83" s="89"/>
       <c r="U83" s="23"/>
       <c r="V83" s="23"/>
-      <c r="W83" s="97"/>
-[...8 lines deleted...]
-      <c r="AF83" s="98" t="str">
+      <c r="W83" s="89"/>
+      <c r="X83" s="89"/>
+      <c r="Y83" s="89"/>
+      <c r="Z83" s="89"/>
+      <c r="AA83" s="89"/>
+      <c r="AB83" s="89"/>
+      <c r="AC83" s="89"/>
+      <c r="AD83" s="89"/>
+      <c r="AE83" s="89"/>
+      <c r="AF83" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG83" s="23"/>
+      <c r="AG83" s="89"/>
       <c r="AH83" s="23"/>
       <c r="AI83" s="23"/>
       <c r="AJ83" s="23"/>
       <c r="AK83" s="23"/>
       <c r="AL83" s="23"/>
       <c r="AM83" s="23"/>
-      <c r="AN83" s="98" t="str">
+      <c r="AN83" s="23"/>
+      <c r="AO83" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO83" s="97"/>
-[...8 lines deleted...]
-      <c r="AX83" s="99" t="str">
+      <c r="AP83" s="89"/>
+      <c r="AQ83" s="89"/>
+      <c r="AR83" s="89"/>
+      <c r="AS83" s="89"/>
+      <c r="AT83" s="89"/>
+      <c r="AU83" s="89"/>
+      <c r="AV83" s="89"/>
+      <c r="AW83" s="89"/>
+      <c r="AX83" s="89"/>
+      <c r="AY83" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY83" s="97"/>
-      <c r="AZ83" s="99" t="str">
+      <c r="AZ83" s="89"/>
+      <c r="BA83" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA83" s="97"/>
-[...1 lines deleted...]
-      <c r="BC83" s="99" t="str">
+      <c r="BB83" s="89"/>
+      <c r="BC83" s="89"/>
+      <c r="BD83" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD83" s="97"/>
-[...3 lines deleted...]
-      <c r="BH83" s="99" t="str">
+      <c r="BE83" s="89"/>
+      <c r="BF83" s="89"/>
+      <c r="BG83" s="89"/>
+      <c r="BH83" s="89"/>
+      <c r="BI83" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI83" s="99" t="str">
+      <c r="BJ83" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ83" s="22"/>
-[...13 lines deleted...]
-    <row r="84" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK83" s="22"/>
+      <c r="BL83" s="92"/>
+      <c r="BM83" s="92"/>
+      <c r="BN83" s="92"/>
+      <c r="BO83" s="92"/>
+      <c r="BP83" s="92"/>
+      <c r="BQ83" s="92"/>
+      <c r="BR83" s="92"/>
+      <c r="BS83" s="92"/>
+      <c r="BT83" s="92"/>
+      <c r="BU83" s="92"/>
+      <c r="BV83" s="92"/>
+      <c r="BW83" s="92"/>
+    </row>
+    <row r="84" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A84" s="22"/>
       <c r="B84" s="21"/>
       <c r="C84" s="22"/>
       <c r="D84" s="22"/>
       <c r="E84" s="22"/>
       <c r="F84" s="21"/>
       <c r="G84" s="22"/>
       <c r="H84" s="22"/>
       <c r="I84" s="23"/>
       <c r="J84" s="23"/>
-      <c r="K84" s="93"/>
-[...2 lines deleted...]
-      <c r="N84" s="95" t="str">
+      <c r="K84" s="85"/>
+      <c r="L84" s="86"/>
+      <c r="M84" s="86"/>
+      <c r="N84" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O84" s="96"/>
-[...1 lines deleted...]
-      <c r="Q84" s="96"/>
+      <c r="O84" s="88"/>
+      <c r="P84" s="88"/>
+      <c r="Q84" s="88"/>
       <c r="R84" s="23"/>
       <c r="S84" s="23"/>
-      <c r="T84" s="97"/>
+      <c r="T84" s="89"/>
       <c r="U84" s="23"/>
       <c r="V84" s="23"/>
-      <c r="W84" s="97"/>
-[...8 lines deleted...]
-      <c r="AF84" s="98" t="str">
+      <c r="W84" s="89"/>
+      <c r="X84" s="89"/>
+      <c r="Y84" s="89"/>
+      <c r="Z84" s="89"/>
+      <c r="AA84" s="89"/>
+      <c r="AB84" s="89"/>
+      <c r="AC84" s="89"/>
+      <c r="AD84" s="89"/>
+      <c r="AE84" s="89"/>
+      <c r="AF84" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG84" s="23"/>
+      <c r="AG84" s="89"/>
       <c r="AH84" s="23"/>
       <c r="AI84" s="23"/>
       <c r="AJ84" s="23"/>
       <c r="AK84" s="23"/>
       <c r="AL84" s="23"/>
       <c r="AM84" s="23"/>
-      <c r="AN84" s="98" t="str">
+      <c r="AN84" s="23"/>
+      <c r="AO84" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO84" s="97"/>
-[...8 lines deleted...]
-      <c r="AX84" s="99" t="str">
+      <c r="AP84" s="89"/>
+      <c r="AQ84" s="89"/>
+      <c r="AR84" s="89"/>
+      <c r="AS84" s="89"/>
+      <c r="AT84" s="89"/>
+      <c r="AU84" s="89"/>
+      <c r="AV84" s="89"/>
+      <c r="AW84" s="89"/>
+      <c r="AX84" s="89"/>
+      <c r="AY84" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY84" s="97"/>
-      <c r="AZ84" s="99" t="str">
+      <c r="AZ84" s="89"/>
+      <c r="BA84" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA84" s="97"/>
-[...1 lines deleted...]
-      <c r="BC84" s="99" t="str">
+      <c r="BB84" s="89"/>
+      <c r="BC84" s="89"/>
+      <c r="BD84" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD84" s="97"/>
-[...3 lines deleted...]
-      <c r="BH84" s="99" t="str">
+      <c r="BE84" s="89"/>
+      <c r="BF84" s="89"/>
+      <c r="BG84" s="89"/>
+      <c r="BH84" s="89"/>
+      <c r="BI84" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI84" s="99" t="str">
+      <c r="BJ84" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ84" s="22"/>
-[...13 lines deleted...]
-    <row r="85" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK84" s="22"/>
+      <c r="BL84" s="92"/>
+      <c r="BM84" s="92"/>
+      <c r="BN84" s="92"/>
+      <c r="BO84" s="92"/>
+      <c r="BP84" s="92"/>
+      <c r="BQ84" s="92"/>
+      <c r="BR84" s="92"/>
+      <c r="BS84" s="92"/>
+      <c r="BT84" s="92"/>
+      <c r="BU84" s="92"/>
+      <c r="BV84" s="92"/>
+      <c r="BW84" s="92"/>
+    </row>
+    <row r="85" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A85" s="22"/>
       <c r="B85" s="21"/>
       <c r="C85" s="22"/>
       <c r="D85" s="22"/>
       <c r="E85" s="22"/>
       <c r="F85" s="21"/>
       <c r="G85" s="22"/>
       <c r="H85" s="22"/>
       <c r="I85" s="23"/>
       <c r="J85" s="23"/>
-      <c r="K85" s="93"/>
-[...2 lines deleted...]
-      <c r="N85" s="95" t="str">
+      <c r="K85" s="85"/>
+      <c r="L85" s="86"/>
+      <c r="M85" s="86"/>
+      <c r="N85" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O85" s="96"/>
-[...1 lines deleted...]
-      <c r="Q85" s="96"/>
+      <c r="O85" s="88"/>
+      <c r="P85" s="88"/>
+      <c r="Q85" s="88"/>
       <c r="R85" s="23"/>
       <c r="S85" s="23"/>
-      <c r="T85" s="97"/>
+      <c r="T85" s="89"/>
       <c r="U85" s="23"/>
       <c r="V85" s="23"/>
-      <c r="W85" s="97"/>
-[...8 lines deleted...]
-      <c r="AF85" s="98" t="str">
+      <c r="W85" s="89"/>
+      <c r="X85" s="89"/>
+      <c r="Y85" s="89"/>
+      <c r="Z85" s="89"/>
+      <c r="AA85" s="89"/>
+      <c r="AB85" s="89"/>
+      <c r="AC85" s="89"/>
+      <c r="AD85" s="89"/>
+      <c r="AE85" s="89"/>
+      <c r="AF85" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG85" s="23"/>
+      <c r="AG85" s="89"/>
       <c r="AH85" s="23"/>
       <c r="AI85" s="23"/>
       <c r="AJ85" s="23"/>
       <c r="AK85" s="23"/>
       <c r="AL85" s="23"/>
       <c r="AM85" s="23"/>
-      <c r="AN85" s="98" t="str">
+      <c r="AN85" s="23"/>
+      <c r="AO85" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO85" s="97"/>
-[...8 lines deleted...]
-      <c r="AX85" s="99" t="str">
+      <c r="AP85" s="89"/>
+      <c r="AQ85" s="89"/>
+      <c r="AR85" s="89"/>
+      <c r="AS85" s="89"/>
+      <c r="AT85" s="89"/>
+      <c r="AU85" s="89"/>
+      <c r="AV85" s="89"/>
+      <c r="AW85" s="89"/>
+      <c r="AX85" s="89"/>
+      <c r="AY85" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY85" s="97"/>
-      <c r="AZ85" s="99" t="str">
+      <c r="AZ85" s="89"/>
+      <c r="BA85" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA85" s="97"/>
-[...1 lines deleted...]
-      <c r="BC85" s="99" t="str">
+      <c r="BB85" s="89"/>
+      <c r="BC85" s="89"/>
+      <c r="BD85" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD85" s="97"/>
-[...3 lines deleted...]
-      <c r="BH85" s="99" t="str">
+      <c r="BE85" s="89"/>
+      <c r="BF85" s="89"/>
+      <c r="BG85" s="89"/>
+      <c r="BH85" s="89"/>
+      <c r="BI85" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI85" s="99" t="str">
+      <c r="BJ85" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ85" s="22"/>
-[...13 lines deleted...]
-    <row r="86" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK85" s="22"/>
+      <c r="BL85" s="92"/>
+      <c r="BM85" s="92"/>
+      <c r="BN85" s="92"/>
+      <c r="BO85" s="92"/>
+      <c r="BP85" s="92"/>
+      <c r="BQ85" s="92"/>
+      <c r="BR85" s="92"/>
+      <c r="BS85" s="92"/>
+      <c r="BT85" s="92"/>
+      <c r="BU85" s="92"/>
+      <c r="BV85" s="92"/>
+      <c r="BW85" s="92"/>
+    </row>
+    <row r="86" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A86" s="22"/>
       <c r="B86" s="21"/>
       <c r="C86" s="22"/>
       <c r="D86" s="22"/>
       <c r="E86" s="22"/>
       <c r="F86" s="21"/>
       <c r="G86" s="22"/>
       <c r="H86" s="22"/>
       <c r="I86" s="23"/>
       <c r="J86" s="23"/>
-      <c r="K86" s="93"/>
-[...2 lines deleted...]
-      <c r="N86" s="95" t="str">
+      <c r="K86" s="85"/>
+      <c r="L86" s="86"/>
+      <c r="M86" s="86"/>
+      <c r="N86" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O86" s="96"/>
-[...1 lines deleted...]
-      <c r="Q86" s="96"/>
+      <c r="O86" s="88"/>
+      <c r="P86" s="88"/>
+      <c r="Q86" s="88"/>
       <c r="R86" s="23"/>
       <c r="S86" s="23"/>
-      <c r="T86" s="97"/>
+      <c r="T86" s="89"/>
       <c r="U86" s="23"/>
       <c r="V86" s="23"/>
-      <c r="W86" s="97"/>
-[...8 lines deleted...]
-      <c r="AF86" s="98" t="str">
+      <c r="W86" s="89"/>
+      <c r="X86" s="89"/>
+      <c r="Y86" s="89"/>
+      <c r="Z86" s="89"/>
+      <c r="AA86" s="89"/>
+      <c r="AB86" s="89"/>
+      <c r="AC86" s="89"/>
+      <c r="AD86" s="89"/>
+      <c r="AE86" s="89"/>
+      <c r="AF86" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG86" s="23"/>
+      <c r="AG86" s="89"/>
       <c r="AH86" s="23"/>
       <c r="AI86" s="23"/>
       <c r="AJ86" s="23"/>
       <c r="AK86" s="23"/>
       <c r="AL86" s="23"/>
       <c r="AM86" s="23"/>
-      <c r="AN86" s="98" t="str">
+      <c r="AN86" s="23"/>
+      <c r="AO86" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO86" s="97"/>
-[...8 lines deleted...]
-      <c r="AX86" s="99" t="str">
+      <c r="AP86" s="89"/>
+      <c r="AQ86" s="89"/>
+      <c r="AR86" s="89"/>
+      <c r="AS86" s="89"/>
+      <c r="AT86" s="89"/>
+      <c r="AU86" s="89"/>
+      <c r="AV86" s="89"/>
+      <c r="AW86" s="89"/>
+      <c r="AX86" s="89"/>
+      <c r="AY86" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY86" s="97"/>
-      <c r="AZ86" s="99" t="str">
+      <c r="AZ86" s="89"/>
+      <c r="BA86" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA86" s="97"/>
-[...1 lines deleted...]
-      <c r="BC86" s="99" t="str">
+      <c r="BB86" s="89"/>
+      <c r="BC86" s="89"/>
+      <c r="BD86" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD86" s="97"/>
-[...3 lines deleted...]
-      <c r="BH86" s="99" t="str">
+      <c r="BE86" s="89"/>
+      <c r="BF86" s="89"/>
+      <c r="BG86" s="89"/>
+      <c r="BH86" s="89"/>
+      <c r="BI86" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI86" s="99" t="str">
+      <c r="BJ86" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ86" s="22"/>
-[...13 lines deleted...]
-    <row r="87" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK86" s="22"/>
+      <c r="BL86" s="92"/>
+      <c r="BM86" s="92"/>
+      <c r="BN86" s="92"/>
+      <c r="BO86" s="92"/>
+      <c r="BP86" s="92"/>
+      <c r="BQ86" s="92"/>
+      <c r="BR86" s="92"/>
+      <c r="BS86" s="92"/>
+      <c r="BT86" s="92"/>
+      <c r="BU86" s="92"/>
+      <c r="BV86" s="92"/>
+      <c r="BW86" s="92"/>
+    </row>
+    <row r="87" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A87" s="22"/>
       <c r="B87" s="21"/>
       <c r="C87" s="22"/>
       <c r="D87" s="22"/>
       <c r="E87" s="22"/>
       <c r="F87" s="21"/>
       <c r="G87" s="22"/>
       <c r="H87" s="22"/>
       <c r="I87" s="23"/>
       <c r="J87" s="23"/>
-      <c r="K87" s="93"/>
-[...2 lines deleted...]
-      <c r="N87" s="95" t="str">
+      <c r="K87" s="85"/>
+      <c r="L87" s="86"/>
+      <c r="M87" s="86"/>
+      <c r="N87" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O87" s="96"/>
-[...1 lines deleted...]
-      <c r="Q87" s="96"/>
+      <c r="O87" s="88"/>
+      <c r="P87" s="88"/>
+      <c r="Q87" s="88"/>
       <c r="R87" s="23"/>
       <c r="S87" s="23"/>
-      <c r="T87" s="97"/>
+      <c r="T87" s="89"/>
       <c r="U87" s="23"/>
       <c r="V87" s="23"/>
-      <c r="W87" s="97"/>
-[...8 lines deleted...]
-      <c r="AF87" s="98" t="str">
+      <c r="W87" s="89"/>
+      <c r="X87" s="89"/>
+      <c r="Y87" s="89"/>
+      <c r="Z87" s="89"/>
+      <c r="AA87" s="89"/>
+      <c r="AB87" s="89"/>
+      <c r="AC87" s="89"/>
+      <c r="AD87" s="89"/>
+      <c r="AE87" s="89"/>
+      <c r="AF87" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG87" s="23"/>
+      <c r="AG87" s="89"/>
       <c r="AH87" s="23"/>
       <c r="AI87" s="23"/>
       <c r="AJ87" s="23"/>
       <c r="AK87" s="23"/>
       <c r="AL87" s="23"/>
       <c r="AM87" s="23"/>
-      <c r="AN87" s="98" t="str">
+      <c r="AN87" s="23"/>
+      <c r="AO87" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO87" s="97"/>
-[...8 lines deleted...]
-      <c r="AX87" s="99" t="str">
+      <c r="AP87" s="89"/>
+      <c r="AQ87" s="89"/>
+      <c r="AR87" s="89"/>
+      <c r="AS87" s="89"/>
+      <c r="AT87" s="89"/>
+      <c r="AU87" s="89"/>
+      <c r="AV87" s="89"/>
+      <c r="AW87" s="89"/>
+      <c r="AX87" s="89"/>
+      <c r="AY87" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY87" s="97"/>
-      <c r="AZ87" s="99" t="str">
+      <c r="AZ87" s="89"/>
+      <c r="BA87" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA87" s="97"/>
-[...1 lines deleted...]
-      <c r="BC87" s="99" t="str">
+      <c r="BB87" s="89"/>
+      <c r="BC87" s="89"/>
+      <c r="BD87" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD87" s="97"/>
-[...3 lines deleted...]
-      <c r="BH87" s="99" t="str">
+      <c r="BE87" s="89"/>
+      <c r="BF87" s="89"/>
+      <c r="BG87" s="89"/>
+      <c r="BH87" s="89"/>
+      <c r="BI87" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI87" s="99" t="str">
+      <c r="BJ87" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ87" s="22"/>
-[...13 lines deleted...]
-    <row r="88" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK87" s="22"/>
+      <c r="BL87" s="92"/>
+      <c r="BM87" s="92"/>
+      <c r="BN87" s="92"/>
+      <c r="BO87" s="92"/>
+      <c r="BP87" s="92"/>
+      <c r="BQ87" s="92"/>
+      <c r="BR87" s="92"/>
+      <c r="BS87" s="92"/>
+      <c r="BT87" s="92"/>
+      <c r="BU87" s="92"/>
+      <c r="BV87" s="92"/>
+      <c r="BW87" s="92"/>
+    </row>
+    <row r="88" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A88" s="22"/>
       <c r="B88" s="21"/>
       <c r="C88" s="22"/>
       <c r="D88" s="22"/>
       <c r="E88" s="22"/>
       <c r="F88" s="21"/>
       <c r="G88" s="22"/>
       <c r="H88" s="22"/>
       <c r="I88" s="23"/>
       <c r="J88" s="23"/>
-      <c r="K88" s="93"/>
-[...2 lines deleted...]
-      <c r="N88" s="95" t="str">
+      <c r="K88" s="85"/>
+      <c r="L88" s="86"/>
+      <c r="M88" s="86"/>
+      <c r="N88" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O88" s="96"/>
-[...1 lines deleted...]
-      <c r="Q88" s="96"/>
+      <c r="O88" s="88"/>
+      <c r="P88" s="88"/>
+      <c r="Q88" s="88"/>
       <c r="R88" s="23"/>
       <c r="S88" s="23"/>
-      <c r="T88" s="97"/>
+      <c r="T88" s="89"/>
       <c r="U88" s="23"/>
       <c r="V88" s="23"/>
-      <c r="W88" s="97"/>
-[...8 lines deleted...]
-      <c r="AF88" s="98" t="str">
+      <c r="W88" s="89"/>
+      <c r="X88" s="89"/>
+      <c r="Y88" s="89"/>
+      <c r="Z88" s="89"/>
+      <c r="AA88" s="89"/>
+      <c r="AB88" s="89"/>
+      <c r="AC88" s="89"/>
+      <c r="AD88" s="89"/>
+      <c r="AE88" s="89"/>
+      <c r="AF88" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG88" s="23"/>
+      <c r="AG88" s="89"/>
       <c r="AH88" s="23"/>
       <c r="AI88" s="23"/>
       <c r="AJ88" s="23"/>
       <c r="AK88" s="23"/>
       <c r="AL88" s="23"/>
       <c r="AM88" s="23"/>
-      <c r="AN88" s="98" t="str">
+      <c r="AN88" s="23"/>
+      <c r="AO88" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO88" s="97"/>
-[...8 lines deleted...]
-      <c r="AX88" s="99" t="str">
+      <c r="AP88" s="89"/>
+      <c r="AQ88" s="89"/>
+      <c r="AR88" s="89"/>
+      <c r="AS88" s="89"/>
+      <c r="AT88" s="89"/>
+      <c r="AU88" s="89"/>
+      <c r="AV88" s="89"/>
+      <c r="AW88" s="89"/>
+      <c r="AX88" s="89"/>
+      <c r="AY88" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY88" s="97"/>
-      <c r="AZ88" s="99" t="str">
+      <c r="AZ88" s="89"/>
+      <c r="BA88" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA88" s="97"/>
-[...1 lines deleted...]
-      <c r="BC88" s="99" t="str">
+      <c r="BB88" s="89"/>
+      <c r="BC88" s="89"/>
+      <c r="BD88" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD88" s="97"/>
-[...3 lines deleted...]
-      <c r="BH88" s="99" t="str">
+      <c r="BE88" s="89"/>
+      <c r="BF88" s="89"/>
+      <c r="BG88" s="89"/>
+      <c r="BH88" s="89"/>
+      <c r="BI88" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI88" s="99" t="str">
+      <c r="BJ88" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ88" s="22"/>
-[...13 lines deleted...]
-    <row r="89" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK88" s="22"/>
+      <c r="BL88" s="92"/>
+      <c r="BM88" s="92"/>
+      <c r="BN88" s="92"/>
+      <c r="BO88" s="92"/>
+      <c r="BP88" s="92"/>
+      <c r="BQ88" s="92"/>
+      <c r="BR88" s="92"/>
+      <c r="BS88" s="92"/>
+      <c r="BT88" s="92"/>
+      <c r="BU88" s="92"/>
+      <c r="BV88" s="92"/>
+      <c r="BW88" s="92"/>
+    </row>
+    <row r="89" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A89" s="22"/>
       <c r="B89" s="21"/>
       <c r="C89" s="22"/>
       <c r="D89" s="22"/>
       <c r="E89" s="22"/>
       <c r="F89" s="21"/>
       <c r="G89" s="22"/>
       <c r="H89" s="22"/>
       <c r="I89" s="23"/>
       <c r="J89" s="23"/>
-      <c r="K89" s="93"/>
-[...2 lines deleted...]
-      <c r="N89" s="95" t="str">
+      <c r="K89" s="85"/>
+      <c r="L89" s="86"/>
+      <c r="M89" s="86"/>
+      <c r="N89" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O89" s="96"/>
-[...1 lines deleted...]
-      <c r="Q89" s="96"/>
+      <c r="O89" s="88"/>
+      <c r="P89" s="88"/>
+      <c r="Q89" s="88"/>
       <c r="R89" s="23"/>
       <c r="S89" s="23"/>
-      <c r="T89" s="97"/>
+      <c r="T89" s="89"/>
       <c r="U89" s="23"/>
       <c r="V89" s="23"/>
-      <c r="W89" s="97"/>
-[...8 lines deleted...]
-      <c r="AF89" s="98" t="str">
+      <c r="W89" s="89"/>
+      <c r="X89" s="89"/>
+      <c r="Y89" s="89"/>
+      <c r="Z89" s="89"/>
+      <c r="AA89" s="89"/>
+      <c r="AB89" s="89"/>
+      <c r="AC89" s="89"/>
+      <c r="AD89" s="89"/>
+      <c r="AE89" s="89"/>
+      <c r="AF89" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG89" s="23"/>
+      <c r="AG89" s="89"/>
       <c r="AH89" s="23"/>
       <c r="AI89" s="23"/>
       <c r="AJ89" s="23"/>
       <c r="AK89" s="23"/>
       <c r="AL89" s="23"/>
       <c r="AM89" s="23"/>
-      <c r="AN89" s="98" t="str">
+      <c r="AN89" s="23"/>
+      <c r="AO89" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO89" s="97"/>
-[...8 lines deleted...]
-      <c r="AX89" s="99" t="str">
+      <c r="AP89" s="89"/>
+      <c r="AQ89" s="89"/>
+      <c r="AR89" s="89"/>
+      <c r="AS89" s="89"/>
+      <c r="AT89" s="89"/>
+      <c r="AU89" s="89"/>
+      <c r="AV89" s="89"/>
+      <c r="AW89" s="89"/>
+      <c r="AX89" s="89"/>
+      <c r="AY89" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY89" s="97"/>
-      <c r="AZ89" s="99" t="str">
+      <c r="AZ89" s="89"/>
+      <c r="BA89" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA89" s="97"/>
-[...1 lines deleted...]
-      <c r="BC89" s="99" t="str">
+      <c r="BB89" s="89"/>
+      <c r="BC89" s="89"/>
+      <c r="BD89" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD89" s="97"/>
-[...3 lines deleted...]
-      <c r="BH89" s="99" t="str">
+      <c r="BE89" s="89"/>
+      <c r="BF89" s="89"/>
+      <c r="BG89" s="89"/>
+      <c r="BH89" s="89"/>
+      <c r="BI89" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI89" s="99" t="str">
+      <c r="BJ89" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ89" s="22"/>
-[...13 lines deleted...]
-    <row r="90" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK89" s="22"/>
+      <c r="BL89" s="92"/>
+      <c r="BM89" s="92"/>
+      <c r="BN89" s="92"/>
+      <c r="BO89" s="92"/>
+      <c r="BP89" s="92"/>
+      <c r="BQ89" s="92"/>
+      <c r="BR89" s="92"/>
+      <c r="BS89" s="92"/>
+      <c r="BT89" s="92"/>
+      <c r="BU89" s="92"/>
+      <c r="BV89" s="92"/>
+      <c r="BW89" s="92"/>
+    </row>
+    <row r="90" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A90" s="22"/>
       <c r="B90" s="21"/>
       <c r="C90" s="22"/>
       <c r="D90" s="22"/>
       <c r="E90" s="22"/>
       <c r="F90" s="21"/>
       <c r="G90" s="22"/>
       <c r="H90" s="22"/>
       <c r="I90" s="23"/>
       <c r="J90" s="23"/>
-      <c r="K90" s="93"/>
-[...2 lines deleted...]
-      <c r="N90" s="95" t="str">
+      <c r="K90" s="85"/>
+      <c r="L90" s="86"/>
+      <c r="M90" s="86"/>
+      <c r="N90" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O90" s="96"/>
-[...1 lines deleted...]
-      <c r="Q90" s="96"/>
+      <c r="O90" s="88"/>
+      <c r="P90" s="88"/>
+      <c r="Q90" s="88"/>
       <c r="R90" s="23"/>
       <c r="S90" s="23"/>
-      <c r="T90" s="97"/>
+      <c r="T90" s="89"/>
       <c r="U90" s="23"/>
       <c r="V90" s="23"/>
-      <c r="W90" s="97"/>
-[...8 lines deleted...]
-      <c r="AF90" s="98" t="str">
+      <c r="W90" s="89"/>
+      <c r="X90" s="89"/>
+      <c r="Y90" s="89"/>
+      <c r="Z90" s="89"/>
+      <c r="AA90" s="89"/>
+      <c r="AB90" s="89"/>
+      <c r="AC90" s="89"/>
+      <c r="AD90" s="89"/>
+      <c r="AE90" s="89"/>
+      <c r="AF90" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG90" s="23"/>
+      <c r="AG90" s="89"/>
       <c r="AH90" s="23"/>
       <c r="AI90" s="23"/>
       <c r="AJ90" s="23"/>
       <c r="AK90" s="23"/>
       <c r="AL90" s="23"/>
       <c r="AM90" s="23"/>
-      <c r="AN90" s="98" t="str">
+      <c r="AN90" s="23"/>
+      <c r="AO90" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO90" s="97"/>
-[...8 lines deleted...]
-      <c r="AX90" s="99" t="str">
+      <c r="AP90" s="89"/>
+      <c r="AQ90" s="89"/>
+      <c r="AR90" s="89"/>
+      <c r="AS90" s="89"/>
+      <c r="AT90" s="89"/>
+      <c r="AU90" s="89"/>
+      <c r="AV90" s="89"/>
+      <c r="AW90" s="89"/>
+      <c r="AX90" s="89"/>
+      <c r="AY90" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY90" s="97"/>
-      <c r="AZ90" s="99" t="str">
+      <c r="AZ90" s="89"/>
+      <c r="BA90" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA90" s="97"/>
-[...1 lines deleted...]
-      <c r="BC90" s="99" t="str">
+      <c r="BB90" s="89"/>
+      <c r="BC90" s="89"/>
+      <c r="BD90" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD90" s="97"/>
-[...3 lines deleted...]
-      <c r="BH90" s="99" t="str">
+      <c r="BE90" s="89"/>
+      <c r="BF90" s="89"/>
+      <c r="BG90" s="89"/>
+      <c r="BH90" s="89"/>
+      <c r="BI90" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI90" s="99" t="str">
+      <c r="BJ90" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ90" s="22"/>
-[...13 lines deleted...]
-    <row r="91" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK90" s="22"/>
+      <c r="BL90" s="92"/>
+      <c r="BM90" s="92"/>
+      <c r="BN90" s="92"/>
+      <c r="BO90" s="92"/>
+      <c r="BP90" s="92"/>
+      <c r="BQ90" s="92"/>
+      <c r="BR90" s="92"/>
+      <c r="BS90" s="92"/>
+      <c r="BT90" s="92"/>
+      <c r="BU90" s="92"/>
+      <c r="BV90" s="92"/>
+      <c r="BW90" s="92"/>
+    </row>
+    <row r="91" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A91" s="22"/>
       <c r="B91" s="21"/>
       <c r="C91" s="22"/>
       <c r="D91" s="22"/>
       <c r="E91" s="22"/>
       <c r="F91" s="21"/>
       <c r="G91" s="22"/>
       <c r="H91" s="22"/>
       <c r="I91" s="23"/>
       <c r="J91" s="23"/>
-      <c r="K91" s="93"/>
-[...2 lines deleted...]
-      <c r="N91" s="95" t="str">
+      <c r="K91" s="85"/>
+      <c r="L91" s="86"/>
+      <c r="M91" s="86"/>
+      <c r="N91" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O91" s="96"/>
-[...1 lines deleted...]
-      <c r="Q91" s="96"/>
+      <c r="O91" s="88"/>
+      <c r="P91" s="88"/>
+      <c r="Q91" s="88"/>
       <c r="R91" s="23"/>
       <c r="S91" s="23"/>
-      <c r="T91" s="97"/>
+      <c r="T91" s="89"/>
       <c r="U91" s="23"/>
       <c r="V91" s="23"/>
-      <c r="W91" s="97"/>
-[...8 lines deleted...]
-      <c r="AF91" s="98" t="str">
+      <c r="W91" s="89"/>
+      <c r="X91" s="89"/>
+      <c r="Y91" s="89"/>
+      <c r="Z91" s="89"/>
+      <c r="AA91" s="89"/>
+      <c r="AB91" s="89"/>
+      <c r="AC91" s="89"/>
+      <c r="AD91" s="89"/>
+      <c r="AE91" s="89"/>
+      <c r="AF91" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG91" s="23"/>
+      <c r="AG91" s="89"/>
       <c r="AH91" s="23"/>
       <c r="AI91" s="23"/>
       <c r="AJ91" s="23"/>
       <c r="AK91" s="23"/>
       <c r="AL91" s="23"/>
       <c r="AM91" s="23"/>
-      <c r="AN91" s="98" t="str">
+      <c r="AN91" s="23"/>
+      <c r="AO91" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO91" s="97"/>
-[...8 lines deleted...]
-      <c r="AX91" s="99" t="str">
+      <c r="AP91" s="89"/>
+      <c r="AQ91" s="89"/>
+      <c r="AR91" s="89"/>
+      <c r="AS91" s="89"/>
+      <c r="AT91" s="89"/>
+      <c r="AU91" s="89"/>
+      <c r="AV91" s="89"/>
+      <c r="AW91" s="89"/>
+      <c r="AX91" s="89"/>
+      <c r="AY91" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY91" s="97"/>
-      <c r="AZ91" s="99" t="str">
+      <c r="AZ91" s="89"/>
+      <c r="BA91" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA91" s="97"/>
-[...1 lines deleted...]
-      <c r="BC91" s="99" t="str">
+      <c r="BB91" s="89"/>
+      <c r="BC91" s="89"/>
+      <c r="BD91" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD91" s="97"/>
-[...3 lines deleted...]
-      <c r="BH91" s="99" t="str">
+      <c r="BE91" s="89"/>
+      <c r="BF91" s="89"/>
+      <c r="BG91" s="89"/>
+      <c r="BH91" s="89"/>
+      <c r="BI91" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI91" s="99" t="str">
+      <c r="BJ91" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ91" s="22"/>
-[...13 lines deleted...]
-    <row r="92" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK91" s="22"/>
+      <c r="BL91" s="92"/>
+      <c r="BM91" s="92"/>
+      <c r="BN91" s="92"/>
+      <c r="BO91" s="92"/>
+      <c r="BP91" s="92"/>
+      <c r="BQ91" s="92"/>
+      <c r="BR91" s="92"/>
+      <c r="BS91" s="92"/>
+      <c r="BT91" s="92"/>
+      <c r="BU91" s="92"/>
+      <c r="BV91" s="92"/>
+      <c r="BW91" s="92"/>
+    </row>
+    <row r="92" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A92" s="22"/>
       <c r="B92" s="21"/>
       <c r="C92" s="22"/>
       <c r="D92" s="22"/>
       <c r="E92" s="22"/>
       <c r="F92" s="21"/>
       <c r="G92" s="22"/>
       <c r="H92" s="22"/>
       <c r="I92" s="23"/>
       <c r="J92" s="23"/>
-      <c r="K92" s="93"/>
-[...2 lines deleted...]
-      <c r="N92" s="95" t="str">
+      <c r="K92" s="85"/>
+      <c r="L92" s="86"/>
+      <c r="M92" s="86"/>
+      <c r="N92" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O92" s="96"/>
-[...1 lines deleted...]
-      <c r="Q92" s="96"/>
+      <c r="O92" s="88"/>
+      <c r="P92" s="88"/>
+      <c r="Q92" s="88"/>
       <c r="R92" s="23"/>
       <c r="S92" s="23"/>
-      <c r="T92" s="97"/>
+      <c r="T92" s="89"/>
       <c r="U92" s="23"/>
       <c r="V92" s="23"/>
-      <c r="W92" s="97"/>
-[...8 lines deleted...]
-      <c r="AF92" s="98" t="str">
+      <c r="W92" s="89"/>
+      <c r="X92" s="89"/>
+      <c r="Y92" s="89"/>
+      <c r="Z92" s="89"/>
+      <c r="AA92" s="89"/>
+      <c r="AB92" s="89"/>
+      <c r="AC92" s="89"/>
+      <c r="AD92" s="89"/>
+      <c r="AE92" s="89"/>
+      <c r="AF92" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG92" s="23"/>
+      <c r="AG92" s="89"/>
       <c r="AH92" s="23"/>
       <c r="AI92" s="23"/>
       <c r="AJ92" s="23"/>
       <c r="AK92" s="23"/>
       <c r="AL92" s="23"/>
       <c r="AM92" s="23"/>
-      <c r="AN92" s="98" t="str">
+      <c r="AN92" s="23"/>
+      <c r="AO92" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO92" s="97"/>
-[...8 lines deleted...]
-      <c r="AX92" s="99" t="str">
+      <c r="AP92" s="89"/>
+      <c r="AQ92" s="89"/>
+      <c r="AR92" s="89"/>
+      <c r="AS92" s="89"/>
+      <c r="AT92" s="89"/>
+      <c r="AU92" s="89"/>
+      <c r="AV92" s="89"/>
+      <c r="AW92" s="89"/>
+      <c r="AX92" s="89"/>
+      <c r="AY92" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY92" s="97"/>
-      <c r="AZ92" s="99" t="str">
+      <c r="AZ92" s="89"/>
+      <c r="BA92" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA92" s="97"/>
-[...1 lines deleted...]
-      <c r="BC92" s="99" t="str">
+      <c r="BB92" s="89"/>
+      <c r="BC92" s="89"/>
+      <c r="BD92" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD92" s="97"/>
-[...3 lines deleted...]
-      <c r="BH92" s="99" t="str">
+      <c r="BE92" s="89"/>
+      <c r="BF92" s="89"/>
+      <c r="BG92" s="89"/>
+      <c r="BH92" s="89"/>
+      <c r="BI92" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI92" s="99" t="str">
+      <c r="BJ92" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ92" s="22"/>
-[...13 lines deleted...]
-    <row r="93" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK92" s="22"/>
+      <c r="BL92" s="92"/>
+      <c r="BM92" s="92"/>
+      <c r="BN92" s="92"/>
+      <c r="BO92" s="92"/>
+      <c r="BP92" s="92"/>
+      <c r="BQ92" s="92"/>
+      <c r="BR92" s="92"/>
+      <c r="BS92" s="92"/>
+      <c r="BT92" s="92"/>
+      <c r="BU92" s="92"/>
+      <c r="BV92" s="92"/>
+      <c r="BW92" s="92"/>
+    </row>
+    <row r="93" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A93" s="22"/>
       <c r="B93" s="21"/>
       <c r="C93" s="22"/>
       <c r="D93" s="22"/>
       <c r="E93" s="22"/>
       <c r="F93" s="21"/>
       <c r="G93" s="22"/>
       <c r="H93" s="22"/>
       <c r="I93" s="23"/>
       <c r="J93" s="23"/>
-      <c r="K93" s="93"/>
-[...2 lines deleted...]
-      <c r="N93" s="95" t="str">
+      <c r="K93" s="85"/>
+      <c r="L93" s="86"/>
+      <c r="M93" s="86"/>
+      <c r="N93" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O93" s="96"/>
-[...1 lines deleted...]
-      <c r="Q93" s="96"/>
+      <c r="O93" s="88"/>
+      <c r="P93" s="88"/>
+      <c r="Q93" s="88"/>
       <c r="R93" s="23"/>
       <c r="S93" s="23"/>
-      <c r="T93" s="97"/>
+      <c r="T93" s="89"/>
       <c r="U93" s="23"/>
       <c r="V93" s="23"/>
-      <c r="W93" s="97"/>
-[...8 lines deleted...]
-      <c r="AF93" s="98" t="str">
+      <c r="W93" s="89"/>
+      <c r="X93" s="89"/>
+      <c r="Y93" s="89"/>
+      <c r="Z93" s="89"/>
+      <c r="AA93" s="89"/>
+      <c r="AB93" s="89"/>
+      <c r="AC93" s="89"/>
+      <c r="AD93" s="89"/>
+      <c r="AE93" s="89"/>
+      <c r="AF93" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG93" s="23"/>
+      <c r="AG93" s="89"/>
       <c r="AH93" s="23"/>
       <c r="AI93" s="23"/>
       <c r="AJ93" s="23"/>
       <c r="AK93" s="23"/>
       <c r="AL93" s="23"/>
       <c r="AM93" s="23"/>
-      <c r="AN93" s="98" t="str">
+      <c r="AN93" s="23"/>
+      <c r="AO93" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO93" s="97"/>
-[...8 lines deleted...]
-      <c r="AX93" s="99" t="str">
+      <c r="AP93" s="89"/>
+      <c r="AQ93" s="89"/>
+      <c r="AR93" s="89"/>
+      <c r="AS93" s="89"/>
+      <c r="AT93" s="89"/>
+      <c r="AU93" s="89"/>
+      <c r="AV93" s="89"/>
+      <c r="AW93" s="89"/>
+      <c r="AX93" s="89"/>
+      <c r="AY93" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY93" s="97"/>
-      <c r="AZ93" s="99" t="str">
+      <c r="AZ93" s="89"/>
+      <c r="BA93" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA93" s="97"/>
-[...1 lines deleted...]
-      <c r="BC93" s="99" t="str">
+      <c r="BB93" s="89"/>
+      <c r="BC93" s="89"/>
+      <c r="BD93" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD93" s="97"/>
-[...3 lines deleted...]
-      <c r="BH93" s="99" t="str">
+      <c r="BE93" s="89"/>
+      <c r="BF93" s="89"/>
+      <c r="BG93" s="89"/>
+      <c r="BH93" s="89"/>
+      <c r="BI93" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI93" s="99" t="str">
+      <c r="BJ93" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ93" s="22"/>
-[...13 lines deleted...]
-    <row r="94" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK93" s="22"/>
+      <c r="BL93" s="92"/>
+      <c r="BM93" s="92"/>
+      <c r="BN93" s="92"/>
+      <c r="BO93" s="92"/>
+      <c r="BP93" s="92"/>
+      <c r="BQ93" s="92"/>
+      <c r="BR93" s="92"/>
+      <c r="BS93" s="92"/>
+      <c r="BT93" s="92"/>
+      <c r="BU93" s="92"/>
+      <c r="BV93" s="92"/>
+      <c r="BW93" s="92"/>
+    </row>
+    <row r="94" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A94" s="22"/>
       <c r="B94" s="21"/>
       <c r="C94" s="22"/>
       <c r="D94" s="22"/>
       <c r="E94" s="22"/>
       <c r="F94" s="21"/>
       <c r="G94" s="22"/>
       <c r="H94" s="22"/>
       <c r="I94" s="23"/>
       <c r="J94" s="23"/>
-      <c r="K94" s="93"/>
-[...2 lines deleted...]
-      <c r="N94" s="95" t="str">
+      <c r="K94" s="85"/>
+      <c r="L94" s="86"/>
+      <c r="M94" s="86"/>
+      <c r="N94" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O94" s="96"/>
-[...1 lines deleted...]
-      <c r="Q94" s="96"/>
+      <c r="O94" s="88"/>
+      <c r="P94" s="88"/>
+      <c r="Q94" s="88"/>
       <c r="R94" s="23"/>
       <c r="S94" s="23"/>
-      <c r="T94" s="97"/>
+      <c r="T94" s="89"/>
       <c r="U94" s="23"/>
       <c r="V94" s="23"/>
-      <c r="W94" s="97"/>
-[...8 lines deleted...]
-      <c r="AF94" s="98" t="str">
+      <c r="W94" s="89"/>
+      <c r="X94" s="89"/>
+      <c r="Y94" s="89"/>
+      <c r="Z94" s="89"/>
+      <c r="AA94" s="89"/>
+      <c r="AB94" s="89"/>
+      <c r="AC94" s="89"/>
+      <c r="AD94" s="89"/>
+      <c r="AE94" s="89"/>
+      <c r="AF94" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG94" s="23"/>
+      <c r="AG94" s="89"/>
       <c r="AH94" s="23"/>
       <c r="AI94" s="23"/>
       <c r="AJ94" s="23"/>
       <c r="AK94" s="23"/>
       <c r="AL94" s="23"/>
       <c r="AM94" s="23"/>
-      <c r="AN94" s="98" t="str">
+      <c r="AN94" s="23"/>
+      <c r="AO94" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO94" s="97"/>
-[...8 lines deleted...]
-      <c r="AX94" s="99" t="str">
+      <c r="AP94" s="89"/>
+      <c r="AQ94" s="89"/>
+      <c r="AR94" s="89"/>
+      <c r="AS94" s="89"/>
+      <c r="AT94" s="89"/>
+      <c r="AU94" s="89"/>
+      <c r="AV94" s="89"/>
+      <c r="AW94" s="89"/>
+      <c r="AX94" s="89"/>
+      <c r="AY94" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY94" s="97"/>
-      <c r="AZ94" s="99" t="str">
+      <c r="AZ94" s="89"/>
+      <c r="BA94" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA94" s="97"/>
-[...1 lines deleted...]
-      <c r="BC94" s="99" t="str">
+      <c r="BB94" s="89"/>
+      <c r="BC94" s="89"/>
+      <c r="BD94" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD94" s="97"/>
-[...3 lines deleted...]
-      <c r="BH94" s="99" t="str">
+      <c r="BE94" s="89"/>
+      <c r="BF94" s="89"/>
+      <c r="BG94" s="89"/>
+      <c r="BH94" s="89"/>
+      <c r="BI94" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI94" s="99" t="str">
+      <c r="BJ94" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ94" s="22"/>
-[...13 lines deleted...]
-    <row r="95" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK94" s="22"/>
+      <c r="BL94" s="92"/>
+      <c r="BM94" s="92"/>
+      <c r="BN94" s="92"/>
+      <c r="BO94" s="92"/>
+      <c r="BP94" s="92"/>
+      <c r="BQ94" s="92"/>
+      <c r="BR94" s="92"/>
+      <c r="BS94" s="92"/>
+      <c r="BT94" s="92"/>
+      <c r="BU94" s="92"/>
+      <c r="BV94" s="92"/>
+      <c r="BW94" s="92"/>
+    </row>
+    <row r="95" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A95" s="22"/>
       <c r="B95" s="21"/>
       <c r="C95" s="22"/>
       <c r="D95" s="22"/>
       <c r="E95" s="22"/>
       <c r="F95" s="21"/>
       <c r="G95" s="22"/>
       <c r="H95" s="22"/>
       <c r="I95" s="23"/>
       <c r="J95" s="23"/>
-      <c r="K95" s="93"/>
-[...2 lines deleted...]
-      <c r="N95" s="95" t="str">
+      <c r="K95" s="85"/>
+      <c r="L95" s="86"/>
+      <c r="M95" s="86"/>
+      <c r="N95" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O95" s="96"/>
-[...1 lines deleted...]
-      <c r="Q95" s="96"/>
+      <c r="O95" s="88"/>
+      <c r="P95" s="88"/>
+      <c r="Q95" s="88"/>
       <c r="R95" s="23"/>
       <c r="S95" s="23"/>
-      <c r="T95" s="97"/>
+      <c r="T95" s="89"/>
       <c r="U95" s="23"/>
       <c r="V95" s="23"/>
-      <c r="W95" s="97"/>
-[...8 lines deleted...]
-      <c r="AF95" s="98" t="str">
+      <c r="W95" s="89"/>
+      <c r="X95" s="89"/>
+      <c r="Y95" s="89"/>
+      <c r="Z95" s="89"/>
+      <c r="AA95" s="89"/>
+      <c r="AB95" s="89"/>
+      <c r="AC95" s="89"/>
+      <c r="AD95" s="89"/>
+      <c r="AE95" s="89"/>
+      <c r="AF95" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG95" s="23"/>
+      <c r="AG95" s="89"/>
       <c r="AH95" s="23"/>
       <c r="AI95" s="23"/>
       <c r="AJ95" s="23"/>
       <c r="AK95" s="23"/>
       <c r="AL95" s="23"/>
       <c r="AM95" s="23"/>
-      <c r="AN95" s="98" t="str">
+      <c r="AN95" s="23"/>
+      <c r="AO95" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO95" s="97"/>
-[...8 lines deleted...]
-      <c r="AX95" s="99" t="str">
+      <c r="AP95" s="89"/>
+      <c r="AQ95" s="89"/>
+      <c r="AR95" s="89"/>
+      <c r="AS95" s="89"/>
+      <c r="AT95" s="89"/>
+      <c r="AU95" s="89"/>
+      <c r="AV95" s="89"/>
+      <c r="AW95" s="89"/>
+      <c r="AX95" s="89"/>
+      <c r="AY95" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY95" s="97"/>
-      <c r="AZ95" s="99" t="str">
+      <c r="AZ95" s="89"/>
+      <c r="BA95" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA95" s="97"/>
-[...1 lines deleted...]
-      <c r="BC95" s="99" t="str">
+      <c r="BB95" s="89"/>
+      <c r="BC95" s="89"/>
+      <c r="BD95" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD95" s="97"/>
-[...3 lines deleted...]
-      <c r="BH95" s="99" t="str">
+      <c r="BE95" s="89"/>
+      <c r="BF95" s="89"/>
+      <c r="BG95" s="89"/>
+      <c r="BH95" s="89"/>
+      <c r="BI95" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI95" s="99" t="str">
+      <c r="BJ95" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ95" s="22"/>
-[...13 lines deleted...]
-    <row r="96" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK95" s="22"/>
+      <c r="BL95" s="92"/>
+      <c r="BM95" s="92"/>
+      <c r="BN95" s="92"/>
+      <c r="BO95" s="92"/>
+      <c r="BP95" s="92"/>
+      <c r="BQ95" s="92"/>
+      <c r="BR95" s="92"/>
+      <c r="BS95" s="92"/>
+      <c r="BT95" s="92"/>
+      <c r="BU95" s="92"/>
+      <c r="BV95" s="92"/>
+      <c r="BW95" s="92"/>
+    </row>
+    <row r="96" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A96" s="22"/>
       <c r="B96" s="21"/>
       <c r="C96" s="22"/>
       <c r="D96" s="22"/>
       <c r="E96" s="22"/>
       <c r="F96" s="21"/>
       <c r="G96" s="22"/>
       <c r="H96" s="22"/>
       <c r="I96" s="23"/>
       <c r="J96" s="23"/>
-      <c r="K96" s="93"/>
-[...2 lines deleted...]
-      <c r="N96" s="95" t="str">
+      <c r="K96" s="85"/>
+      <c r="L96" s="86"/>
+      <c r="M96" s="86"/>
+      <c r="N96" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O96" s="96"/>
-[...1 lines deleted...]
-      <c r="Q96" s="96"/>
+      <c r="O96" s="88"/>
+      <c r="P96" s="88"/>
+      <c r="Q96" s="88"/>
       <c r="R96" s="23"/>
       <c r="S96" s="23"/>
-      <c r="T96" s="97"/>
+      <c r="T96" s="89"/>
       <c r="U96" s="23"/>
       <c r="V96" s="23"/>
-      <c r="W96" s="97"/>
-[...8 lines deleted...]
-      <c r="AF96" s="98" t="str">
+      <c r="W96" s="89"/>
+      <c r="X96" s="89"/>
+      <c r="Y96" s="89"/>
+      <c r="Z96" s="89"/>
+      <c r="AA96" s="89"/>
+      <c r="AB96" s="89"/>
+      <c r="AC96" s="89"/>
+      <c r="AD96" s="89"/>
+      <c r="AE96" s="89"/>
+      <c r="AF96" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG96" s="23"/>
+      <c r="AG96" s="89"/>
       <c r="AH96" s="23"/>
       <c r="AI96" s="23"/>
       <c r="AJ96" s="23"/>
       <c r="AK96" s="23"/>
       <c r="AL96" s="23"/>
       <c r="AM96" s="23"/>
-      <c r="AN96" s="98" t="str">
+      <c r="AN96" s="23"/>
+      <c r="AO96" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO96" s="97"/>
-[...8 lines deleted...]
-      <c r="AX96" s="99" t="str">
+      <c r="AP96" s="89"/>
+      <c r="AQ96" s="89"/>
+      <c r="AR96" s="89"/>
+      <c r="AS96" s="89"/>
+      <c r="AT96" s="89"/>
+      <c r="AU96" s="89"/>
+      <c r="AV96" s="89"/>
+      <c r="AW96" s="89"/>
+      <c r="AX96" s="89"/>
+      <c r="AY96" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY96" s="97"/>
-      <c r="AZ96" s="99" t="str">
+      <c r="AZ96" s="89"/>
+      <c r="BA96" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA96" s="97"/>
-[...1 lines deleted...]
-      <c r="BC96" s="99" t="str">
+      <c r="BB96" s="89"/>
+      <c r="BC96" s="89"/>
+      <c r="BD96" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD96" s="97"/>
-[...3 lines deleted...]
-      <c r="BH96" s="99" t="str">
+      <c r="BE96" s="89"/>
+      <c r="BF96" s="89"/>
+      <c r="BG96" s="89"/>
+      <c r="BH96" s="89"/>
+      <c r="BI96" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI96" s="99" t="str">
+      <c r="BJ96" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ96" s="22"/>
-[...13 lines deleted...]
-    <row r="97" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK96" s="22"/>
+      <c r="BL96" s="92"/>
+      <c r="BM96" s="92"/>
+      <c r="BN96" s="92"/>
+      <c r="BO96" s="92"/>
+      <c r="BP96" s="92"/>
+      <c r="BQ96" s="92"/>
+      <c r="BR96" s="92"/>
+      <c r="BS96" s="92"/>
+      <c r="BT96" s="92"/>
+      <c r="BU96" s="92"/>
+      <c r="BV96" s="92"/>
+      <c r="BW96" s="92"/>
+    </row>
+    <row r="97" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A97" s="22"/>
       <c r="B97" s="21"/>
       <c r="C97" s="22"/>
       <c r="D97" s="22"/>
       <c r="E97" s="22"/>
       <c r="F97" s="21"/>
       <c r="G97" s="22"/>
       <c r="H97" s="22"/>
       <c r="I97" s="23"/>
       <c r="J97" s="23"/>
-      <c r="K97" s="93"/>
-[...2 lines deleted...]
-      <c r="N97" s="95" t="str">
+      <c r="K97" s="85"/>
+      <c r="L97" s="86"/>
+      <c r="M97" s="86"/>
+      <c r="N97" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O97" s="96"/>
-[...1 lines deleted...]
-      <c r="Q97" s="96"/>
+      <c r="O97" s="88"/>
+      <c r="P97" s="88"/>
+      <c r="Q97" s="88"/>
       <c r="R97" s="23"/>
       <c r="S97" s="23"/>
-      <c r="T97" s="97"/>
+      <c r="T97" s="89"/>
       <c r="U97" s="23"/>
       <c r="V97" s="23"/>
-      <c r="W97" s="97"/>
-[...8 lines deleted...]
-      <c r="AF97" s="98" t="str">
+      <c r="W97" s="89"/>
+      <c r="X97" s="89"/>
+      <c r="Y97" s="89"/>
+      <c r="Z97" s="89"/>
+      <c r="AA97" s="89"/>
+      <c r="AB97" s="89"/>
+      <c r="AC97" s="89"/>
+      <c r="AD97" s="89"/>
+      <c r="AE97" s="89"/>
+      <c r="AF97" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG97" s="23"/>
+      <c r="AG97" s="89"/>
       <c r="AH97" s="23"/>
       <c r="AI97" s="23"/>
       <c r="AJ97" s="23"/>
       <c r="AK97" s="23"/>
       <c r="AL97" s="23"/>
       <c r="AM97" s="23"/>
-      <c r="AN97" s="98" t="str">
+      <c r="AN97" s="23"/>
+      <c r="AO97" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO97" s="97"/>
-[...8 lines deleted...]
-      <c r="AX97" s="99" t="str">
+      <c r="AP97" s="89"/>
+      <c r="AQ97" s="89"/>
+      <c r="AR97" s="89"/>
+      <c r="AS97" s="89"/>
+      <c r="AT97" s="89"/>
+      <c r="AU97" s="89"/>
+      <c r="AV97" s="89"/>
+      <c r="AW97" s="89"/>
+      <c r="AX97" s="89"/>
+      <c r="AY97" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY97" s="97"/>
-      <c r="AZ97" s="99" t="str">
+      <c r="AZ97" s="89"/>
+      <c r="BA97" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA97" s="97"/>
-[...1 lines deleted...]
-      <c r="BC97" s="99" t="str">
+      <c r="BB97" s="89"/>
+      <c r="BC97" s="89"/>
+      <c r="BD97" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD97" s="97"/>
-[...3 lines deleted...]
-      <c r="BH97" s="99" t="str">
+      <c r="BE97" s="89"/>
+      <c r="BF97" s="89"/>
+      <c r="BG97" s="89"/>
+      <c r="BH97" s="89"/>
+      <c r="BI97" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI97" s="99" t="str">
+      <c r="BJ97" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ97" s="22"/>
-[...13 lines deleted...]
-    <row r="98" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK97" s="22"/>
+      <c r="BL97" s="92"/>
+      <c r="BM97" s="92"/>
+      <c r="BN97" s="92"/>
+      <c r="BO97" s="92"/>
+      <c r="BP97" s="92"/>
+      <c r="BQ97" s="92"/>
+      <c r="BR97" s="92"/>
+      <c r="BS97" s="92"/>
+      <c r="BT97" s="92"/>
+      <c r="BU97" s="92"/>
+      <c r="BV97" s="92"/>
+      <c r="BW97" s="92"/>
+    </row>
+    <row r="98" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A98" s="22"/>
       <c r="B98" s="21"/>
       <c r="C98" s="22"/>
       <c r="D98" s="22"/>
       <c r="E98" s="22"/>
       <c r="F98" s="21"/>
       <c r="G98" s="22"/>
       <c r="H98" s="22"/>
       <c r="I98" s="23"/>
       <c r="J98" s="23"/>
-      <c r="K98" s="93"/>
-[...2 lines deleted...]
-      <c r="N98" s="95" t="str">
+      <c r="K98" s="85"/>
+      <c r="L98" s="86"/>
+      <c r="M98" s="86"/>
+      <c r="N98" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O98" s="96"/>
-[...1 lines deleted...]
-      <c r="Q98" s="96"/>
+      <c r="O98" s="88"/>
+      <c r="P98" s="88"/>
+      <c r="Q98" s="88"/>
       <c r="R98" s="23"/>
       <c r="S98" s="23"/>
-      <c r="T98" s="97"/>
+      <c r="T98" s="89"/>
       <c r="U98" s="23"/>
       <c r="V98" s="23"/>
-      <c r="W98" s="97"/>
-[...8 lines deleted...]
-      <c r="AF98" s="98" t="str">
+      <c r="W98" s="89"/>
+      <c r="X98" s="89"/>
+      <c r="Y98" s="89"/>
+      <c r="Z98" s="89"/>
+      <c r="AA98" s="89"/>
+      <c r="AB98" s="89"/>
+      <c r="AC98" s="89"/>
+      <c r="AD98" s="89"/>
+      <c r="AE98" s="89"/>
+      <c r="AF98" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG98" s="23"/>
+      <c r="AG98" s="89"/>
       <c r="AH98" s="23"/>
       <c r="AI98" s="23"/>
       <c r="AJ98" s="23"/>
       <c r="AK98" s="23"/>
       <c r="AL98" s="23"/>
       <c r="AM98" s="23"/>
-      <c r="AN98" s="98" t="str">
+      <c r="AN98" s="23"/>
+      <c r="AO98" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO98" s="97"/>
-[...8 lines deleted...]
-      <c r="AX98" s="99" t="str">
+      <c r="AP98" s="89"/>
+      <c r="AQ98" s="89"/>
+      <c r="AR98" s="89"/>
+      <c r="AS98" s="89"/>
+      <c r="AT98" s="89"/>
+      <c r="AU98" s="89"/>
+      <c r="AV98" s="89"/>
+      <c r="AW98" s="89"/>
+      <c r="AX98" s="89"/>
+      <c r="AY98" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY98" s="97"/>
-      <c r="AZ98" s="99" t="str">
+      <c r="AZ98" s="89"/>
+      <c r="BA98" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA98" s="97"/>
-[...1 lines deleted...]
-      <c r="BC98" s="99" t="str">
+      <c r="BB98" s="89"/>
+      <c r="BC98" s="89"/>
+      <c r="BD98" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD98" s="97"/>
-[...3 lines deleted...]
-      <c r="BH98" s="99" t="str">
+      <c r="BE98" s="89"/>
+      <c r="BF98" s="89"/>
+      <c r="BG98" s="89"/>
+      <c r="BH98" s="89"/>
+      <c r="BI98" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI98" s="99" t="str">
+      <c r="BJ98" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ98" s="22"/>
-[...13 lines deleted...]
-    <row r="99" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK98" s="22"/>
+      <c r="BL98" s="92"/>
+      <c r="BM98" s="92"/>
+      <c r="BN98" s="92"/>
+      <c r="BO98" s="92"/>
+      <c r="BP98" s="92"/>
+      <c r="BQ98" s="92"/>
+      <c r="BR98" s="92"/>
+      <c r="BS98" s="92"/>
+      <c r="BT98" s="92"/>
+      <c r="BU98" s="92"/>
+      <c r="BV98" s="92"/>
+      <c r="BW98" s="92"/>
+    </row>
+    <row r="99" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A99" s="22"/>
       <c r="B99" s="21"/>
       <c r="C99" s="22"/>
       <c r="D99" s="22"/>
       <c r="E99" s="22"/>
       <c r="F99" s="21"/>
       <c r="G99" s="22"/>
       <c r="H99" s="22"/>
       <c r="I99" s="23"/>
       <c r="J99" s="23"/>
-      <c r="K99" s="93"/>
-[...2 lines deleted...]
-      <c r="N99" s="95" t="str">
+      <c r="K99" s="85"/>
+      <c r="L99" s="86"/>
+      <c r="M99" s="86"/>
+      <c r="N99" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O99" s="96"/>
-[...1 lines deleted...]
-      <c r="Q99" s="96"/>
+      <c r="O99" s="88"/>
+      <c r="P99" s="88"/>
+      <c r="Q99" s="88"/>
       <c r="R99" s="23"/>
       <c r="S99" s="23"/>
-      <c r="T99" s="97"/>
+      <c r="T99" s="89"/>
       <c r="U99" s="23"/>
       <c r="V99" s="23"/>
-      <c r="W99" s="97"/>
-[...8 lines deleted...]
-      <c r="AF99" s="98" t="str">
+      <c r="W99" s="89"/>
+      <c r="X99" s="89"/>
+      <c r="Y99" s="89"/>
+      <c r="Z99" s="89"/>
+      <c r="AA99" s="89"/>
+      <c r="AB99" s="89"/>
+      <c r="AC99" s="89"/>
+      <c r="AD99" s="89"/>
+      <c r="AE99" s="89"/>
+      <c r="AF99" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG99" s="23"/>
+      <c r="AG99" s="89"/>
       <c r="AH99" s="23"/>
       <c r="AI99" s="23"/>
       <c r="AJ99" s="23"/>
       <c r="AK99" s="23"/>
       <c r="AL99" s="23"/>
       <c r="AM99" s="23"/>
-      <c r="AN99" s="98" t="str">
+      <c r="AN99" s="23"/>
+      <c r="AO99" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO99" s="97"/>
-[...8 lines deleted...]
-      <c r="AX99" s="99" t="str">
+      <c r="AP99" s="89"/>
+      <c r="AQ99" s="89"/>
+      <c r="AR99" s="89"/>
+      <c r="AS99" s="89"/>
+      <c r="AT99" s="89"/>
+      <c r="AU99" s="89"/>
+      <c r="AV99" s="89"/>
+      <c r="AW99" s="89"/>
+      <c r="AX99" s="89"/>
+      <c r="AY99" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY99" s="97"/>
-      <c r="AZ99" s="99" t="str">
+      <c r="AZ99" s="89"/>
+      <c r="BA99" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA99" s="97"/>
-[...1 lines deleted...]
-      <c r="BC99" s="99" t="str">
+      <c r="BB99" s="89"/>
+      <c r="BC99" s="89"/>
+      <c r="BD99" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD99" s="97"/>
-[...3 lines deleted...]
-      <c r="BH99" s="99" t="str">
+      <c r="BE99" s="89"/>
+      <c r="BF99" s="89"/>
+      <c r="BG99" s="89"/>
+      <c r="BH99" s="89"/>
+      <c r="BI99" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI99" s="99" t="str">
+      <c r="BJ99" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ99" s="22"/>
-[...13 lines deleted...]
-    <row r="100" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK99" s="22"/>
+      <c r="BL99" s="92"/>
+      <c r="BM99" s="92"/>
+      <c r="BN99" s="92"/>
+      <c r="BO99" s="92"/>
+      <c r="BP99" s="92"/>
+      <c r="BQ99" s="92"/>
+      <c r="BR99" s="92"/>
+      <c r="BS99" s="92"/>
+      <c r="BT99" s="92"/>
+      <c r="BU99" s="92"/>
+      <c r="BV99" s="92"/>
+      <c r="BW99" s="92"/>
+    </row>
+    <row r="100" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A100" s="22"/>
       <c r="B100" s="21"/>
       <c r="C100" s="22"/>
       <c r="D100" s="22"/>
       <c r="E100" s="22"/>
       <c r="F100" s="21"/>
       <c r="G100" s="22"/>
       <c r="H100" s="22"/>
       <c r="I100" s="23"/>
       <c r="J100" s="23"/>
-      <c r="K100" s="93"/>
-[...2 lines deleted...]
-      <c r="N100" s="95" t="str">
+      <c r="K100" s="85"/>
+      <c r="L100" s="86"/>
+      <c r="M100" s="86"/>
+      <c r="N100" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O100" s="96"/>
-[...1 lines deleted...]
-      <c r="Q100" s="96"/>
+      <c r="O100" s="88"/>
+      <c r="P100" s="88"/>
+      <c r="Q100" s="88"/>
       <c r="R100" s="23"/>
       <c r="S100" s="23"/>
-      <c r="T100" s="97"/>
+      <c r="T100" s="89"/>
       <c r="U100" s="23"/>
       <c r="V100" s="23"/>
-      <c r="W100" s="97"/>
-[...8 lines deleted...]
-      <c r="AF100" s="98" t="str">
+      <c r="W100" s="89"/>
+      <c r="X100" s="89"/>
+      <c r="Y100" s="89"/>
+      <c r="Z100" s="89"/>
+      <c r="AA100" s="89"/>
+      <c r="AB100" s="89"/>
+      <c r="AC100" s="89"/>
+      <c r="AD100" s="89"/>
+      <c r="AE100" s="89"/>
+      <c r="AF100" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG100" s="23"/>
+      <c r="AG100" s="89"/>
       <c r="AH100" s="23"/>
       <c r="AI100" s="23"/>
       <c r="AJ100" s="23"/>
       <c r="AK100" s="23"/>
       <c r="AL100" s="23"/>
       <c r="AM100" s="23"/>
-      <c r="AN100" s="98" t="str">
+      <c r="AN100" s="23"/>
+      <c r="AO100" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO100" s="97"/>
-[...8 lines deleted...]
-      <c r="AX100" s="99" t="str">
+      <c r="AP100" s="89"/>
+      <c r="AQ100" s="89"/>
+      <c r="AR100" s="89"/>
+      <c r="AS100" s="89"/>
+      <c r="AT100" s="89"/>
+      <c r="AU100" s="89"/>
+      <c r="AV100" s="89"/>
+      <c r="AW100" s="89"/>
+      <c r="AX100" s="89"/>
+      <c r="AY100" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY100" s="97"/>
-      <c r="AZ100" s="99" t="str">
+      <c r="AZ100" s="89"/>
+      <c r="BA100" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA100" s="97"/>
-[...1 lines deleted...]
-      <c r="BC100" s="99" t="str">
+      <c r="BB100" s="89"/>
+      <c r="BC100" s="89"/>
+      <c r="BD100" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD100" s="97"/>
-[...3 lines deleted...]
-      <c r="BH100" s="99" t="str">
+      <c r="BE100" s="89"/>
+      <c r="BF100" s="89"/>
+      <c r="BG100" s="89"/>
+      <c r="BH100" s="89"/>
+      <c r="BI100" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI100" s="99" t="str">
+      <c r="BJ100" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ100" s="22"/>
-[...13 lines deleted...]
-    <row r="101" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK100" s="22"/>
+      <c r="BL100" s="92"/>
+      <c r="BM100" s="92"/>
+      <c r="BN100" s="92"/>
+      <c r="BO100" s="92"/>
+      <c r="BP100" s="92"/>
+      <c r="BQ100" s="92"/>
+      <c r="BR100" s="92"/>
+      <c r="BS100" s="92"/>
+      <c r="BT100" s="92"/>
+      <c r="BU100" s="92"/>
+      <c r="BV100" s="92"/>
+      <c r="BW100" s="92"/>
+    </row>
+    <row r="101" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A101" s="22"/>
       <c r="B101" s="21"/>
       <c r="C101" s="22"/>
       <c r="D101" s="22"/>
       <c r="E101" s="22"/>
       <c r="F101" s="21"/>
       <c r="G101" s="22"/>
       <c r="H101" s="22"/>
       <c r="I101" s="23"/>
       <c r="J101" s="23"/>
-      <c r="K101" s="93"/>
-[...2 lines deleted...]
-      <c r="N101" s="95" t="str">
+      <c r="K101" s="85"/>
+      <c r="L101" s="86"/>
+      <c r="M101" s="86"/>
+      <c r="N101" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O101" s="96"/>
-[...1 lines deleted...]
-      <c r="Q101" s="96"/>
+      <c r="O101" s="88"/>
+      <c r="P101" s="88"/>
+      <c r="Q101" s="88"/>
       <c r="R101" s="23"/>
       <c r="S101" s="23"/>
-      <c r="T101" s="97"/>
+      <c r="T101" s="89"/>
       <c r="U101" s="23"/>
       <c r="V101" s="23"/>
-      <c r="W101" s="97"/>
-[...8 lines deleted...]
-      <c r="AF101" s="98" t="str">
+      <c r="W101" s="89"/>
+      <c r="X101" s="89"/>
+      <c r="Y101" s="89"/>
+      <c r="Z101" s="89"/>
+      <c r="AA101" s="89"/>
+      <c r="AB101" s="89"/>
+      <c r="AC101" s="89"/>
+      <c r="AD101" s="89"/>
+      <c r="AE101" s="89"/>
+      <c r="AF101" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG101" s="23"/>
+      <c r="AG101" s="89"/>
       <c r="AH101" s="23"/>
       <c r="AI101" s="23"/>
       <c r="AJ101" s="23"/>
       <c r="AK101" s="23"/>
       <c r="AL101" s="23"/>
       <c r="AM101" s="23"/>
-      <c r="AN101" s="98" t="str">
+      <c r="AN101" s="23"/>
+      <c r="AO101" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO101" s="97"/>
-[...8 lines deleted...]
-      <c r="AX101" s="99" t="str">
+      <c r="AP101" s="89"/>
+      <c r="AQ101" s="89"/>
+      <c r="AR101" s="89"/>
+      <c r="AS101" s="89"/>
+      <c r="AT101" s="89"/>
+      <c r="AU101" s="89"/>
+      <c r="AV101" s="89"/>
+      <c r="AW101" s="89"/>
+      <c r="AX101" s="89"/>
+      <c r="AY101" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY101" s="97"/>
-      <c r="AZ101" s="99" t="str">
+      <c r="AZ101" s="89"/>
+      <c r="BA101" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA101" s="97"/>
-[...1 lines deleted...]
-      <c r="BC101" s="99" t="str">
+      <c r="BB101" s="89"/>
+      <c r="BC101" s="89"/>
+      <c r="BD101" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD101" s="97"/>
-[...3 lines deleted...]
-      <c r="BH101" s="99" t="str">
+      <c r="BE101" s="89"/>
+      <c r="BF101" s="89"/>
+      <c r="BG101" s="89"/>
+      <c r="BH101" s="89"/>
+      <c r="BI101" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI101" s="99" t="str">
+      <c r="BJ101" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ101" s="22"/>
-[...13 lines deleted...]
-    <row r="102" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK101" s="22"/>
+      <c r="BL101" s="92"/>
+      <c r="BM101" s="92"/>
+      <c r="BN101" s="92"/>
+      <c r="BO101" s="92"/>
+      <c r="BP101" s="92"/>
+      <c r="BQ101" s="92"/>
+      <c r="BR101" s="92"/>
+      <c r="BS101" s="92"/>
+      <c r="BT101" s="92"/>
+      <c r="BU101" s="92"/>
+      <c r="BV101" s="92"/>
+      <c r="BW101" s="92"/>
+    </row>
+    <row r="102" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A102" s="22"/>
       <c r="B102" s="21"/>
       <c r="C102" s="22"/>
       <c r="D102" s="22"/>
       <c r="E102" s="22"/>
       <c r="F102" s="21"/>
       <c r="G102" s="22"/>
       <c r="H102" s="22"/>
       <c r="I102" s="23"/>
       <c r="J102" s="23"/>
-      <c r="K102" s="93"/>
-[...2 lines deleted...]
-      <c r="N102" s="95" t="str">
+      <c r="K102" s="85"/>
+      <c r="L102" s="86"/>
+      <c r="M102" s="86"/>
+      <c r="N102" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O102" s="96"/>
-[...1 lines deleted...]
-      <c r="Q102" s="96"/>
+      <c r="O102" s="88"/>
+      <c r="P102" s="88"/>
+      <c r="Q102" s="88"/>
       <c r="R102" s="23"/>
       <c r="S102" s="23"/>
-      <c r="T102" s="97"/>
+      <c r="T102" s="89"/>
       <c r="U102" s="23"/>
       <c r="V102" s="23"/>
-      <c r="W102" s="97"/>
-[...8 lines deleted...]
-      <c r="AF102" s="98" t="str">
+      <c r="W102" s="89"/>
+      <c r="X102" s="89"/>
+      <c r="Y102" s="89"/>
+      <c r="Z102" s="89"/>
+      <c r="AA102" s="89"/>
+      <c r="AB102" s="89"/>
+      <c r="AC102" s="89"/>
+      <c r="AD102" s="89"/>
+      <c r="AE102" s="89"/>
+      <c r="AF102" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG102" s="23"/>
+      <c r="AG102" s="89"/>
       <c r="AH102" s="23"/>
       <c r="AI102" s="23"/>
       <c r="AJ102" s="23"/>
       <c r="AK102" s="23"/>
       <c r="AL102" s="23"/>
       <c r="AM102" s="23"/>
-      <c r="AN102" s="98" t="str">
+      <c r="AN102" s="23"/>
+      <c r="AO102" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO102" s="97"/>
-[...8 lines deleted...]
-      <c r="AX102" s="99" t="str">
+      <c r="AP102" s="89"/>
+      <c r="AQ102" s="89"/>
+      <c r="AR102" s="89"/>
+      <c r="AS102" s="89"/>
+      <c r="AT102" s="89"/>
+      <c r="AU102" s="89"/>
+      <c r="AV102" s="89"/>
+      <c r="AW102" s="89"/>
+      <c r="AX102" s="89"/>
+      <c r="AY102" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY102" s="97"/>
-      <c r="AZ102" s="99" t="str">
+      <c r="AZ102" s="89"/>
+      <c r="BA102" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA102" s="97"/>
-[...1 lines deleted...]
-      <c r="BC102" s="99" t="str">
+      <c r="BB102" s="89"/>
+      <c r="BC102" s="89"/>
+      <c r="BD102" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD102" s="97"/>
-[...3 lines deleted...]
-      <c r="BH102" s="99" t="str">
+      <c r="BE102" s="89"/>
+      <c r="BF102" s="89"/>
+      <c r="BG102" s="89"/>
+      <c r="BH102" s="89"/>
+      <c r="BI102" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI102" s="99" t="str">
+      <c r="BJ102" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ102" s="22"/>
-[...13 lines deleted...]
-    <row r="103" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK102" s="22"/>
+      <c r="BL102" s="92"/>
+      <c r="BM102" s="92"/>
+      <c r="BN102" s="92"/>
+      <c r="BO102" s="92"/>
+      <c r="BP102" s="92"/>
+      <c r="BQ102" s="92"/>
+      <c r="BR102" s="92"/>
+      <c r="BS102" s="92"/>
+      <c r="BT102" s="92"/>
+      <c r="BU102" s="92"/>
+      <c r="BV102" s="92"/>
+      <c r="BW102" s="92"/>
+    </row>
+    <row r="103" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A103" s="22"/>
       <c r="B103" s="21"/>
       <c r="C103" s="22"/>
       <c r="D103" s="22"/>
       <c r="E103" s="22"/>
       <c r="F103" s="21"/>
       <c r="G103" s="22"/>
       <c r="H103" s="22"/>
       <c r="I103" s="23"/>
       <c r="J103" s="23"/>
-      <c r="K103" s="93"/>
-[...2 lines deleted...]
-      <c r="N103" s="95" t="str">
+      <c r="K103" s="85"/>
+      <c r="L103" s="86"/>
+      <c r="M103" s="86"/>
+      <c r="N103" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O103" s="96"/>
-[...1 lines deleted...]
-      <c r="Q103" s="96"/>
+      <c r="O103" s="88"/>
+      <c r="P103" s="88"/>
+      <c r="Q103" s="88"/>
       <c r="R103" s="23"/>
       <c r="S103" s="23"/>
-      <c r="T103" s="97"/>
+      <c r="T103" s="89"/>
       <c r="U103" s="23"/>
       <c r="V103" s="23"/>
-      <c r="W103" s="97"/>
-[...8 lines deleted...]
-      <c r="AF103" s="98" t="str">
+      <c r="W103" s="89"/>
+      <c r="X103" s="89"/>
+      <c r="Y103" s="89"/>
+      <c r="Z103" s="89"/>
+      <c r="AA103" s="89"/>
+      <c r="AB103" s="89"/>
+      <c r="AC103" s="89"/>
+      <c r="AD103" s="89"/>
+      <c r="AE103" s="89"/>
+      <c r="AF103" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG103" s="23"/>
+      <c r="AG103" s="89"/>
       <c r="AH103" s="23"/>
       <c r="AI103" s="23"/>
       <c r="AJ103" s="23"/>
       <c r="AK103" s="23"/>
       <c r="AL103" s="23"/>
       <c r="AM103" s="23"/>
-      <c r="AN103" s="98" t="str">
+      <c r="AN103" s="23"/>
+      <c r="AO103" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO103" s="97"/>
-[...8 lines deleted...]
-      <c r="AX103" s="99" t="str">
+      <c r="AP103" s="89"/>
+      <c r="AQ103" s="89"/>
+      <c r="AR103" s="89"/>
+      <c r="AS103" s="89"/>
+      <c r="AT103" s="89"/>
+      <c r="AU103" s="89"/>
+      <c r="AV103" s="89"/>
+      <c r="AW103" s="89"/>
+      <c r="AX103" s="89"/>
+      <c r="AY103" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY103" s="97"/>
-      <c r="AZ103" s="99" t="str">
+      <c r="AZ103" s="89"/>
+      <c r="BA103" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA103" s="97"/>
-[...1 lines deleted...]
-      <c r="BC103" s="99" t="str">
+      <c r="BB103" s="89"/>
+      <c r="BC103" s="89"/>
+      <c r="BD103" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD103" s="97"/>
-[...3 lines deleted...]
-      <c r="BH103" s="99" t="str">
+      <c r="BE103" s="89"/>
+      <c r="BF103" s="89"/>
+      <c r="BG103" s="89"/>
+      <c r="BH103" s="89"/>
+      <c r="BI103" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI103" s="99" t="str">
+      <c r="BJ103" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ103" s="22"/>
-[...13 lines deleted...]
-    <row r="104" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK103" s="22"/>
+      <c r="BL103" s="92"/>
+      <c r="BM103" s="92"/>
+      <c r="BN103" s="92"/>
+      <c r="BO103" s="92"/>
+      <c r="BP103" s="92"/>
+      <c r="BQ103" s="92"/>
+      <c r="BR103" s="92"/>
+      <c r="BS103" s="92"/>
+      <c r="BT103" s="92"/>
+      <c r="BU103" s="92"/>
+      <c r="BV103" s="92"/>
+      <c r="BW103" s="92"/>
+    </row>
+    <row r="104" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A104" s="22"/>
       <c r="B104" s="21"/>
       <c r="C104" s="22"/>
       <c r="D104" s="22"/>
       <c r="E104" s="22"/>
       <c r="F104" s="21"/>
       <c r="G104" s="22"/>
       <c r="H104" s="22"/>
       <c r="I104" s="23"/>
       <c r="J104" s="23"/>
-      <c r="K104" s="93"/>
-[...2 lines deleted...]
-      <c r="N104" s="95" t="str">
+      <c r="K104" s="85"/>
+      <c r="L104" s="86"/>
+      <c r="M104" s="86"/>
+      <c r="N104" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O104" s="96"/>
-[...1 lines deleted...]
-      <c r="Q104" s="96"/>
+      <c r="O104" s="88"/>
+      <c r="P104" s="88"/>
+      <c r="Q104" s="88"/>
       <c r="R104" s="23"/>
       <c r="S104" s="23"/>
-      <c r="T104" s="97"/>
+      <c r="T104" s="89"/>
       <c r="U104" s="23"/>
       <c r="V104" s="23"/>
-      <c r="W104" s="97"/>
-[...8 lines deleted...]
-      <c r="AF104" s="98" t="str">
+      <c r="W104" s="89"/>
+      <c r="X104" s="89"/>
+      <c r="Y104" s="89"/>
+      <c r="Z104" s="89"/>
+      <c r="AA104" s="89"/>
+      <c r="AB104" s="89"/>
+      <c r="AC104" s="89"/>
+      <c r="AD104" s="89"/>
+      <c r="AE104" s="89"/>
+      <c r="AF104" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG104" s="23"/>
+      <c r="AG104" s="89"/>
       <c r="AH104" s="23"/>
       <c r="AI104" s="23"/>
       <c r="AJ104" s="23"/>
       <c r="AK104" s="23"/>
       <c r="AL104" s="23"/>
       <c r="AM104" s="23"/>
-      <c r="AN104" s="98" t="str">
+      <c r="AN104" s="23"/>
+      <c r="AO104" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO104" s="97"/>
-[...8 lines deleted...]
-      <c r="AX104" s="99" t="str">
+      <c r="AP104" s="89"/>
+      <c r="AQ104" s="89"/>
+      <c r="AR104" s="89"/>
+      <c r="AS104" s="89"/>
+      <c r="AT104" s="89"/>
+      <c r="AU104" s="89"/>
+      <c r="AV104" s="89"/>
+      <c r="AW104" s="89"/>
+      <c r="AX104" s="89"/>
+      <c r="AY104" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY104" s="97"/>
-      <c r="AZ104" s="99" t="str">
+      <c r="AZ104" s="89"/>
+      <c r="BA104" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA104" s="97"/>
-[...1 lines deleted...]
-      <c r="BC104" s="99" t="str">
+      <c r="BB104" s="89"/>
+      <c r="BC104" s="89"/>
+      <c r="BD104" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD104" s="97"/>
-[...3 lines deleted...]
-      <c r="BH104" s="99" t="str">
+      <c r="BE104" s="89"/>
+      <c r="BF104" s="89"/>
+      <c r="BG104" s="89"/>
+      <c r="BH104" s="89"/>
+      <c r="BI104" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI104" s="99" t="str">
+      <c r="BJ104" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ104" s="22"/>
-[...13 lines deleted...]
-    <row r="105" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK104" s="22"/>
+      <c r="BL104" s="92"/>
+      <c r="BM104" s="92"/>
+      <c r="BN104" s="92"/>
+      <c r="BO104" s="92"/>
+      <c r="BP104" s="92"/>
+      <c r="BQ104" s="92"/>
+      <c r="BR104" s="92"/>
+      <c r="BS104" s="92"/>
+      <c r="BT104" s="92"/>
+      <c r="BU104" s="92"/>
+      <c r="BV104" s="92"/>
+      <c r="BW104" s="92"/>
+    </row>
+    <row r="105" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A105" s="22"/>
       <c r="B105" s="21"/>
       <c r="C105" s="22"/>
       <c r="D105" s="22"/>
       <c r="E105" s="22"/>
       <c r="F105" s="21"/>
       <c r="G105" s="22"/>
       <c r="H105" s="22"/>
       <c r="I105" s="23"/>
       <c r="J105" s="23"/>
-      <c r="K105" s="93"/>
-[...2 lines deleted...]
-      <c r="N105" s="95" t="str">
+      <c r="K105" s="85"/>
+      <c r="L105" s="86"/>
+      <c r="M105" s="86"/>
+      <c r="N105" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O105" s="96"/>
-[...1 lines deleted...]
-      <c r="Q105" s="96"/>
+      <c r="O105" s="88"/>
+      <c r="P105" s="88"/>
+      <c r="Q105" s="88"/>
       <c r="R105" s="23"/>
       <c r="S105" s="23"/>
-      <c r="T105" s="97"/>
+      <c r="T105" s="89"/>
       <c r="U105" s="23"/>
       <c r="V105" s="23"/>
-      <c r="W105" s="97"/>
-[...8 lines deleted...]
-      <c r="AF105" s="98" t="str">
+      <c r="W105" s="89"/>
+      <c r="X105" s="89"/>
+      <c r="Y105" s="89"/>
+      <c r="Z105" s="89"/>
+      <c r="AA105" s="89"/>
+      <c r="AB105" s="89"/>
+      <c r="AC105" s="89"/>
+      <c r="AD105" s="89"/>
+      <c r="AE105" s="89"/>
+      <c r="AF105" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG105" s="23"/>
+      <c r="AG105" s="89"/>
       <c r="AH105" s="23"/>
       <c r="AI105" s="23"/>
       <c r="AJ105" s="23"/>
       <c r="AK105" s="23"/>
       <c r="AL105" s="23"/>
       <c r="AM105" s="23"/>
-      <c r="AN105" s="98" t="str">
+      <c r="AN105" s="23"/>
+      <c r="AO105" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO105" s="97"/>
-[...8 lines deleted...]
-      <c r="AX105" s="99" t="str">
+      <c r="AP105" s="89"/>
+      <c r="AQ105" s="89"/>
+      <c r="AR105" s="89"/>
+      <c r="AS105" s="89"/>
+      <c r="AT105" s="89"/>
+      <c r="AU105" s="89"/>
+      <c r="AV105" s="89"/>
+      <c r="AW105" s="89"/>
+      <c r="AX105" s="89"/>
+      <c r="AY105" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY105" s="97"/>
-      <c r="AZ105" s="99" t="str">
+      <c r="AZ105" s="89"/>
+      <c r="BA105" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA105" s="97"/>
-[...1 lines deleted...]
-      <c r="BC105" s="99" t="str">
+      <c r="BB105" s="89"/>
+      <c r="BC105" s="89"/>
+      <c r="BD105" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD105" s="97"/>
-[...3 lines deleted...]
-      <c r="BH105" s="99" t="str">
+      <c r="BE105" s="89"/>
+      <c r="BF105" s="89"/>
+      <c r="BG105" s="89"/>
+      <c r="BH105" s="89"/>
+      <c r="BI105" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI105" s="99" t="str">
+      <c r="BJ105" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ105" s="22"/>
-[...13 lines deleted...]
-    <row r="106" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK105" s="22"/>
+      <c r="BL105" s="92"/>
+      <c r="BM105" s="92"/>
+      <c r="BN105" s="92"/>
+      <c r="BO105" s="92"/>
+      <c r="BP105" s="92"/>
+      <c r="BQ105" s="92"/>
+      <c r="BR105" s="92"/>
+      <c r="BS105" s="92"/>
+      <c r="BT105" s="92"/>
+      <c r="BU105" s="92"/>
+      <c r="BV105" s="92"/>
+      <c r="BW105" s="92"/>
+    </row>
+    <row r="106" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A106" s="22"/>
       <c r="B106" s="21"/>
       <c r="C106" s="22"/>
       <c r="D106" s="22"/>
       <c r="E106" s="22"/>
       <c r="F106" s="21"/>
       <c r="G106" s="22"/>
       <c r="H106" s="22"/>
       <c r="I106" s="23"/>
       <c r="J106" s="23"/>
-      <c r="K106" s="93"/>
-[...2 lines deleted...]
-      <c r="N106" s="95" t="str">
+      <c r="K106" s="85"/>
+      <c r="L106" s="86"/>
+      <c r="M106" s="86"/>
+      <c r="N106" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O106" s="96"/>
-[...1 lines deleted...]
-      <c r="Q106" s="96"/>
+      <c r="O106" s="88"/>
+      <c r="P106" s="88"/>
+      <c r="Q106" s="88"/>
       <c r="R106" s="23"/>
       <c r="S106" s="23"/>
-      <c r="T106" s="97"/>
+      <c r="T106" s="89"/>
       <c r="U106" s="23"/>
       <c r="V106" s="23"/>
-      <c r="W106" s="97"/>
-[...8 lines deleted...]
-      <c r="AF106" s="98" t="str">
+      <c r="W106" s="89"/>
+      <c r="X106" s="89"/>
+      <c r="Y106" s="89"/>
+      <c r="Z106" s="89"/>
+      <c r="AA106" s="89"/>
+      <c r="AB106" s="89"/>
+      <c r="AC106" s="89"/>
+      <c r="AD106" s="89"/>
+      <c r="AE106" s="89"/>
+      <c r="AF106" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG106" s="23"/>
+      <c r="AG106" s="89"/>
       <c r="AH106" s="23"/>
       <c r="AI106" s="23"/>
       <c r="AJ106" s="23"/>
       <c r="AK106" s="23"/>
       <c r="AL106" s="23"/>
       <c r="AM106" s="23"/>
-      <c r="AN106" s="98" t="str">
+      <c r="AN106" s="23"/>
+      <c r="AO106" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO106" s="97"/>
-[...8 lines deleted...]
-      <c r="AX106" s="99" t="str">
+      <c r="AP106" s="89"/>
+      <c r="AQ106" s="89"/>
+      <c r="AR106" s="89"/>
+      <c r="AS106" s="89"/>
+      <c r="AT106" s="89"/>
+      <c r="AU106" s="89"/>
+      <c r="AV106" s="89"/>
+      <c r="AW106" s="89"/>
+      <c r="AX106" s="89"/>
+      <c r="AY106" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY106" s="97"/>
-      <c r="AZ106" s="99" t="str">
+      <c r="AZ106" s="89"/>
+      <c r="BA106" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA106" s="97"/>
-[...1 lines deleted...]
-      <c r="BC106" s="99" t="str">
+      <c r="BB106" s="89"/>
+      <c r="BC106" s="89"/>
+      <c r="BD106" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD106" s="97"/>
-[...3 lines deleted...]
-      <c r="BH106" s="99" t="str">
+      <c r="BE106" s="89"/>
+      <c r="BF106" s="89"/>
+      <c r="BG106" s="89"/>
+      <c r="BH106" s="89"/>
+      <c r="BI106" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI106" s="99" t="str">
+      <c r="BJ106" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ106" s="22"/>
-[...13 lines deleted...]
-    <row r="107" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK106" s="22"/>
+      <c r="BL106" s="92"/>
+      <c r="BM106" s="92"/>
+      <c r="BN106" s="92"/>
+      <c r="BO106" s="92"/>
+      <c r="BP106" s="92"/>
+      <c r="BQ106" s="92"/>
+      <c r="BR106" s="92"/>
+      <c r="BS106" s="92"/>
+      <c r="BT106" s="92"/>
+      <c r="BU106" s="92"/>
+      <c r="BV106" s="92"/>
+      <c r="BW106" s="92"/>
+    </row>
+    <row r="107" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A107" s="22"/>
       <c r="B107" s="21"/>
       <c r="C107" s="22"/>
       <c r="D107" s="22"/>
       <c r="E107" s="22"/>
       <c r="F107" s="21"/>
       <c r="G107" s="22"/>
       <c r="H107" s="22"/>
       <c r="I107" s="23"/>
       <c r="J107" s="23"/>
-      <c r="K107" s="93"/>
-[...2 lines deleted...]
-      <c r="N107" s="95" t="str">
+      <c r="K107" s="85"/>
+      <c r="L107" s="86"/>
+      <c r="M107" s="86"/>
+      <c r="N107" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O107" s="96"/>
-[...1 lines deleted...]
-      <c r="Q107" s="96"/>
+      <c r="O107" s="88"/>
+      <c r="P107" s="88"/>
+      <c r="Q107" s="88"/>
       <c r="R107" s="23"/>
       <c r="S107" s="23"/>
-      <c r="T107" s="97"/>
+      <c r="T107" s="89"/>
       <c r="U107" s="23"/>
       <c r="V107" s="23"/>
-      <c r="W107" s="97"/>
-[...8 lines deleted...]
-      <c r="AF107" s="98" t="str">
+      <c r="W107" s="89"/>
+      <c r="X107" s="89"/>
+      <c r="Y107" s="89"/>
+      <c r="Z107" s="89"/>
+      <c r="AA107" s="89"/>
+      <c r="AB107" s="89"/>
+      <c r="AC107" s="89"/>
+      <c r="AD107" s="89"/>
+      <c r="AE107" s="89"/>
+      <c r="AF107" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG107" s="23"/>
+      <c r="AG107" s="89"/>
       <c r="AH107" s="23"/>
       <c r="AI107" s="23"/>
       <c r="AJ107" s="23"/>
       <c r="AK107" s="23"/>
       <c r="AL107" s="23"/>
       <c r="AM107" s="23"/>
-      <c r="AN107" s="98" t="str">
+      <c r="AN107" s="23"/>
+      <c r="AO107" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO107" s="97"/>
-[...8 lines deleted...]
-      <c r="AX107" s="99" t="str">
+      <c r="AP107" s="89"/>
+      <c r="AQ107" s="89"/>
+      <c r="AR107" s="89"/>
+      <c r="AS107" s="89"/>
+      <c r="AT107" s="89"/>
+      <c r="AU107" s="89"/>
+      <c r="AV107" s="89"/>
+      <c r="AW107" s="89"/>
+      <c r="AX107" s="89"/>
+      <c r="AY107" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY107" s="97"/>
-      <c r="AZ107" s="99" t="str">
+      <c r="AZ107" s="89"/>
+      <c r="BA107" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA107" s="97"/>
-[...1 lines deleted...]
-      <c r="BC107" s="99" t="str">
+      <c r="BB107" s="89"/>
+      <c r="BC107" s="89"/>
+      <c r="BD107" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD107" s="97"/>
-[...3 lines deleted...]
-      <c r="BH107" s="99" t="str">
+      <c r="BE107" s="89"/>
+      <c r="BF107" s="89"/>
+      <c r="BG107" s="89"/>
+      <c r="BH107" s="89"/>
+      <c r="BI107" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI107" s="99" t="str">
+      <c r="BJ107" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ107" s="22"/>
-[...13 lines deleted...]
-    <row r="108" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK107" s="22"/>
+      <c r="BL107" s="92"/>
+      <c r="BM107" s="92"/>
+      <c r="BN107" s="92"/>
+      <c r="BO107" s="92"/>
+      <c r="BP107" s="92"/>
+      <c r="BQ107" s="92"/>
+      <c r="BR107" s="92"/>
+      <c r="BS107" s="92"/>
+      <c r="BT107" s="92"/>
+      <c r="BU107" s="92"/>
+      <c r="BV107" s="92"/>
+      <c r="BW107" s="92"/>
+    </row>
+    <row r="108" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A108" s="22"/>
       <c r="B108" s="21"/>
       <c r="C108" s="22"/>
       <c r="D108" s="22"/>
       <c r="E108" s="22"/>
       <c r="F108" s="21"/>
       <c r="G108" s="22"/>
       <c r="H108" s="22"/>
       <c r="I108" s="23"/>
       <c r="J108" s="23"/>
-      <c r="K108" s="93"/>
-[...2 lines deleted...]
-      <c r="N108" s="95" t="str">
+      <c r="K108" s="85"/>
+      <c r="L108" s="86"/>
+      <c r="M108" s="86"/>
+      <c r="N108" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O108" s="96"/>
-[...1 lines deleted...]
-      <c r="Q108" s="96"/>
+      <c r="O108" s="88"/>
+      <c r="P108" s="88"/>
+      <c r="Q108" s="88"/>
       <c r="R108" s="23"/>
       <c r="S108" s="23"/>
-      <c r="T108" s="97"/>
+      <c r="T108" s="89"/>
       <c r="U108" s="23"/>
       <c r="V108" s="23"/>
-      <c r="W108" s="97"/>
-[...8 lines deleted...]
-      <c r="AF108" s="98" t="str">
+      <c r="W108" s="89"/>
+      <c r="X108" s="89"/>
+      <c r="Y108" s="89"/>
+      <c r="Z108" s="89"/>
+      <c r="AA108" s="89"/>
+      <c r="AB108" s="89"/>
+      <c r="AC108" s="89"/>
+      <c r="AD108" s="89"/>
+      <c r="AE108" s="89"/>
+      <c r="AF108" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG108" s="23"/>
+      <c r="AG108" s="89"/>
       <c r="AH108" s="23"/>
       <c r="AI108" s="23"/>
       <c r="AJ108" s="23"/>
       <c r="AK108" s="23"/>
       <c r="AL108" s="23"/>
       <c r="AM108" s="23"/>
-      <c r="AN108" s="98" t="str">
+      <c r="AN108" s="23"/>
+      <c r="AO108" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO108" s="97"/>
-[...8 lines deleted...]
-      <c r="AX108" s="99" t="str">
+      <c r="AP108" s="89"/>
+      <c r="AQ108" s="89"/>
+      <c r="AR108" s="89"/>
+      <c r="AS108" s="89"/>
+      <c r="AT108" s="89"/>
+      <c r="AU108" s="89"/>
+      <c r="AV108" s="89"/>
+      <c r="AW108" s="89"/>
+      <c r="AX108" s="89"/>
+      <c r="AY108" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY108" s="97"/>
-      <c r="AZ108" s="99" t="str">
+      <c r="AZ108" s="89"/>
+      <c r="BA108" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA108" s="97"/>
-[...1 lines deleted...]
-      <c r="BC108" s="99" t="str">
+      <c r="BB108" s="89"/>
+      <c r="BC108" s="89"/>
+      <c r="BD108" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD108" s="97"/>
-[...3 lines deleted...]
-      <c r="BH108" s="99" t="str">
+      <c r="BE108" s="89"/>
+      <c r="BF108" s="89"/>
+      <c r="BG108" s="89"/>
+      <c r="BH108" s="89"/>
+      <c r="BI108" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI108" s="99" t="str">
+      <c r="BJ108" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ108" s="22"/>
-[...13 lines deleted...]
-    <row r="109" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK108" s="22"/>
+      <c r="BL108" s="92"/>
+      <c r="BM108" s="92"/>
+      <c r="BN108" s="92"/>
+      <c r="BO108" s="92"/>
+      <c r="BP108" s="92"/>
+      <c r="BQ108" s="92"/>
+      <c r="BR108" s="92"/>
+      <c r="BS108" s="92"/>
+      <c r="BT108" s="92"/>
+      <c r="BU108" s="92"/>
+      <c r="BV108" s="92"/>
+      <c r="BW108" s="92"/>
+    </row>
+    <row r="109" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A109" s="22"/>
       <c r="B109" s="21"/>
       <c r="C109" s="22"/>
       <c r="D109" s="22"/>
       <c r="E109" s="22"/>
       <c r="F109" s="21"/>
       <c r="G109" s="22"/>
       <c r="H109" s="22"/>
       <c r="I109" s="23"/>
       <c r="J109" s="23"/>
-      <c r="K109" s="93"/>
-[...2 lines deleted...]
-      <c r="N109" s="95" t="str">
+      <c r="K109" s="85"/>
+      <c r="L109" s="86"/>
+      <c r="M109" s="86"/>
+      <c r="N109" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O109" s="96"/>
-[...1 lines deleted...]
-      <c r="Q109" s="96"/>
+      <c r="O109" s="88"/>
+      <c r="P109" s="88"/>
+      <c r="Q109" s="88"/>
       <c r="R109" s="23"/>
       <c r="S109" s="23"/>
-      <c r="T109" s="97"/>
+      <c r="T109" s="89"/>
       <c r="U109" s="23"/>
       <c r="V109" s="23"/>
-      <c r="W109" s="97"/>
-[...8 lines deleted...]
-      <c r="AF109" s="98" t="str">
+      <c r="W109" s="89"/>
+      <c r="X109" s="89"/>
+      <c r="Y109" s="89"/>
+      <c r="Z109" s="89"/>
+      <c r="AA109" s="89"/>
+      <c r="AB109" s="89"/>
+      <c r="AC109" s="89"/>
+      <c r="AD109" s="89"/>
+      <c r="AE109" s="89"/>
+      <c r="AF109" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG109" s="23"/>
+      <c r="AG109" s="89"/>
       <c r="AH109" s="23"/>
       <c r="AI109" s="23"/>
       <c r="AJ109" s="23"/>
       <c r="AK109" s="23"/>
       <c r="AL109" s="23"/>
       <c r="AM109" s="23"/>
-      <c r="AN109" s="98" t="str">
+      <c r="AN109" s="23"/>
+      <c r="AO109" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO109" s="97"/>
-[...8 lines deleted...]
-      <c r="AX109" s="99" t="str">
+      <c r="AP109" s="89"/>
+      <c r="AQ109" s="89"/>
+      <c r="AR109" s="89"/>
+      <c r="AS109" s="89"/>
+      <c r="AT109" s="89"/>
+      <c r="AU109" s="89"/>
+      <c r="AV109" s="89"/>
+      <c r="AW109" s="89"/>
+      <c r="AX109" s="89"/>
+      <c r="AY109" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY109" s="97"/>
-      <c r="AZ109" s="99" t="str">
+      <c r="AZ109" s="89"/>
+      <c r="BA109" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA109" s="97"/>
-[...1 lines deleted...]
-      <c r="BC109" s="99" t="str">
+      <c r="BB109" s="89"/>
+      <c r="BC109" s="89"/>
+      <c r="BD109" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD109" s="97"/>
-[...3 lines deleted...]
-      <c r="BH109" s="99" t="str">
+      <c r="BE109" s="89"/>
+      <c r="BF109" s="89"/>
+      <c r="BG109" s="89"/>
+      <c r="BH109" s="89"/>
+      <c r="BI109" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI109" s="99" t="str">
+      <c r="BJ109" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ109" s="22"/>
-[...13 lines deleted...]
-    <row r="110" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK109" s="22"/>
+      <c r="BL109" s="92"/>
+      <c r="BM109" s="92"/>
+      <c r="BN109" s="92"/>
+      <c r="BO109" s="92"/>
+      <c r="BP109" s="92"/>
+      <c r="BQ109" s="92"/>
+      <c r="BR109" s="92"/>
+      <c r="BS109" s="92"/>
+      <c r="BT109" s="92"/>
+      <c r="BU109" s="92"/>
+      <c r="BV109" s="92"/>
+      <c r="BW109" s="92"/>
+    </row>
+    <row r="110" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A110" s="22"/>
       <c r="B110" s="21"/>
       <c r="C110" s="22"/>
       <c r="D110" s="22"/>
       <c r="E110" s="22"/>
       <c r="F110" s="21"/>
       <c r="G110" s="22"/>
       <c r="H110" s="22"/>
       <c r="I110" s="23"/>
       <c r="J110" s="23"/>
-      <c r="K110" s="93"/>
-[...2 lines deleted...]
-      <c r="N110" s="95" t="str">
+      <c r="K110" s="85"/>
+      <c r="L110" s="86"/>
+      <c r="M110" s="86"/>
+      <c r="N110" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O110" s="96"/>
-[...1 lines deleted...]
-      <c r="Q110" s="96"/>
+      <c r="O110" s="88"/>
+      <c r="P110" s="88"/>
+      <c r="Q110" s="88"/>
       <c r="R110" s="23"/>
       <c r="S110" s="23"/>
-      <c r="T110" s="97"/>
+      <c r="T110" s="89"/>
       <c r="U110" s="23"/>
       <c r="V110" s="23"/>
-      <c r="W110" s="97"/>
-[...8 lines deleted...]
-      <c r="AF110" s="98" t="str">
+      <c r="W110" s="89"/>
+      <c r="X110" s="89"/>
+      <c r="Y110" s="89"/>
+      <c r="Z110" s="89"/>
+      <c r="AA110" s="89"/>
+      <c r="AB110" s="89"/>
+      <c r="AC110" s="89"/>
+      <c r="AD110" s="89"/>
+      <c r="AE110" s="89"/>
+      <c r="AF110" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG110" s="23"/>
+      <c r="AG110" s="89"/>
       <c r="AH110" s="23"/>
       <c r="AI110" s="23"/>
       <c r="AJ110" s="23"/>
       <c r="AK110" s="23"/>
       <c r="AL110" s="23"/>
       <c r="AM110" s="23"/>
-      <c r="AN110" s="98" t="str">
+      <c r="AN110" s="23"/>
+      <c r="AO110" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO110" s="97"/>
-[...8 lines deleted...]
-      <c r="AX110" s="99" t="str">
+      <c r="AP110" s="89"/>
+      <c r="AQ110" s="89"/>
+      <c r="AR110" s="89"/>
+      <c r="AS110" s="89"/>
+      <c r="AT110" s="89"/>
+      <c r="AU110" s="89"/>
+      <c r="AV110" s="89"/>
+      <c r="AW110" s="89"/>
+      <c r="AX110" s="89"/>
+      <c r="AY110" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY110" s="97"/>
-      <c r="AZ110" s="99" t="str">
+      <c r="AZ110" s="89"/>
+      <c r="BA110" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA110" s="97"/>
-[...1 lines deleted...]
-      <c r="BC110" s="99" t="str">
+      <c r="BB110" s="89"/>
+      <c r="BC110" s="89"/>
+      <c r="BD110" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD110" s="97"/>
-[...3 lines deleted...]
-      <c r="BH110" s="99" t="str">
+      <c r="BE110" s="89"/>
+      <c r="BF110" s="89"/>
+      <c r="BG110" s="89"/>
+      <c r="BH110" s="89"/>
+      <c r="BI110" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI110" s="99" t="str">
+      <c r="BJ110" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ110" s="22"/>
-[...13 lines deleted...]
-    <row r="111" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK110" s="22"/>
+      <c r="BL110" s="92"/>
+      <c r="BM110" s="92"/>
+      <c r="BN110" s="92"/>
+      <c r="BO110" s="92"/>
+      <c r="BP110" s="92"/>
+      <c r="BQ110" s="92"/>
+      <c r="BR110" s="92"/>
+      <c r="BS110" s="92"/>
+      <c r="BT110" s="92"/>
+      <c r="BU110" s="92"/>
+      <c r="BV110" s="92"/>
+      <c r="BW110" s="92"/>
+    </row>
+    <row r="111" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A111" s="22"/>
       <c r="B111" s="21"/>
       <c r="C111" s="22"/>
       <c r="D111" s="22"/>
       <c r="E111" s="22"/>
       <c r="F111" s="21"/>
       <c r="G111" s="22"/>
       <c r="H111" s="22"/>
       <c r="I111" s="23"/>
       <c r="J111" s="23"/>
-      <c r="K111" s="93"/>
-[...2 lines deleted...]
-      <c r="N111" s="95" t="str">
+      <c r="K111" s="85"/>
+      <c r="L111" s="86"/>
+      <c r="M111" s="86"/>
+      <c r="N111" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O111" s="96"/>
-[...1 lines deleted...]
-      <c r="Q111" s="96"/>
+      <c r="O111" s="88"/>
+      <c r="P111" s="88"/>
+      <c r="Q111" s="88"/>
       <c r="R111" s="23"/>
       <c r="S111" s="23"/>
-      <c r="T111" s="97"/>
+      <c r="T111" s="89"/>
       <c r="U111" s="23"/>
       <c r="V111" s="23"/>
-      <c r="W111" s="97"/>
-[...8 lines deleted...]
-      <c r="AF111" s="98" t="str">
+      <c r="W111" s="89"/>
+      <c r="X111" s="89"/>
+      <c r="Y111" s="89"/>
+      <c r="Z111" s="89"/>
+      <c r="AA111" s="89"/>
+      <c r="AB111" s="89"/>
+      <c r="AC111" s="89"/>
+      <c r="AD111" s="89"/>
+      <c r="AE111" s="89"/>
+      <c r="AF111" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG111" s="23"/>
+      <c r="AG111" s="89"/>
       <c r="AH111" s="23"/>
       <c r="AI111" s="23"/>
       <c r="AJ111" s="23"/>
       <c r="AK111" s="23"/>
       <c r="AL111" s="23"/>
       <c r="AM111" s="23"/>
-      <c r="AN111" s="98" t="str">
+      <c r="AN111" s="23"/>
+      <c r="AO111" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO111" s="97"/>
-[...8 lines deleted...]
-      <c r="AX111" s="99" t="str">
+      <c r="AP111" s="89"/>
+      <c r="AQ111" s="89"/>
+      <c r="AR111" s="89"/>
+      <c r="AS111" s="89"/>
+      <c r="AT111" s="89"/>
+      <c r="AU111" s="89"/>
+      <c r="AV111" s="89"/>
+      <c r="AW111" s="89"/>
+      <c r="AX111" s="89"/>
+      <c r="AY111" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY111" s="97"/>
-      <c r="AZ111" s="99" t="str">
+      <c r="AZ111" s="89"/>
+      <c r="BA111" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA111" s="97"/>
-[...1 lines deleted...]
-      <c r="BC111" s="99" t="str">
+      <c r="BB111" s="89"/>
+      <c r="BC111" s="89"/>
+      <c r="BD111" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD111" s="97"/>
-[...3 lines deleted...]
-      <c r="BH111" s="99" t="str">
+      <c r="BE111" s="89"/>
+      <c r="BF111" s="89"/>
+      <c r="BG111" s="89"/>
+      <c r="BH111" s="89"/>
+      <c r="BI111" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI111" s="99" t="str">
+      <c r="BJ111" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ111" s="22"/>
-[...13 lines deleted...]
-    <row r="112" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK111" s="22"/>
+      <c r="BL111" s="92"/>
+      <c r="BM111" s="92"/>
+      <c r="BN111" s="92"/>
+      <c r="BO111" s="92"/>
+      <c r="BP111" s="92"/>
+      <c r="BQ111" s="92"/>
+      <c r="BR111" s="92"/>
+      <c r="BS111" s="92"/>
+      <c r="BT111" s="92"/>
+      <c r="BU111" s="92"/>
+      <c r="BV111" s="92"/>
+      <c r="BW111" s="92"/>
+    </row>
+    <row r="112" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A112" s="22"/>
       <c r="B112" s="21"/>
       <c r="C112" s="22"/>
       <c r="D112" s="22"/>
       <c r="E112" s="22"/>
       <c r="F112" s="21"/>
       <c r="G112" s="22"/>
       <c r="H112" s="22"/>
       <c r="I112" s="23"/>
       <c r="J112" s="23"/>
-      <c r="K112" s="93"/>
-[...2 lines deleted...]
-      <c r="N112" s="95" t="str">
+      <c r="K112" s="85"/>
+      <c r="L112" s="86"/>
+      <c r="M112" s="86"/>
+      <c r="N112" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O112" s="96"/>
-[...1 lines deleted...]
-      <c r="Q112" s="96"/>
+      <c r="O112" s="88"/>
+      <c r="P112" s="88"/>
+      <c r="Q112" s="88"/>
       <c r="R112" s="23"/>
       <c r="S112" s="23"/>
-      <c r="T112" s="97"/>
+      <c r="T112" s="89"/>
       <c r="U112" s="23"/>
       <c r="V112" s="23"/>
-      <c r="W112" s="97"/>
-[...8 lines deleted...]
-      <c r="AF112" s="98" t="str">
+      <c r="W112" s="89"/>
+      <c r="X112" s="89"/>
+      <c r="Y112" s="89"/>
+      <c r="Z112" s="89"/>
+      <c r="AA112" s="89"/>
+      <c r="AB112" s="89"/>
+      <c r="AC112" s="89"/>
+      <c r="AD112" s="89"/>
+      <c r="AE112" s="89"/>
+      <c r="AF112" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG112" s="23"/>
+      <c r="AG112" s="89"/>
       <c r="AH112" s="23"/>
       <c r="AI112" s="23"/>
       <c r="AJ112" s="23"/>
       <c r="AK112" s="23"/>
       <c r="AL112" s="23"/>
       <c r="AM112" s="23"/>
-      <c r="AN112" s="98" t="str">
+      <c r="AN112" s="23"/>
+      <c r="AO112" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO112" s="97"/>
-[...8 lines deleted...]
-      <c r="AX112" s="99" t="str">
+      <c r="AP112" s="89"/>
+      <c r="AQ112" s="89"/>
+      <c r="AR112" s="89"/>
+      <c r="AS112" s="89"/>
+      <c r="AT112" s="89"/>
+      <c r="AU112" s="89"/>
+      <c r="AV112" s="89"/>
+      <c r="AW112" s="89"/>
+      <c r="AX112" s="89"/>
+      <c r="AY112" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY112" s="97"/>
-      <c r="AZ112" s="99" t="str">
+      <c r="AZ112" s="89"/>
+      <c r="BA112" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA112" s="97"/>
-[...1 lines deleted...]
-      <c r="BC112" s="99" t="str">
+      <c r="BB112" s="89"/>
+      <c r="BC112" s="89"/>
+      <c r="BD112" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD112" s="97"/>
-[...3 lines deleted...]
-      <c r="BH112" s="99" t="str">
+      <c r="BE112" s="89"/>
+      <c r="BF112" s="89"/>
+      <c r="BG112" s="89"/>
+      <c r="BH112" s="89"/>
+      <c r="BI112" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI112" s="99" t="str">
+      <c r="BJ112" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ112" s="22"/>
-[...13 lines deleted...]
-    <row r="113" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK112" s="22"/>
+      <c r="BL112" s="92"/>
+      <c r="BM112" s="92"/>
+      <c r="BN112" s="92"/>
+      <c r="BO112" s="92"/>
+      <c r="BP112" s="92"/>
+      <c r="BQ112" s="92"/>
+      <c r="BR112" s="92"/>
+      <c r="BS112" s="92"/>
+      <c r="BT112" s="92"/>
+      <c r="BU112" s="92"/>
+      <c r="BV112" s="92"/>
+      <c r="BW112" s="92"/>
+    </row>
+    <row r="113" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A113" s="22"/>
       <c r="B113" s="21"/>
       <c r="C113" s="22"/>
       <c r="D113" s="22"/>
       <c r="E113" s="22"/>
       <c r="F113" s="21"/>
       <c r="G113" s="22"/>
       <c r="H113" s="22"/>
       <c r="I113" s="23"/>
       <c r="J113" s="23"/>
-      <c r="K113" s="93"/>
-[...2 lines deleted...]
-      <c r="N113" s="95" t="str">
+      <c r="K113" s="85"/>
+      <c r="L113" s="86"/>
+      <c r="M113" s="86"/>
+      <c r="N113" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O113" s="96"/>
-[...1 lines deleted...]
-      <c r="Q113" s="96"/>
+      <c r="O113" s="88"/>
+      <c r="P113" s="88"/>
+      <c r="Q113" s="88"/>
       <c r="R113" s="23"/>
       <c r="S113" s="23"/>
-      <c r="T113" s="97"/>
+      <c r="T113" s="89"/>
       <c r="U113" s="23"/>
       <c r="V113" s="23"/>
-      <c r="W113" s="97"/>
-[...8 lines deleted...]
-      <c r="AF113" s="98" t="str">
+      <c r="W113" s="89"/>
+      <c r="X113" s="89"/>
+      <c r="Y113" s="89"/>
+      <c r="Z113" s="89"/>
+      <c r="AA113" s="89"/>
+      <c r="AB113" s="89"/>
+      <c r="AC113" s="89"/>
+      <c r="AD113" s="89"/>
+      <c r="AE113" s="89"/>
+      <c r="AF113" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG113" s="23"/>
+      <c r="AG113" s="89"/>
       <c r="AH113" s="23"/>
       <c r="AI113" s="23"/>
       <c r="AJ113" s="23"/>
       <c r="AK113" s="23"/>
       <c r="AL113" s="23"/>
       <c r="AM113" s="23"/>
-      <c r="AN113" s="98" t="str">
+      <c r="AN113" s="23"/>
+      <c r="AO113" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO113" s="97"/>
-[...8 lines deleted...]
-      <c r="AX113" s="99" t="str">
+      <c r="AP113" s="89"/>
+      <c r="AQ113" s="89"/>
+      <c r="AR113" s="89"/>
+      <c r="AS113" s="89"/>
+      <c r="AT113" s="89"/>
+      <c r="AU113" s="89"/>
+      <c r="AV113" s="89"/>
+      <c r="AW113" s="89"/>
+      <c r="AX113" s="89"/>
+      <c r="AY113" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY113" s="97"/>
-      <c r="AZ113" s="99" t="str">
+      <c r="AZ113" s="89"/>
+      <c r="BA113" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA113" s="97"/>
-[...1 lines deleted...]
-      <c r="BC113" s="99" t="str">
+      <c r="BB113" s="89"/>
+      <c r="BC113" s="89"/>
+      <c r="BD113" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD113" s="97"/>
-[...3 lines deleted...]
-      <c r="BH113" s="99" t="str">
+      <c r="BE113" s="89"/>
+      <c r="BF113" s="89"/>
+      <c r="BG113" s="89"/>
+      <c r="BH113" s="89"/>
+      <c r="BI113" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI113" s="99" t="str">
+      <c r="BJ113" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ113" s="22"/>
-[...13 lines deleted...]
-    <row r="114" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK113" s="22"/>
+      <c r="BL113" s="92"/>
+      <c r="BM113" s="92"/>
+      <c r="BN113" s="92"/>
+      <c r="BO113" s="92"/>
+      <c r="BP113" s="92"/>
+      <c r="BQ113" s="92"/>
+      <c r="BR113" s="92"/>
+      <c r="BS113" s="92"/>
+      <c r="BT113" s="92"/>
+      <c r="BU113" s="92"/>
+      <c r="BV113" s="92"/>
+      <c r="BW113" s="92"/>
+    </row>
+    <row r="114" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A114" s="22"/>
       <c r="B114" s="21"/>
       <c r="C114" s="22"/>
       <c r="D114" s="22"/>
       <c r="E114" s="22"/>
       <c r="F114" s="21"/>
       <c r="G114" s="22"/>
       <c r="H114" s="22"/>
       <c r="I114" s="23"/>
       <c r="J114" s="23"/>
-      <c r="K114" s="93"/>
-[...2 lines deleted...]
-      <c r="N114" s="95" t="str">
+      <c r="K114" s="85"/>
+      <c r="L114" s="86"/>
+      <c r="M114" s="86"/>
+      <c r="N114" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O114" s="96"/>
-[...1 lines deleted...]
-      <c r="Q114" s="96"/>
+      <c r="O114" s="88"/>
+      <c r="P114" s="88"/>
+      <c r="Q114" s="88"/>
       <c r="R114" s="23"/>
       <c r="S114" s="23"/>
-      <c r="T114" s="97"/>
+      <c r="T114" s="89"/>
       <c r="U114" s="23"/>
       <c r="V114" s="23"/>
-      <c r="W114" s="97"/>
-[...8 lines deleted...]
-      <c r="AF114" s="98" t="str">
+      <c r="W114" s="89"/>
+      <c r="X114" s="89"/>
+      <c r="Y114" s="89"/>
+      <c r="Z114" s="89"/>
+      <c r="AA114" s="89"/>
+      <c r="AB114" s="89"/>
+      <c r="AC114" s="89"/>
+      <c r="AD114" s="89"/>
+      <c r="AE114" s="89"/>
+      <c r="AF114" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG114" s="23"/>
+      <c r="AG114" s="89"/>
       <c r="AH114" s="23"/>
       <c r="AI114" s="23"/>
       <c r="AJ114" s="23"/>
       <c r="AK114" s="23"/>
       <c r="AL114" s="23"/>
       <c r="AM114" s="23"/>
-      <c r="AN114" s="98" t="str">
+      <c r="AN114" s="23"/>
+      <c r="AO114" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO114" s="97"/>
-[...8 lines deleted...]
-      <c r="AX114" s="99" t="str">
+      <c r="AP114" s="89"/>
+      <c r="AQ114" s="89"/>
+      <c r="AR114" s="89"/>
+      <c r="AS114" s="89"/>
+      <c r="AT114" s="89"/>
+      <c r="AU114" s="89"/>
+      <c r="AV114" s="89"/>
+      <c r="AW114" s="89"/>
+      <c r="AX114" s="89"/>
+      <c r="AY114" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY114" s="97"/>
-      <c r="AZ114" s="99" t="str">
+      <c r="AZ114" s="89"/>
+      <c r="BA114" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA114" s="97"/>
-[...1 lines deleted...]
-      <c r="BC114" s="99" t="str">
+      <c r="BB114" s="89"/>
+      <c r="BC114" s="89"/>
+      <c r="BD114" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD114" s="97"/>
-[...3 lines deleted...]
-      <c r="BH114" s="99" t="str">
+      <c r="BE114" s="89"/>
+      <c r="BF114" s="89"/>
+      <c r="BG114" s="89"/>
+      <c r="BH114" s="89"/>
+      <c r="BI114" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI114" s="99" t="str">
+      <c r="BJ114" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ114" s="22"/>
-[...13 lines deleted...]
-    <row r="115" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK114" s="22"/>
+      <c r="BL114" s="92"/>
+      <c r="BM114" s="92"/>
+      <c r="BN114" s="92"/>
+      <c r="BO114" s="92"/>
+      <c r="BP114" s="92"/>
+      <c r="BQ114" s="92"/>
+      <c r="BR114" s="92"/>
+      <c r="BS114" s="92"/>
+      <c r="BT114" s="92"/>
+      <c r="BU114" s="92"/>
+      <c r="BV114" s="92"/>
+      <c r="BW114" s="92"/>
+    </row>
+    <row r="115" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A115" s="22"/>
       <c r="B115" s="21"/>
       <c r="C115" s="22"/>
       <c r="D115" s="22"/>
       <c r="E115" s="22"/>
       <c r="F115" s="21"/>
       <c r="G115" s="22"/>
       <c r="H115" s="22"/>
       <c r="I115" s="23"/>
       <c r="J115" s="23"/>
-      <c r="K115" s="93"/>
-[...2 lines deleted...]
-      <c r="N115" s="95" t="str">
+      <c r="K115" s="85"/>
+      <c r="L115" s="86"/>
+      <c r="M115" s="86"/>
+      <c r="N115" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O115" s="96"/>
-[...1 lines deleted...]
-      <c r="Q115" s="96"/>
+      <c r="O115" s="88"/>
+      <c r="P115" s="88"/>
+      <c r="Q115" s="88"/>
       <c r="R115" s="23"/>
       <c r="S115" s="23"/>
-      <c r="T115" s="97"/>
+      <c r="T115" s="89"/>
       <c r="U115" s="23"/>
       <c r="V115" s="23"/>
-      <c r="W115" s="97"/>
-[...8 lines deleted...]
-      <c r="AF115" s="98" t="str">
+      <c r="W115" s="89"/>
+      <c r="X115" s="89"/>
+      <c r="Y115" s="89"/>
+      <c r="Z115" s="89"/>
+      <c r="AA115" s="89"/>
+      <c r="AB115" s="89"/>
+      <c r="AC115" s="89"/>
+      <c r="AD115" s="89"/>
+      <c r="AE115" s="89"/>
+      <c r="AF115" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG115" s="23"/>
+      <c r="AG115" s="89"/>
       <c r="AH115" s="23"/>
       <c r="AI115" s="23"/>
       <c r="AJ115" s="23"/>
       <c r="AK115" s="23"/>
       <c r="AL115" s="23"/>
       <c r="AM115" s="23"/>
-      <c r="AN115" s="98" t="str">
+      <c r="AN115" s="23"/>
+      <c r="AO115" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO115" s="97"/>
-[...8 lines deleted...]
-      <c r="AX115" s="99" t="str">
+      <c r="AP115" s="89"/>
+      <c r="AQ115" s="89"/>
+      <c r="AR115" s="89"/>
+      <c r="AS115" s="89"/>
+      <c r="AT115" s="89"/>
+      <c r="AU115" s="89"/>
+      <c r="AV115" s="89"/>
+      <c r="AW115" s="89"/>
+      <c r="AX115" s="89"/>
+      <c r="AY115" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY115" s="97"/>
-      <c r="AZ115" s="99" t="str">
+      <c r="AZ115" s="89"/>
+      <c r="BA115" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA115" s="97"/>
-[...1 lines deleted...]
-      <c r="BC115" s="99" t="str">
+      <c r="BB115" s="89"/>
+      <c r="BC115" s="89"/>
+      <c r="BD115" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD115" s="97"/>
-[...3 lines deleted...]
-      <c r="BH115" s="99" t="str">
+      <c r="BE115" s="89"/>
+      <c r="BF115" s="89"/>
+      <c r="BG115" s="89"/>
+      <c r="BH115" s="89"/>
+      <c r="BI115" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI115" s="99" t="str">
+      <c r="BJ115" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ115" s="22"/>
-[...13 lines deleted...]
-    <row r="116" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK115" s="22"/>
+      <c r="BL115" s="92"/>
+      <c r="BM115" s="92"/>
+      <c r="BN115" s="92"/>
+      <c r="BO115" s="92"/>
+      <c r="BP115" s="92"/>
+      <c r="BQ115" s="92"/>
+      <c r="BR115" s="92"/>
+      <c r="BS115" s="92"/>
+      <c r="BT115" s="92"/>
+      <c r="BU115" s="92"/>
+      <c r="BV115" s="92"/>
+      <c r="BW115" s="92"/>
+    </row>
+    <row r="116" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A116" s="22"/>
       <c r="B116" s="21"/>
       <c r="C116" s="22"/>
       <c r="D116" s="22"/>
       <c r="E116" s="22"/>
       <c r="F116" s="21"/>
       <c r="G116" s="22"/>
       <c r="H116" s="22"/>
       <c r="I116" s="23"/>
       <c r="J116" s="23"/>
-      <c r="K116" s="93"/>
-[...2 lines deleted...]
-      <c r="N116" s="95" t="str">
+      <c r="K116" s="85"/>
+      <c r="L116" s="86"/>
+      <c r="M116" s="86"/>
+      <c r="N116" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O116" s="96"/>
-[...1 lines deleted...]
-      <c r="Q116" s="96"/>
+      <c r="O116" s="88"/>
+      <c r="P116" s="88"/>
+      <c r="Q116" s="88"/>
       <c r="R116" s="23"/>
       <c r="S116" s="23"/>
-      <c r="T116" s="97"/>
+      <c r="T116" s="89"/>
       <c r="U116" s="23"/>
       <c r="V116" s="23"/>
-      <c r="W116" s="97"/>
-[...8 lines deleted...]
-      <c r="AF116" s="98" t="str">
+      <c r="W116" s="89"/>
+      <c r="X116" s="89"/>
+      <c r="Y116" s="89"/>
+      <c r="Z116" s="89"/>
+      <c r="AA116" s="89"/>
+      <c r="AB116" s="89"/>
+      <c r="AC116" s="89"/>
+      <c r="AD116" s="89"/>
+      <c r="AE116" s="89"/>
+      <c r="AF116" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG116" s="23"/>
+      <c r="AG116" s="89"/>
       <c r="AH116" s="23"/>
       <c r="AI116" s="23"/>
       <c r="AJ116" s="23"/>
       <c r="AK116" s="23"/>
       <c r="AL116" s="23"/>
       <c r="AM116" s="23"/>
-      <c r="AN116" s="98" t="str">
+      <c r="AN116" s="23"/>
+      <c r="AO116" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO116" s="97"/>
-[...8 lines deleted...]
-      <c r="AX116" s="99" t="str">
+      <c r="AP116" s="89"/>
+      <c r="AQ116" s="89"/>
+      <c r="AR116" s="89"/>
+      <c r="AS116" s="89"/>
+      <c r="AT116" s="89"/>
+      <c r="AU116" s="89"/>
+      <c r="AV116" s="89"/>
+      <c r="AW116" s="89"/>
+      <c r="AX116" s="89"/>
+      <c r="AY116" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY116" s="97"/>
-      <c r="AZ116" s="99" t="str">
+      <c r="AZ116" s="89"/>
+      <c r="BA116" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA116" s="97"/>
-[...1 lines deleted...]
-      <c r="BC116" s="99" t="str">
+      <c r="BB116" s="89"/>
+      <c r="BC116" s="89"/>
+      <c r="BD116" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD116" s="97"/>
-[...3 lines deleted...]
-      <c r="BH116" s="99" t="str">
+      <c r="BE116" s="89"/>
+      <c r="BF116" s="89"/>
+      <c r="BG116" s="89"/>
+      <c r="BH116" s="89"/>
+      <c r="BI116" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI116" s="99" t="str">
+      <c r="BJ116" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ116" s="22"/>
-[...13 lines deleted...]
-    <row r="117" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK116" s="22"/>
+      <c r="BL116" s="92"/>
+      <c r="BM116" s="92"/>
+      <c r="BN116" s="92"/>
+      <c r="BO116" s="92"/>
+      <c r="BP116" s="92"/>
+      <c r="BQ116" s="92"/>
+      <c r="BR116" s="92"/>
+      <c r="BS116" s="92"/>
+      <c r="BT116" s="92"/>
+      <c r="BU116" s="92"/>
+      <c r="BV116" s="92"/>
+      <c r="BW116" s="92"/>
+    </row>
+    <row r="117" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A117" s="22"/>
       <c r="B117" s="21"/>
       <c r="C117" s="22"/>
       <c r="D117" s="22"/>
       <c r="E117" s="22"/>
       <c r="F117" s="21"/>
       <c r="G117" s="22"/>
       <c r="H117" s="22"/>
       <c r="I117" s="23"/>
       <c r="J117" s="23"/>
-      <c r="K117" s="93"/>
-[...2 lines deleted...]
-      <c r="N117" s="95" t="str">
+      <c r="K117" s="85"/>
+      <c r="L117" s="86"/>
+      <c r="M117" s="86"/>
+      <c r="N117" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O117" s="96"/>
-[...1 lines deleted...]
-      <c r="Q117" s="96"/>
+      <c r="O117" s="88"/>
+      <c r="P117" s="88"/>
+      <c r="Q117" s="88"/>
       <c r="R117" s="23"/>
       <c r="S117" s="23"/>
-      <c r="T117" s="97"/>
+      <c r="T117" s="89"/>
       <c r="U117" s="23"/>
       <c r="V117" s="23"/>
-      <c r="W117" s="97"/>
-[...8 lines deleted...]
-      <c r="AF117" s="98" t="str">
+      <c r="W117" s="89"/>
+      <c r="X117" s="89"/>
+      <c r="Y117" s="89"/>
+      <c r="Z117" s="89"/>
+      <c r="AA117" s="89"/>
+      <c r="AB117" s="89"/>
+      <c r="AC117" s="89"/>
+      <c r="AD117" s="89"/>
+      <c r="AE117" s="89"/>
+      <c r="AF117" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG117" s="23"/>
+      <c r="AG117" s="89"/>
       <c r="AH117" s="23"/>
       <c r="AI117" s="23"/>
       <c r="AJ117" s="23"/>
       <c r="AK117" s="23"/>
       <c r="AL117" s="23"/>
       <c r="AM117" s="23"/>
-      <c r="AN117" s="98" t="str">
+      <c r="AN117" s="23"/>
+      <c r="AO117" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO117" s="97"/>
-[...8 lines deleted...]
-      <c r="AX117" s="99" t="str">
+      <c r="AP117" s="89"/>
+      <c r="AQ117" s="89"/>
+      <c r="AR117" s="89"/>
+      <c r="AS117" s="89"/>
+      <c r="AT117" s="89"/>
+      <c r="AU117" s="89"/>
+      <c r="AV117" s="89"/>
+      <c r="AW117" s="89"/>
+      <c r="AX117" s="89"/>
+      <c r="AY117" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY117" s="97"/>
-      <c r="AZ117" s="99" t="str">
+      <c r="AZ117" s="89"/>
+      <c r="BA117" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA117" s="97"/>
-[...1 lines deleted...]
-      <c r="BC117" s="99" t="str">
+      <c r="BB117" s="89"/>
+      <c r="BC117" s="89"/>
+      <c r="BD117" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD117" s="97"/>
-[...3 lines deleted...]
-      <c r="BH117" s="99" t="str">
+      <c r="BE117" s="89"/>
+      <c r="BF117" s="89"/>
+      <c r="BG117" s="89"/>
+      <c r="BH117" s="89"/>
+      <c r="BI117" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI117" s="99" t="str">
+      <c r="BJ117" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ117" s="22"/>
-[...13 lines deleted...]
-    <row r="118" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK117" s="22"/>
+      <c r="BL117" s="92"/>
+      <c r="BM117" s="92"/>
+      <c r="BN117" s="92"/>
+      <c r="BO117" s="92"/>
+      <c r="BP117" s="92"/>
+      <c r="BQ117" s="92"/>
+      <c r="BR117" s="92"/>
+      <c r="BS117" s="92"/>
+      <c r="BT117" s="92"/>
+      <c r="BU117" s="92"/>
+      <c r="BV117" s="92"/>
+      <c r="BW117" s="92"/>
+    </row>
+    <row r="118" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A118" s="22"/>
       <c r="B118" s="21"/>
       <c r="C118" s="22"/>
       <c r="D118" s="22"/>
       <c r="E118" s="22"/>
       <c r="F118" s="21"/>
       <c r="G118" s="22"/>
       <c r="H118" s="22"/>
       <c r="I118" s="23"/>
       <c r="J118" s="23"/>
-      <c r="K118" s="93"/>
-[...2 lines deleted...]
-      <c r="N118" s="95" t="str">
+      <c r="K118" s="85"/>
+      <c r="L118" s="86"/>
+      <c r="M118" s="86"/>
+      <c r="N118" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O118" s="96"/>
-[...1 lines deleted...]
-      <c r="Q118" s="96"/>
+      <c r="O118" s="88"/>
+      <c r="P118" s="88"/>
+      <c r="Q118" s="88"/>
       <c r="R118" s="23"/>
       <c r="S118" s="23"/>
-      <c r="T118" s="97"/>
+      <c r="T118" s="89"/>
       <c r="U118" s="23"/>
       <c r="V118" s="23"/>
-      <c r="W118" s="97"/>
-[...8 lines deleted...]
-      <c r="AF118" s="98" t="str">
+      <c r="W118" s="89"/>
+      <c r="X118" s="89"/>
+      <c r="Y118" s="89"/>
+      <c r="Z118" s="89"/>
+      <c r="AA118" s="89"/>
+      <c r="AB118" s="89"/>
+      <c r="AC118" s="89"/>
+      <c r="AD118" s="89"/>
+      <c r="AE118" s="89"/>
+      <c r="AF118" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG118" s="23"/>
+      <c r="AG118" s="89"/>
       <c r="AH118" s="23"/>
       <c r="AI118" s="23"/>
       <c r="AJ118" s="23"/>
       <c r="AK118" s="23"/>
       <c r="AL118" s="23"/>
       <c r="AM118" s="23"/>
-      <c r="AN118" s="98" t="str">
+      <c r="AN118" s="23"/>
+      <c r="AO118" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO118" s="97"/>
-[...8 lines deleted...]
-      <c r="AX118" s="99" t="str">
+      <c r="AP118" s="89"/>
+      <c r="AQ118" s="89"/>
+      <c r="AR118" s="89"/>
+      <c r="AS118" s="89"/>
+      <c r="AT118" s="89"/>
+      <c r="AU118" s="89"/>
+      <c r="AV118" s="89"/>
+      <c r="AW118" s="89"/>
+      <c r="AX118" s="89"/>
+      <c r="AY118" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY118" s="97"/>
-      <c r="AZ118" s="99" t="str">
+      <c r="AZ118" s="89"/>
+      <c r="BA118" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA118" s="97"/>
-[...1 lines deleted...]
-      <c r="BC118" s="99" t="str">
+      <c r="BB118" s="89"/>
+      <c r="BC118" s="89"/>
+      <c r="BD118" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD118" s="97"/>
-[...3 lines deleted...]
-      <c r="BH118" s="99" t="str">
+      <c r="BE118" s="89"/>
+      <c r="BF118" s="89"/>
+      <c r="BG118" s="89"/>
+      <c r="BH118" s="89"/>
+      <c r="BI118" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI118" s="99" t="str">
+      <c r="BJ118" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ118" s="22"/>
-[...13 lines deleted...]
-    <row r="119" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK118" s="22"/>
+      <c r="BL118" s="92"/>
+      <c r="BM118" s="92"/>
+      <c r="BN118" s="92"/>
+      <c r="BO118" s="92"/>
+      <c r="BP118" s="92"/>
+      <c r="BQ118" s="92"/>
+      <c r="BR118" s="92"/>
+      <c r="BS118" s="92"/>
+      <c r="BT118" s="92"/>
+      <c r="BU118" s="92"/>
+      <c r="BV118" s="92"/>
+      <c r="BW118" s="92"/>
+    </row>
+    <row r="119" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A119" s="22"/>
       <c r="B119" s="21"/>
       <c r="C119" s="22"/>
       <c r="D119" s="22"/>
       <c r="E119" s="22"/>
       <c r="F119" s="21"/>
       <c r="G119" s="22"/>
       <c r="H119" s="22"/>
       <c r="I119" s="23"/>
       <c r="J119" s="23"/>
-      <c r="K119" s="93"/>
-[...2 lines deleted...]
-      <c r="N119" s="95" t="str">
+      <c r="K119" s="85"/>
+      <c r="L119" s="86"/>
+      <c r="M119" s="86"/>
+      <c r="N119" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O119" s="96"/>
-[...1 lines deleted...]
-      <c r="Q119" s="96"/>
+      <c r="O119" s="88"/>
+      <c r="P119" s="88"/>
+      <c r="Q119" s="88"/>
       <c r="R119" s="23"/>
       <c r="S119" s="23"/>
-      <c r="T119" s="97"/>
+      <c r="T119" s="89"/>
       <c r="U119" s="23"/>
       <c r="V119" s="23"/>
-      <c r="W119" s="97"/>
-[...8 lines deleted...]
-      <c r="AF119" s="98" t="str">
+      <c r="W119" s="89"/>
+      <c r="X119" s="89"/>
+      <c r="Y119" s="89"/>
+      <c r="Z119" s="89"/>
+      <c r="AA119" s="89"/>
+      <c r="AB119" s="89"/>
+      <c r="AC119" s="89"/>
+      <c r="AD119" s="89"/>
+      <c r="AE119" s="89"/>
+      <c r="AF119" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG119" s="23"/>
+      <c r="AG119" s="89"/>
       <c r="AH119" s="23"/>
       <c r="AI119" s="23"/>
       <c r="AJ119" s="23"/>
       <c r="AK119" s="23"/>
       <c r="AL119" s="23"/>
       <c r="AM119" s="23"/>
-      <c r="AN119" s="98" t="str">
+      <c r="AN119" s="23"/>
+      <c r="AO119" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO119" s="97"/>
-[...8 lines deleted...]
-      <c r="AX119" s="99" t="str">
+      <c r="AP119" s="89"/>
+      <c r="AQ119" s="89"/>
+      <c r="AR119" s="89"/>
+      <c r="AS119" s="89"/>
+      <c r="AT119" s="89"/>
+      <c r="AU119" s="89"/>
+      <c r="AV119" s="89"/>
+      <c r="AW119" s="89"/>
+      <c r="AX119" s="89"/>
+      <c r="AY119" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY119" s="97"/>
-      <c r="AZ119" s="99" t="str">
+      <c r="AZ119" s="89"/>
+      <c r="BA119" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA119" s="97"/>
-[...1 lines deleted...]
-      <c r="BC119" s="99" t="str">
+      <c r="BB119" s="89"/>
+      <c r="BC119" s="89"/>
+      <c r="BD119" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD119" s="97"/>
-[...3 lines deleted...]
-      <c r="BH119" s="99" t="str">
+      <c r="BE119" s="89"/>
+      <c r="BF119" s="89"/>
+      <c r="BG119" s="89"/>
+      <c r="BH119" s="89"/>
+      <c r="BI119" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI119" s="99" t="str">
+      <c r="BJ119" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ119" s="22"/>
-[...13 lines deleted...]
-    <row r="120" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK119" s="22"/>
+      <c r="BL119" s="92"/>
+      <c r="BM119" s="92"/>
+      <c r="BN119" s="92"/>
+      <c r="BO119" s="92"/>
+      <c r="BP119" s="92"/>
+      <c r="BQ119" s="92"/>
+      <c r="BR119" s="92"/>
+      <c r="BS119" s="92"/>
+      <c r="BT119" s="92"/>
+      <c r="BU119" s="92"/>
+      <c r="BV119" s="92"/>
+      <c r="BW119" s="92"/>
+    </row>
+    <row r="120" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A120" s="22"/>
       <c r="B120" s="21"/>
       <c r="C120" s="22"/>
       <c r="D120" s="22"/>
       <c r="E120" s="22"/>
       <c r="F120" s="21"/>
       <c r="G120" s="22"/>
       <c r="H120" s="22"/>
       <c r="I120" s="23"/>
       <c r="J120" s="23"/>
-      <c r="K120" s="93"/>
-[...2 lines deleted...]
-      <c r="N120" s="95" t="str">
+      <c r="K120" s="85"/>
+      <c r="L120" s="86"/>
+      <c r="M120" s="86"/>
+      <c r="N120" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O120" s="96"/>
-[...1 lines deleted...]
-      <c r="Q120" s="96"/>
+      <c r="O120" s="88"/>
+      <c r="P120" s="88"/>
+      <c r="Q120" s="88"/>
       <c r="R120" s="23"/>
       <c r="S120" s="23"/>
-      <c r="T120" s="97"/>
+      <c r="T120" s="89"/>
       <c r="U120" s="23"/>
       <c r="V120" s="23"/>
-      <c r="W120" s="97"/>
-[...8 lines deleted...]
-      <c r="AF120" s="98" t="str">
+      <c r="W120" s="89"/>
+      <c r="X120" s="89"/>
+      <c r="Y120" s="89"/>
+      <c r="Z120" s="89"/>
+      <c r="AA120" s="89"/>
+      <c r="AB120" s="89"/>
+      <c r="AC120" s="89"/>
+      <c r="AD120" s="89"/>
+      <c r="AE120" s="89"/>
+      <c r="AF120" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG120" s="23"/>
+      <c r="AG120" s="89"/>
       <c r="AH120" s="23"/>
       <c r="AI120" s="23"/>
       <c r="AJ120" s="23"/>
       <c r="AK120" s="23"/>
       <c r="AL120" s="23"/>
       <c r="AM120" s="23"/>
-      <c r="AN120" s="98" t="str">
+      <c r="AN120" s="23"/>
+      <c r="AO120" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO120" s="97"/>
-[...8 lines deleted...]
-      <c r="AX120" s="99" t="str">
+      <c r="AP120" s="89"/>
+      <c r="AQ120" s="89"/>
+      <c r="AR120" s="89"/>
+      <c r="AS120" s="89"/>
+      <c r="AT120" s="89"/>
+      <c r="AU120" s="89"/>
+      <c r="AV120" s="89"/>
+      <c r="AW120" s="89"/>
+      <c r="AX120" s="89"/>
+      <c r="AY120" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY120" s="97"/>
-      <c r="AZ120" s="99" t="str">
+      <c r="AZ120" s="89"/>
+      <c r="BA120" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA120" s="97"/>
-[...1 lines deleted...]
-      <c r="BC120" s="99" t="str">
+      <c r="BB120" s="89"/>
+      <c r="BC120" s="89"/>
+      <c r="BD120" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD120" s="97"/>
-[...3 lines deleted...]
-      <c r="BH120" s="99" t="str">
+      <c r="BE120" s="89"/>
+      <c r="BF120" s="89"/>
+      <c r="BG120" s="89"/>
+      <c r="BH120" s="89"/>
+      <c r="BI120" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI120" s="99" t="str">
+      <c r="BJ120" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ120" s="22"/>
-[...13 lines deleted...]
-    <row r="121" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK120" s="22"/>
+      <c r="BL120" s="92"/>
+      <c r="BM120" s="92"/>
+      <c r="BN120" s="92"/>
+      <c r="BO120" s="92"/>
+      <c r="BP120" s="92"/>
+      <c r="BQ120" s="92"/>
+      <c r="BR120" s="92"/>
+      <c r="BS120" s="92"/>
+      <c r="BT120" s="92"/>
+      <c r="BU120" s="92"/>
+      <c r="BV120" s="92"/>
+      <c r="BW120" s="92"/>
+    </row>
+    <row r="121" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A121" s="22"/>
       <c r="B121" s="21"/>
       <c r="C121" s="22"/>
       <c r="D121" s="22"/>
       <c r="E121" s="22"/>
       <c r="F121" s="21"/>
       <c r="G121" s="22"/>
       <c r="H121" s="22"/>
       <c r="I121" s="23"/>
       <c r="J121" s="23"/>
-      <c r="K121" s="93"/>
-[...2 lines deleted...]
-      <c r="N121" s="95" t="str">
+      <c r="K121" s="85"/>
+      <c r="L121" s="86"/>
+      <c r="M121" s="86"/>
+      <c r="N121" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O121" s="96"/>
-[...1 lines deleted...]
-      <c r="Q121" s="96"/>
+      <c r="O121" s="88"/>
+      <c r="P121" s="88"/>
+      <c r="Q121" s="88"/>
       <c r="R121" s="23"/>
       <c r="S121" s="23"/>
-      <c r="T121" s="97"/>
+      <c r="T121" s="89"/>
       <c r="U121" s="23"/>
       <c r="V121" s="23"/>
-      <c r="W121" s="97"/>
-[...8 lines deleted...]
-      <c r="AF121" s="98" t="str">
+      <c r="W121" s="89"/>
+      <c r="X121" s="89"/>
+      <c r="Y121" s="89"/>
+      <c r="Z121" s="89"/>
+      <c r="AA121" s="89"/>
+      <c r="AB121" s="89"/>
+      <c r="AC121" s="89"/>
+      <c r="AD121" s="89"/>
+      <c r="AE121" s="89"/>
+      <c r="AF121" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG121" s="23"/>
+      <c r="AG121" s="89"/>
       <c r="AH121" s="23"/>
       <c r="AI121" s="23"/>
       <c r="AJ121" s="23"/>
       <c r="AK121" s="23"/>
       <c r="AL121" s="23"/>
       <c r="AM121" s="23"/>
-      <c r="AN121" s="98" t="str">
+      <c r="AN121" s="23"/>
+      <c r="AO121" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO121" s="97"/>
-[...8 lines deleted...]
-      <c r="AX121" s="99" t="str">
+      <c r="AP121" s="89"/>
+      <c r="AQ121" s="89"/>
+      <c r="AR121" s="89"/>
+      <c r="AS121" s="89"/>
+      <c r="AT121" s="89"/>
+      <c r="AU121" s="89"/>
+      <c r="AV121" s="89"/>
+      <c r="AW121" s="89"/>
+      <c r="AX121" s="89"/>
+      <c r="AY121" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY121" s="97"/>
-      <c r="AZ121" s="99" t="str">
+      <c r="AZ121" s="89"/>
+      <c r="BA121" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA121" s="97"/>
-[...1 lines deleted...]
-      <c r="BC121" s="99" t="str">
+      <c r="BB121" s="89"/>
+      <c r="BC121" s="89"/>
+      <c r="BD121" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD121" s="97"/>
-[...3 lines deleted...]
-      <c r="BH121" s="99" t="str">
+      <c r="BE121" s="89"/>
+      <c r="BF121" s="89"/>
+      <c r="BG121" s="89"/>
+      <c r="BH121" s="89"/>
+      <c r="BI121" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI121" s="99" t="str">
+      <c r="BJ121" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ121" s="22"/>
-[...13 lines deleted...]
-    <row r="122" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK121" s="22"/>
+      <c r="BL121" s="92"/>
+      <c r="BM121" s="92"/>
+      <c r="BN121" s="92"/>
+      <c r="BO121" s="92"/>
+      <c r="BP121" s="92"/>
+      <c r="BQ121" s="92"/>
+      <c r="BR121" s="92"/>
+      <c r="BS121" s="92"/>
+      <c r="BT121" s="92"/>
+      <c r="BU121" s="92"/>
+      <c r="BV121" s="92"/>
+      <c r="BW121" s="92"/>
+    </row>
+    <row r="122" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A122" s="22"/>
       <c r="B122" s="21"/>
       <c r="C122" s="22"/>
       <c r="D122" s="22"/>
       <c r="E122" s="22"/>
       <c r="F122" s="21"/>
       <c r="G122" s="22"/>
       <c r="H122" s="22"/>
       <c r="I122" s="23"/>
       <c r="J122" s="23"/>
-      <c r="K122" s="93"/>
-[...2 lines deleted...]
-      <c r="N122" s="95" t="str">
+      <c r="K122" s="85"/>
+      <c r="L122" s="86"/>
+      <c r="M122" s="86"/>
+      <c r="N122" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O122" s="96"/>
-[...1 lines deleted...]
-      <c r="Q122" s="96"/>
+      <c r="O122" s="88"/>
+      <c r="P122" s="88"/>
+      <c r="Q122" s="88"/>
       <c r="R122" s="23"/>
       <c r="S122" s="23"/>
-      <c r="T122" s="97"/>
+      <c r="T122" s="89"/>
       <c r="U122" s="23"/>
       <c r="V122" s="23"/>
-      <c r="W122" s="97"/>
-[...8 lines deleted...]
-      <c r="AF122" s="98" t="str">
+      <c r="W122" s="89"/>
+      <c r="X122" s="89"/>
+      <c r="Y122" s="89"/>
+      <c r="Z122" s="89"/>
+      <c r="AA122" s="89"/>
+      <c r="AB122" s="89"/>
+      <c r="AC122" s="89"/>
+      <c r="AD122" s="89"/>
+      <c r="AE122" s="89"/>
+      <c r="AF122" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG122" s="23"/>
+      <c r="AG122" s="89"/>
       <c r="AH122" s="23"/>
       <c r="AI122" s="23"/>
       <c r="AJ122" s="23"/>
       <c r="AK122" s="23"/>
       <c r="AL122" s="23"/>
       <c r="AM122" s="23"/>
-      <c r="AN122" s="98" t="str">
+      <c r="AN122" s="23"/>
+      <c r="AO122" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO122" s="97"/>
-[...8 lines deleted...]
-      <c r="AX122" s="99" t="str">
+      <c r="AP122" s="89"/>
+      <c r="AQ122" s="89"/>
+      <c r="AR122" s="89"/>
+      <c r="AS122" s="89"/>
+      <c r="AT122" s="89"/>
+      <c r="AU122" s="89"/>
+      <c r="AV122" s="89"/>
+      <c r="AW122" s="89"/>
+      <c r="AX122" s="89"/>
+      <c r="AY122" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY122" s="97"/>
-      <c r="AZ122" s="99" t="str">
+      <c r="AZ122" s="89"/>
+      <c r="BA122" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA122" s="97"/>
-[...1 lines deleted...]
-      <c r="BC122" s="99" t="str">
+      <c r="BB122" s="89"/>
+      <c r="BC122" s="89"/>
+      <c r="BD122" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD122" s="97"/>
-[...3 lines deleted...]
-      <c r="BH122" s="99" t="str">
+      <c r="BE122" s="89"/>
+      <c r="BF122" s="89"/>
+      <c r="BG122" s="89"/>
+      <c r="BH122" s="89"/>
+      <c r="BI122" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI122" s="99" t="str">
+      <c r="BJ122" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ122" s="22"/>
-[...13 lines deleted...]
-    <row r="123" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK122" s="22"/>
+      <c r="BL122" s="92"/>
+      <c r="BM122" s="92"/>
+      <c r="BN122" s="92"/>
+      <c r="BO122" s="92"/>
+      <c r="BP122" s="92"/>
+      <c r="BQ122" s="92"/>
+      <c r="BR122" s="92"/>
+      <c r="BS122" s="92"/>
+      <c r="BT122" s="92"/>
+      <c r="BU122" s="92"/>
+      <c r="BV122" s="92"/>
+      <c r="BW122" s="92"/>
+    </row>
+    <row r="123" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A123" s="22"/>
       <c r="B123" s="21"/>
       <c r="C123" s="22"/>
       <c r="D123" s="22"/>
       <c r="E123" s="22"/>
       <c r="F123" s="21"/>
       <c r="G123" s="22"/>
       <c r="H123" s="22"/>
       <c r="I123" s="23"/>
       <c r="J123" s="23"/>
-      <c r="K123" s="93"/>
-[...2 lines deleted...]
-      <c r="N123" s="95" t="str">
+      <c r="K123" s="85"/>
+      <c r="L123" s="86"/>
+      <c r="M123" s="86"/>
+      <c r="N123" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O123" s="96"/>
-[...1 lines deleted...]
-      <c r="Q123" s="96"/>
+      <c r="O123" s="88"/>
+      <c r="P123" s="88"/>
+      <c r="Q123" s="88"/>
       <c r="R123" s="23"/>
       <c r="S123" s="23"/>
-      <c r="T123" s="97"/>
+      <c r="T123" s="89"/>
       <c r="U123" s="23"/>
       <c r="V123" s="23"/>
-      <c r="W123" s="97"/>
-[...8 lines deleted...]
-      <c r="AF123" s="98" t="str">
+      <c r="W123" s="89"/>
+      <c r="X123" s="89"/>
+      <c r="Y123" s="89"/>
+      <c r="Z123" s="89"/>
+      <c r="AA123" s="89"/>
+      <c r="AB123" s="89"/>
+      <c r="AC123" s="89"/>
+      <c r="AD123" s="89"/>
+      <c r="AE123" s="89"/>
+      <c r="AF123" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG123" s="23"/>
+      <c r="AG123" s="89"/>
       <c r="AH123" s="23"/>
       <c r="AI123" s="23"/>
       <c r="AJ123" s="23"/>
       <c r="AK123" s="23"/>
       <c r="AL123" s="23"/>
       <c r="AM123" s="23"/>
-      <c r="AN123" s="98" t="str">
+      <c r="AN123" s="23"/>
+      <c r="AO123" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO123" s="97"/>
-[...8 lines deleted...]
-      <c r="AX123" s="99" t="str">
+      <c r="AP123" s="89"/>
+      <c r="AQ123" s="89"/>
+      <c r="AR123" s="89"/>
+      <c r="AS123" s="89"/>
+      <c r="AT123" s="89"/>
+      <c r="AU123" s="89"/>
+      <c r="AV123" s="89"/>
+      <c r="AW123" s="89"/>
+      <c r="AX123" s="89"/>
+      <c r="AY123" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY123" s="97"/>
-      <c r="AZ123" s="99" t="str">
+      <c r="AZ123" s="89"/>
+      <c r="BA123" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA123" s="97"/>
-[...1 lines deleted...]
-      <c r="BC123" s="99" t="str">
+      <c r="BB123" s="89"/>
+      <c r="BC123" s="89"/>
+      <c r="BD123" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD123" s="97"/>
-[...3 lines deleted...]
-      <c r="BH123" s="99" t="str">
+      <c r="BE123" s="89"/>
+      <c r="BF123" s="89"/>
+      <c r="BG123" s="89"/>
+      <c r="BH123" s="89"/>
+      <c r="BI123" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI123" s="99" t="str">
+      <c r="BJ123" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ123" s="22"/>
-[...13 lines deleted...]
-    <row r="124" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK123" s="22"/>
+      <c r="BL123" s="92"/>
+      <c r="BM123" s="92"/>
+      <c r="BN123" s="92"/>
+      <c r="BO123" s="92"/>
+      <c r="BP123" s="92"/>
+      <c r="BQ123" s="92"/>
+      <c r="BR123" s="92"/>
+      <c r="BS123" s="92"/>
+      <c r="BT123" s="92"/>
+      <c r="BU123" s="92"/>
+      <c r="BV123" s="92"/>
+      <c r="BW123" s="92"/>
+    </row>
+    <row r="124" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A124" s="22"/>
       <c r="B124" s="21"/>
       <c r="C124" s="22"/>
       <c r="D124" s="22"/>
       <c r="E124" s="22"/>
       <c r="F124" s="21"/>
       <c r="G124" s="22"/>
       <c r="H124" s="22"/>
       <c r="I124" s="23"/>
       <c r="J124" s="23"/>
-      <c r="K124" s="93"/>
-[...2 lines deleted...]
-      <c r="N124" s="95" t="str">
+      <c r="K124" s="85"/>
+      <c r="L124" s="86"/>
+      <c r="M124" s="86"/>
+      <c r="N124" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O124" s="96"/>
-[...1 lines deleted...]
-      <c r="Q124" s="96"/>
+      <c r="O124" s="88"/>
+      <c r="P124" s="88"/>
+      <c r="Q124" s="88"/>
       <c r="R124" s="23"/>
       <c r="S124" s="23"/>
-      <c r="T124" s="97"/>
+      <c r="T124" s="89"/>
       <c r="U124" s="23"/>
       <c r="V124" s="23"/>
-      <c r="W124" s="97"/>
-[...8 lines deleted...]
-      <c r="AF124" s="98" t="str">
+      <c r="W124" s="89"/>
+      <c r="X124" s="89"/>
+      <c r="Y124" s="89"/>
+      <c r="Z124" s="89"/>
+      <c r="AA124" s="89"/>
+      <c r="AB124" s="89"/>
+      <c r="AC124" s="89"/>
+      <c r="AD124" s="89"/>
+      <c r="AE124" s="89"/>
+      <c r="AF124" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG124" s="23"/>
+      <c r="AG124" s="89"/>
       <c r="AH124" s="23"/>
       <c r="AI124" s="23"/>
       <c r="AJ124" s="23"/>
       <c r="AK124" s="23"/>
       <c r="AL124" s="23"/>
       <c r="AM124" s="23"/>
-      <c r="AN124" s="98" t="str">
+      <c r="AN124" s="23"/>
+      <c r="AO124" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO124" s="97"/>
-[...8 lines deleted...]
-      <c r="AX124" s="99" t="str">
+      <c r="AP124" s="89"/>
+      <c r="AQ124" s="89"/>
+      <c r="AR124" s="89"/>
+      <c r="AS124" s="89"/>
+      <c r="AT124" s="89"/>
+      <c r="AU124" s="89"/>
+      <c r="AV124" s="89"/>
+      <c r="AW124" s="89"/>
+      <c r="AX124" s="89"/>
+      <c r="AY124" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY124" s="97"/>
-      <c r="AZ124" s="99" t="str">
+      <c r="AZ124" s="89"/>
+      <c r="BA124" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA124" s="97"/>
-[...1 lines deleted...]
-      <c r="BC124" s="99" t="str">
+      <c r="BB124" s="89"/>
+      <c r="BC124" s="89"/>
+      <c r="BD124" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD124" s="97"/>
-[...3 lines deleted...]
-      <c r="BH124" s="99" t="str">
+      <c r="BE124" s="89"/>
+      <c r="BF124" s="89"/>
+      <c r="BG124" s="89"/>
+      <c r="BH124" s="89"/>
+      <c r="BI124" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI124" s="99" t="str">
+      <c r="BJ124" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ124" s="22"/>
-[...13 lines deleted...]
-    <row r="125" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK124" s="22"/>
+      <c r="BL124" s="92"/>
+      <c r="BM124" s="92"/>
+      <c r="BN124" s="92"/>
+      <c r="BO124" s="92"/>
+      <c r="BP124" s="92"/>
+      <c r="BQ124" s="92"/>
+      <c r="BR124" s="92"/>
+      <c r="BS124" s="92"/>
+      <c r="BT124" s="92"/>
+      <c r="BU124" s="92"/>
+      <c r="BV124" s="92"/>
+      <c r="BW124" s="92"/>
+    </row>
+    <row r="125" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A125" s="22"/>
       <c r="B125" s="21"/>
       <c r="C125" s="22"/>
       <c r="D125" s="22"/>
       <c r="E125" s="22"/>
       <c r="F125" s="21"/>
       <c r="G125" s="22"/>
       <c r="H125" s="22"/>
       <c r="I125" s="23"/>
       <c r="J125" s="23"/>
-      <c r="K125" s="93"/>
-[...2 lines deleted...]
-      <c r="N125" s="95" t="str">
+      <c r="K125" s="85"/>
+      <c r="L125" s="86"/>
+      <c r="M125" s="86"/>
+      <c r="N125" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O125" s="96"/>
-[...1 lines deleted...]
-      <c r="Q125" s="96"/>
+      <c r="O125" s="88"/>
+      <c r="P125" s="88"/>
+      <c r="Q125" s="88"/>
       <c r="R125" s="23"/>
       <c r="S125" s="23"/>
-      <c r="T125" s="97"/>
+      <c r="T125" s="89"/>
       <c r="U125" s="23"/>
       <c r="V125" s="23"/>
-      <c r="W125" s="97"/>
-[...8 lines deleted...]
-      <c r="AF125" s="98" t="str">
+      <c r="W125" s="89"/>
+      <c r="X125" s="89"/>
+      <c r="Y125" s="89"/>
+      <c r="Z125" s="89"/>
+      <c r="AA125" s="89"/>
+      <c r="AB125" s="89"/>
+      <c r="AC125" s="89"/>
+      <c r="AD125" s="89"/>
+      <c r="AE125" s="89"/>
+      <c r="AF125" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG125" s="23"/>
+      <c r="AG125" s="89"/>
       <c r="AH125" s="23"/>
       <c r="AI125" s="23"/>
       <c r="AJ125" s="23"/>
       <c r="AK125" s="23"/>
       <c r="AL125" s="23"/>
       <c r="AM125" s="23"/>
-      <c r="AN125" s="98" t="str">
+      <c r="AN125" s="23"/>
+      <c r="AO125" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO125" s="97"/>
-[...8 lines deleted...]
-      <c r="AX125" s="99" t="str">
+      <c r="AP125" s="89"/>
+      <c r="AQ125" s="89"/>
+      <c r="AR125" s="89"/>
+      <c r="AS125" s="89"/>
+      <c r="AT125" s="89"/>
+      <c r="AU125" s="89"/>
+      <c r="AV125" s="89"/>
+      <c r="AW125" s="89"/>
+      <c r="AX125" s="89"/>
+      <c r="AY125" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY125" s="97"/>
-      <c r="AZ125" s="99" t="str">
+      <c r="AZ125" s="89"/>
+      <c r="BA125" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA125" s="97"/>
-[...1 lines deleted...]
-      <c r="BC125" s="99" t="str">
+      <c r="BB125" s="89"/>
+      <c r="BC125" s="89"/>
+      <c r="BD125" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD125" s="97"/>
-[...3 lines deleted...]
-      <c r="BH125" s="99" t="str">
+      <c r="BE125" s="89"/>
+      <c r="BF125" s="89"/>
+      <c r="BG125" s="89"/>
+      <c r="BH125" s="89"/>
+      <c r="BI125" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI125" s="99" t="str">
+      <c r="BJ125" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ125" s="22"/>
-[...13 lines deleted...]
-    <row r="126" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK125" s="22"/>
+      <c r="BL125" s="92"/>
+      <c r="BM125" s="92"/>
+      <c r="BN125" s="92"/>
+      <c r="BO125" s="92"/>
+      <c r="BP125" s="92"/>
+      <c r="BQ125" s="92"/>
+      <c r="BR125" s="92"/>
+      <c r="BS125" s="92"/>
+      <c r="BT125" s="92"/>
+      <c r="BU125" s="92"/>
+      <c r="BV125" s="92"/>
+      <c r="BW125" s="92"/>
+    </row>
+    <row r="126" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A126" s="22"/>
       <c r="B126" s="21"/>
       <c r="C126" s="22"/>
       <c r="D126" s="22"/>
       <c r="E126" s="22"/>
       <c r="F126" s="21"/>
       <c r="G126" s="22"/>
       <c r="H126" s="22"/>
       <c r="I126" s="23"/>
       <c r="J126" s="23"/>
-      <c r="K126" s="93"/>
-[...2 lines deleted...]
-      <c r="N126" s="95" t="str">
+      <c r="K126" s="85"/>
+      <c r="L126" s="86"/>
+      <c r="M126" s="86"/>
+      <c r="N126" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O126" s="96"/>
-[...1 lines deleted...]
-      <c r="Q126" s="96"/>
+      <c r="O126" s="88"/>
+      <c r="P126" s="88"/>
+      <c r="Q126" s="88"/>
       <c r="R126" s="23"/>
       <c r="S126" s="23"/>
-      <c r="T126" s="97"/>
+      <c r="T126" s="89"/>
       <c r="U126" s="23"/>
       <c r="V126" s="23"/>
-      <c r="W126" s="97"/>
-[...8 lines deleted...]
-      <c r="AF126" s="98" t="str">
+      <c r="W126" s="89"/>
+      <c r="X126" s="89"/>
+      <c r="Y126" s="89"/>
+      <c r="Z126" s="89"/>
+      <c r="AA126" s="89"/>
+      <c r="AB126" s="89"/>
+      <c r="AC126" s="89"/>
+      <c r="AD126" s="89"/>
+      <c r="AE126" s="89"/>
+      <c r="AF126" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG126" s="23"/>
+      <c r="AG126" s="89"/>
       <c r="AH126" s="23"/>
       <c r="AI126" s="23"/>
       <c r="AJ126" s="23"/>
       <c r="AK126" s="23"/>
       <c r="AL126" s="23"/>
       <c r="AM126" s="23"/>
-      <c r="AN126" s="98" t="str">
+      <c r="AN126" s="23"/>
+      <c r="AO126" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO126" s="97"/>
-[...8 lines deleted...]
-      <c r="AX126" s="99" t="str">
+      <c r="AP126" s="89"/>
+      <c r="AQ126" s="89"/>
+      <c r="AR126" s="89"/>
+      <c r="AS126" s="89"/>
+      <c r="AT126" s="89"/>
+      <c r="AU126" s="89"/>
+      <c r="AV126" s="89"/>
+      <c r="AW126" s="89"/>
+      <c r="AX126" s="89"/>
+      <c r="AY126" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY126" s="97"/>
-      <c r="AZ126" s="99" t="str">
+      <c r="AZ126" s="89"/>
+      <c r="BA126" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA126" s="97"/>
-[...1 lines deleted...]
-      <c r="BC126" s="99" t="str">
+      <c r="BB126" s="89"/>
+      <c r="BC126" s="89"/>
+      <c r="BD126" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD126" s="97"/>
-[...3 lines deleted...]
-      <c r="BH126" s="99" t="str">
+      <c r="BE126" s="89"/>
+      <c r="BF126" s="89"/>
+      <c r="BG126" s="89"/>
+      <c r="BH126" s="89"/>
+      <c r="BI126" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI126" s="99" t="str">
+      <c r="BJ126" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ126" s="22"/>
-[...13 lines deleted...]
-    <row r="127" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK126" s="22"/>
+      <c r="BL126" s="92"/>
+      <c r="BM126" s="92"/>
+      <c r="BN126" s="92"/>
+      <c r="BO126" s="92"/>
+      <c r="BP126" s="92"/>
+      <c r="BQ126" s="92"/>
+      <c r="BR126" s="92"/>
+      <c r="BS126" s="92"/>
+      <c r="BT126" s="92"/>
+      <c r="BU126" s="92"/>
+      <c r="BV126" s="92"/>
+      <c r="BW126" s="92"/>
+    </row>
+    <row r="127" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A127" s="22"/>
       <c r="B127" s="21"/>
       <c r="C127" s="22"/>
       <c r="D127" s="22"/>
       <c r="E127" s="22"/>
       <c r="F127" s="21"/>
       <c r="G127" s="22"/>
       <c r="H127" s="22"/>
       <c r="I127" s="23"/>
       <c r="J127" s="23"/>
-      <c r="K127" s="93"/>
-[...2 lines deleted...]
-      <c r="N127" s="95" t="str">
+      <c r="K127" s="85"/>
+      <c r="L127" s="86"/>
+      <c r="M127" s="86"/>
+      <c r="N127" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O127" s="96"/>
-[...1 lines deleted...]
-      <c r="Q127" s="96"/>
+      <c r="O127" s="88"/>
+      <c r="P127" s="88"/>
+      <c r="Q127" s="88"/>
       <c r="R127" s="23"/>
       <c r="S127" s="23"/>
-      <c r="T127" s="97"/>
+      <c r="T127" s="89"/>
       <c r="U127" s="23"/>
       <c r="V127" s="23"/>
-      <c r="W127" s="97"/>
-[...8 lines deleted...]
-      <c r="AF127" s="98" t="str">
+      <c r="W127" s="89"/>
+      <c r="X127" s="89"/>
+      <c r="Y127" s="89"/>
+      <c r="Z127" s="89"/>
+      <c r="AA127" s="89"/>
+      <c r="AB127" s="89"/>
+      <c r="AC127" s="89"/>
+      <c r="AD127" s="89"/>
+      <c r="AE127" s="89"/>
+      <c r="AF127" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG127" s="23"/>
+      <c r="AG127" s="89"/>
       <c r="AH127" s="23"/>
       <c r="AI127" s="23"/>
       <c r="AJ127" s="23"/>
       <c r="AK127" s="23"/>
       <c r="AL127" s="23"/>
       <c r="AM127" s="23"/>
-      <c r="AN127" s="98" t="str">
+      <c r="AN127" s="23"/>
+      <c r="AO127" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO127" s="97"/>
-[...8 lines deleted...]
-      <c r="AX127" s="99" t="str">
+      <c r="AP127" s="89"/>
+      <c r="AQ127" s="89"/>
+      <c r="AR127" s="89"/>
+      <c r="AS127" s="89"/>
+      <c r="AT127" s="89"/>
+      <c r="AU127" s="89"/>
+      <c r="AV127" s="89"/>
+      <c r="AW127" s="89"/>
+      <c r="AX127" s="89"/>
+      <c r="AY127" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY127" s="97"/>
-      <c r="AZ127" s="99" t="str">
+      <c r="AZ127" s="89"/>
+      <c r="BA127" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA127" s="97"/>
-[...1 lines deleted...]
-      <c r="BC127" s="99" t="str">
+      <c r="BB127" s="89"/>
+      <c r="BC127" s="89"/>
+      <c r="BD127" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD127" s="97"/>
-[...3 lines deleted...]
-      <c r="BH127" s="99" t="str">
+      <c r="BE127" s="89"/>
+      <c r="BF127" s="89"/>
+      <c r="BG127" s="89"/>
+      <c r="BH127" s="89"/>
+      <c r="BI127" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI127" s="99" t="str">
+      <c r="BJ127" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ127" s="22"/>
-[...13 lines deleted...]
-    <row r="128" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK127" s="22"/>
+      <c r="BL127" s="92"/>
+      <c r="BM127" s="92"/>
+      <c r="BN127" s="92"/>
+      <c r="BO127" s="92"/>
+      <c r="BP127" s="92"/>
+      <c r="BQ127" s="92"/>
+      <c r="BR127" s="92"/>
+      <c r="BS127" s="92"/>
+      <c r="BT127" s="92"/>
+      <c r="BU127" s="92"/>
+      <c r="BV127" s="92"/>
+      <c r="BW127" s="92"/>
+    </row>
+    <row r="128" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A128" s="22"/>
       <c r="B128" s="21"/>
       <c r="C128" s="22"/>
       <c r="D128" s="22"/>
       <c r="E128" s="22"/>
       <c r="F128" s="21"/>
       <c r="G128" s="22"/>
       <c r="H128" s="22"/>
       <c r="I128" s="23"/>
       <c r="J128" s="23"/>
-      <c r="K128" s="93"/>
-[...2 lines deleted...]
-      <c r="N128" s="95" t="str">
+      <c r="K128" s="85"/>
+      <c r="L128" s="86"/>
+      <c r="M128" s="86"/>
+      <c r="N128" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O128" s="96"/>
-[...1 lines deleted...]
-      <c r="Q128" s="96"/>
+      <c r="O128" s="88"/>
+      <c r="P128" s="88"/>
+      <c r="Q128" s="88"/>
       <c r="R128" s="23"/>
       <c r="S128" s="23"/>
-      <c r="T128" s="97"/>
+      <c r="T128" s="89"/>
       <c r="U128" s="23"/>
       <c r="V128" s="23"/>
-      <c r="W128" s="97"/>
-[...8 lines deleted...]
-      <c r="AF128" s="98" t="str">
+      <c r="W128" s="89"/>
+      <c r="X128" s="89"/>
+      <c r="Y128" s="89"/>
+      <c r="Z128" s="89"/>
+      <c r="AA128" s="89"/>
+      <c r="AB128" s="89"/>
+      <c r="AC128" s="89"/>
+      <c r="AD128" s="89"/>
+      <c r="AE128" s="89"/>
+      <c r="AF128" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG128" s="23"/>
+      <c r="AG128" s="89"/>
       <c r="AH128" s="23"/>
       <c r="AI128" s="23"/>
       <c r="AJ128" s="23"/>
       <c r="AK128" s="23"/>
       <c r="AL128" s="23"/>
       <c r="AM128" s="23"/>
-      <c r="AN128" s="98" t="str">
+      <c r="AN128" s="23"/>
+      <c r="AO128" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO128" s="97"/>
-[...8 lines deleted...]
-      <c r="AX128" s="99" t="str">
+      <c r="AP128" s="89"/>
+      <c r="AQ128" s="89"/>
+      <c r="AR128" s="89"/>
+      <c r="AS128" s="89"/>
+      <c r="AT128" s="89"/>
+      <c r="AU128" s="89"/>
+      <c r="AV128" s="89"/>
+      <c r="AW128" s="89"/>
+      <c r="AX128" s="89"/>
+      <c r="AY128" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY128" s="97"/>
-      <c r="AZ128" s="99" t="str">
+      <c r="AZ128" s="89"/>
+      <c r="BA128" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA128" s="97"/>
-[...1 lines deleted...]
-      <c r="BC128" s="99" t="str">
+      <c r="BB128" s="89"/>
+      <c r="BC128" s="89"/>
+      <c r="BD128" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD128" s="97"/>
-[...3 lines deleted...]
-      <c r="BH128" s="99" t="str">
+      <c r="BE128" s="89"/>
+      <c r="BF128" s="89"/>
+      <c r="BG128" s="89"/>
+      <c r="BH128" s="89"/>
+      <c r="BI128" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI128" s="99" t="str">
+      <c r="BJ128" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ128" s="22"/>
-[...13 lines deleted...]
-    <row r="129" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK128" s="22"/>
+      <c r="BL128" s="92"/>
+      <c r="BM128" s="92"/>
+      <c r="BN128" s="92"/>
+      <c r="BO128" s="92"/>
+      <c r="BP128" s="92"/>
+      <c r="BQ128" s="92"/>
+      <c r="BR128" s="92"/>
+      <c r="BS128" s="92"/>
+      <c r="BT128" s="92"/>
+      <c r="BU128" s="92"/>
+      <c r="BV128" s="92"/>
+      <c r="BW128" s="92"/>
+    </row>
+    <row r="129" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A129" s="22"/>
       <c r="B129" s="21"/>
       <c r="C129" s="22"/>
       <c r="D129" s="22"/>
       <c r="E129" s="22"/>
       <c r="F129" s="21"/>
       <c r="G129" s="22"/>
       <c r="H129" s="22"/>
       <c r="I129" s="23"/>
       <c r="J129" s="23"/>
-      <c r="K129" s="93"/>
-[...2 lines deleted...]
-      <c r="N129" s="95" t="str">
+      <c r="K129" s="85"/>
+      <c r="L129" s="86"/>
+      <c r="M129" s="86"/>
+      <c r="N129" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O129" s="96"/>
-[...1 lines deleted...]
-      <c r="Q129" s="96"/>
+      <c r="O129" s="88"/>
+      <c r="P129" s="88"/>
+      <c r="Q129" s="88"/>
       <c r="R129" s="23"/>
       <c r="S129" s="23"/>
-      <c r="T129" s="97"/>
+      <c r="T129" s="89"/>
       <c r="U129" s="23"/>
       <c r="V129" s="23"/>
-      <c r="W129" s="97"/>
-[...8 lines deleted...]
-      <c r="AF129" s="98" t="str">
+      <c r="W129" s="89"/>
+      <c r="X129" s="89"/>
+      <c r="Y129" s="89"/>
+      <c r="Z129" s="89"/>
+      <c r="AA129" s="89"/>
+      <c r="AB129" s="89"/>
+      <c r="AC129" s="89"/>
+      <c r="AD129" s="89"/>
+      <c r="AE129" s="89"/>
+      <c r="AF129" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG129" s="23"/>
+      <c r="AG129" s="89"/>
       <c r="AH129" s="23"/>
       <c r="AI129" s="23"/>
       <c r="AJ129" s="23"/>
       <c r="AK129" s="23"/>
       <c r="AL129" s="23"/>
       <c r="AM129" s="23"/>
-      <c r="AN129" s="98" t="str">
+      <c r="AN129" s="23"/>
+      <c r="AO129" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO129" s="97"/>
-[...8 lines deleted...]
-      <c r="AX129" s="99" t="str">
+      <c r="AP129" s="89"/>
+      <c r="AQ129" s="89"/>
+      <c r="AR129" s="89"/>
+      <c r="AS129" s="89"/>
+      <c r="AT129" s="89"/>
+      <c r="AU129" s="89"/>
+      <c r="AV129" s="89"/>
+      <c r="AW129" s="89"/>
+      <c r="AX129" s="89"/>
+      <c r="AY129" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY129" s="97"/>
-      <c r="AZ129" s="99" t="str">
+      <c r="AZ129" s="89"/>
+      <c r="BA129" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA129" s="97"/>
-[...1 lines deleted...]
-      <c r="BC129" s="99" t="str">
+      <c r="BB129" s="89"/>
+      <c r="BC129" s="89"/>
+      <c r="BD129" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD129" s="97"/>
-[...3 lines deleted...]
-      <c r="BH129" s="99" t="str">
+      <c r="BE129" s="89"/>
+      <c r="BF129" s="89"/>
+      <c r="BG129" s="89"/>
+      <c r="BH129" s="89"/>
+      <c r="BI129" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI129" s="99" t="str">
+      <c r="BJ129" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ129" s="22"/>
-[...13 lines deleted...]
-    <row r="130" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK129" s="22"/>
+      <c r="BL129" s="92"/>
+      <c r="BM129" s="92"/>
+      <c r="BN129" s="92"/>
+      <c r="BO129" s="92"/>
+      <c r="BP129" s="92"/>
+      <c r="BQ129" s="92"/>
+      <c r="BR129" s="92"/>
+      <c r="BS129" s="92"/>
+      <c r="BT129" s="92"/>
+      <c r="BU129" s="92"/>
+      <c r="BV129" s="92"/>
+      <c r="BW129" s="92"/>
+    </row>
+    <row r="130" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A130" s="22"/>
       <c r="B130" s="21"/>
       <c r="C130" s="22"/>
       <c r="D130" s="22"/>
       <c r="E130" s="22"/>
       <c r="F130" s="21"/>
       <c r="G130" s="22"/>
       <c r="H130" s="22"/>
       <c r="I130" s="23"/>
       <c r="J130" s="23"/>
-      <c r="K130" s="93"/>
-[...2 lines deleted...]
-      <c r="N130" s="95" t="str">
+      <c r="K130" s="85"/>
+      <c r="L130" s="86"/>
+      <c r="M130" s="86"/>
+      <c r="N130" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O130" s="96"/>
-[...1 lines deleted...]
-      <c r="Q130" s="96"/>
+      <c r="O130" s="88"/>
+      <c r="P130" s="88"/>
+      <c r="Q130" s="88"/>
       <c r="R130" s="23"/>
       <c r="S130" s="23"/>
-      <c r="T130" s="97"/>
+      <c r="T130" s="89"/>
       <c r="U130" s="23"/>
       <c r="V130" s="23"/>
-      <c r="W130" s="97"/>
-[...8 lines deleted...]
-      <c r="AF130" s="98" t="str">
+      <c r="W130" s="89"/>
+      <c r="X130" s="89"/>
+      <c r="Y130" s="89"/>
+      <c r="Z130" s="89"/>
+      <c r="AA130" s="89"/>
+      <c r="AB130" s="89"/>
+      <c r="AC130" s="89"/>
+      <c r="AD130" s="89"/>
+      <c r="AE130" s="89"/>
+      <c r="AF130" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG130" s="23"/>
+      <c r="AG130" s="89"/>
       <c r="AH130" s="23"/>
       <c r="AI130" s="23"/>
       <c r="AJ130" s="23"/>
       <c r="AK130" s="23"/>
       <c r="AL130" s="23"/>
       <c r="AM130" s="23"/>
-      <c r="AN130" s="98" t="str">
+      <c r="AN130" s="23"/>
+      <c r="AO130" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO130" s="97"/>
-[...8 lines deleted...]
-      <c r="AX130" s="99" t="str">
+      <c r="AP130" s="89"/>
+      <c r="AQ130" s="89"/>
+      <c r="AR130" s="89"/>
+      <c r="AS130" s="89"/>
+      <c r="AT130" s="89"/>
+      <c r="AU130" s="89"/>
+      <c r="AV130" s="89"/>
+      <c r="AW130" s="89"/>
+      <c r="AX130" s="89"/>
+      <c r="AY130" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY130" s="97"/>
-      <c r="AZ130" s="99" t="str">
+      <c r="AZ130" s="89"/>
+      <c r="BA130" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA130" s="97"/>
-[...1 lines deleted...]
-      <c r="BC130" s="99" t="str">
+      <c r="BB130" s="89"/>
+      <c r="BC130" s="89"/>
+      <c r="BD130" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD130" s="97"/>
-[...3 lines deleted...]
-      <c r="BH130" s="99" t="str">
+      <c r="BE130" s="89"/>
+      <c r="BF130" s="89"/>
+      <c r="BG130" s="89"/>
+      <c r="BH130" s="89"/>
+      <c r="BI130" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI130" s="99" t="str">
+      <c r="BJ130" s="91" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="BJ130" s="22"/>
-[...13 lines deleted...]
-    <row r="131" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK130" s="22"/>
+      <c r="BL130" s="92"/>
+      <c r="BM130" s="92"/>
+      <c r="BN130" s="92"/>
+      <c r="BO130" s="92"/>
+      <c r="BP130" s="92"/>
+      <c r="BQ130" s="92"/>
+      <c r="BR130" s="92"/>
+      <c r="BS130" s="92"/>
+      <c r="BT130" s="92"/>
+      <c r="BU130" s="92"/>
+      <c r="BV130" s="92"/>
+      <c r="BW130" s="92"/>
+    </row>
+    <row r="131" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A131" s="22"/>
       <c r="B131" s="21"/>
       <c r="C131" s="22"/>
       <c r="D131" s="22"/>
       <c r="E131" s="22"/>
       <c r="F131" s="21"/>
       <c r="G131" s="22"/>
       <c r="H131" s="22"/>
       <c r="I131" s="23"/>
       <c r="J131" s="23"/>
-      <c r="K131" s="93"/>
-[...2 lines deleted...]
-      <c r="N131" s="95" t="str">
+      <c r="K131" s="85"/>
+      <c r="L131" s="86"/>
+      <c r="M131" s="86"/>
+      <c r="N131" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O131" s="96"/>
-[...1 lines deleted...]
-      <c r="Q131" s="96"/>
+      <c r="O131" s="88"/>
+      <c r="P131" s="88"/>
+      <c r="Q131" s="88"/>
       <c r="R131" s="23"/>
       <c r="S131" s="23"/>
-      <c r="T131" s="97"/>
+      <c r="T131" s="89"/>
       <c r="U131" s="23"/>
       <c r="V131" s="23"/>
-      <c r="W131" s="97"/>
-[...8 lines deleted...]
-      <c r="AF131" s="98" t="str">
+      <c r="W131" s="89"/>
+      <c r="X131" s="89"/>
+      <c r="Y131" s="89"/>
+      <c r="Z131" s="89"/>
+      <c r="AA131" s="89"/>
+      <c r="AB131" s="89"/>
+      <c r="AC131" s="89"/>
+      <c r="AD131" s="89"/>
+      <c r="AE131" s="89"/>
+      <c r="AF131" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG131" s="23"/>
+      <c r="AG131" s="89"/>
       <c r="AH131" s="23"/>
       <c r="AI131" s="23"/>
       <c r="AJ131" s="23"/>
       <c r="AK131" s="23"/>
       <c r="AL131" s="23"/>
       <c r="AM131" s="23"/>
-      <c r="AN131" s="98" t="str">
+      <c r="AN131" s="23"/>
+      <c r="AO131" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO131" s="97"/>
-[...8 lines deleted...]
-      <c r="AX131" s="99" t="str">
+      <c r="AP131" s="89"/>
+      <c r="AQ131" s="89"/>
+      <c r="AR131" s="89"/>
+      <c r="AS131" s="89"/>
+      <c r="AT131" s="89"/>
+      <c r="AU131" s="89"/>
+      <c r="AV131" s="89"/>
+      <c r="AW131" s="89"/>
+      <c r="AX131" s="89"/>
+      <c r="AY131" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY131" s="97"/>
-      <c r="AZ131" s="99" t="str">
+      <c r="AZ131" s="89"/>
+      <c r="BA131" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA131" s="97"/>
-[...1 lines deleted...]
-      <c r="BC131" s="99" t="str">
+      <c r="BB131" s="89"/>
+      <c r="BC131" s="89"/>
+      <c r="BD131" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD131" s="97"/>
-[...3 lines deleted...]
-      <c r="BH131" s="99" t="str">
+      <c r="BE131" s="89"/>
+      <c r="BF131" s="89"/>
+      <c r="BG131" s="89"/>
+      <c r="BH131" s="89"/>
+      <c r="BI131" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI131" s="99" t="str">
-[...17 lines deleted...]
-    <row r="132" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BJ131" s="91" t="str">
+        <f t="shared" ref="BJ131:BJ194" si="3">IF(SUM(AP131,AQ131,BA131,BD131,BI131)&lt;&gt;0, SUM(AP131,AQ131,BA131,BD131,BI131), "")</f>
+        <v/>
+      </c>
+      <c r="BK131" s="22"/>
+      <c r="BL131" s="92"/>
+      <c r="BM131" s="92"/>
+      <c r="BN131" s="92"/>
+      <c r="BO131" s="92"/>
+      <c r="BP131" s="92"/>
+      <c r="BQ131" s="92"/>
+      <c r="BR131" s="92"/>
+      <c r="BS131" s="92"/>
+      <c r="BT131" s="92"/>
+      <c r="BU131" s="92"/>
+      <c r="BV131" s="92"/>
+      <c r="BW131" s="92"/>
+    </row>
+    <row r="132" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A132" s="22"/>
       <c r="B132" s="21"/>
       <c r="C132" s="22"/>
       <c r="D132" s="22"/>
       <c r="E132" s="22"/>
       <c r="F132" s="21"/>
       <c r="G132" s="22"/>
       <c r="H132" s="22"/>
       <c r="I132" s="23"/>
       <c r="J132" s="23"/>
-      <c r="K132" s="93"/>
-[...2 lines deleted...]
-      <c r="N132" s="95" t="str">
+      <c r="K132" s="85"/>
+      <c r="L132" s="86"/>
+      <c r="M132" s="86"/>
+      <c r="N132" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O132" s="96"/>
-[...1 lines deleted...]
-      <c r="Q132" s="96"/>
+      <c r="O132" s="88"/>
+      <c r="P132" s="88"/>
+      <c r="Q132" s="88"/>
       <c r="R132" s="23"/>
       <c r="S132" s="23"/>
-      <c r="T132" s="97"/>
+      <c r="T132" s="89"/>
       <c r="U132" s="23"/>
       <c r="V132" s="23"/>
-      <c r="W132" s="97"/>
-[...8 lines deleted...]
-      <c r="AF132" s="98" t="str">
+      <c r="W132" s="89"/>
+      <c r="X132" s="89"/>
+      <c r="Y132" s="89"/>
+      <c r="Z132" s="89"/>
+      <c r="AA132" s="89"/>
+      <c r="AB132" s="89"/>
+      <c r="AC132" s="89"/>
+      <c r="AD132" s="89"/>
+      <c r="AE132" s="89"/>
+      <c r="AF132" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG132" s="23"/>
+      <c r="AG132" s="89"/>
       <c r="AH132" s="23"/>
       <c r="AI132" s="23"/>
       <c r="AJ132" s="23"/>
       <c r="AK132" s="23"/>
       <c r="AL132" s="23"/>
       <c r="AM132" s="23"/>
-      <c r="AN132" s="98" t="str">
+      <c r="AN132" s="23"/>
+      <c r="AO132" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO132" s="97"/>
-[...8 lines deleted...]
-      <c r="AX132" s="99" t="str">
+      <c r="AP132" s="89"/>
+      <c r="AQ132" s="89"/>
+      <c r="AR132" s="89"/>
+      <c r="AS132" s="89"/>
+      <c r="AT132" s="89"/>
+      <c r="AU132" s="89"/>
+      <c r="AV132" s="89"/>
+      <c r="AW132" s="89"/>
+      <c r="AX132" s="89"/>
+      <c r="AY132" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY132" s="97"/>
-      <c r="AZ132" s="99" t="str">
+      <c r="AZ132" s="89"/>
+      <c r="BA132" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA132" s="97"/>
-[...1 lines deleted...]
-      <c r="BC132" s="99" t="str">
+      <c r="BB132" s="89"/>
+      <c r="BC132" s="89"/>
+      <c r="BD132" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD132" s="97"/>
-[...3 lines deleted...]
-      <c r="BH132" s="99" t="str">
+      <c r="BE132" s="89"/>
+      <c r="BF132" s="89"/>
+      <c r="BG132" s="89"/>
+      <c r="BH132" s="89"/>
+      <c r="BI132" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI132" s="99" t="str">
+      <c r="BJ132" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ132" s="22"/>
-[...13 lines deleted...]
-    <row r="133" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK132" s="22"/>
+      <c r="BL132" s="92"/>
+      <c r="BM132" s="92"/>
+      <c r="BN132" s="92"/>
+      <c r="BO132" s="92"/>
+      <c r="BP132" s="92"/>
+      <c r="BQ132" s="92"/>
+      <c r="BR132" s="92"/>
+      <c r="BS132" s="92"/>
+      <c r="BT132" s="92"/>
+      <c r="BU132" s="92"/>
+      <c r="BV132" s="92"/>
+      <c r="BW132" s="92"/>
+    </row>
+    <row r="133" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A133" s="22"/>
       <c r="B133" s="21"/>
       <c r="C133" s="22"/>
       <c r="D133" s="22"/>
       <c r="E133" s="22"/>
       <c r="F133" s="21"/>
       <c r="G133" s="22"/>
       <c r="H133" s="22"/>
       <c r="I133" s="23"/>
       <c r="J133" s="23"/>
-      <c r="K133" s="93"/>
-[...2 lines deleted...]
-      <c r="N133" s="95" t="str">
+      <c r="K133" s="85"/>
+      <c r="L133" s="86"/>
+      <c r="M133" s="86"/>
+      <c r="N133" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O133" s="96"/>
-[...1 lines deleted...]
-      <c r="Q133" s="96"/>
+      <c r="O133" s="88"/>
+      <c r="P133" s="88"/>
+      <c r="Q133" s="88"/>
       <c r="R133" s="23"/>
       <c r="S133" s="23"/>
-      <c r="T133" s="97"/>
+      <c r="T133" s="89"/>
       <c r="U133" s="23"/>
       <c r="V133" s="23"/>
-      <c r="W133" s="97"/>
-[...8 lines deleted...]
-      <c r="AF133" s="98" t="str">
+      <c r="W133" s="89"/>
+      <c r="X133" s="89"/>
+      <c r="Y133" s="89"/>
+      <c r="Z133" s="89"/>
+      <c r="AA133" s="89"/>
+      <c r="AB133" s="89"/>
+      <c r="AC133" s="89"/>
+      <c r="AD133" s="89"/>
+      <c r="AE133" s="89"/>
+      <c r="AF133" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG133" s="23"/>
+      <c r="AG133" s="89"/>
       <c r="AH133" s="23"/>
       <c r="AI133" s="23"/>
       <c r="AJ133" s="23"/>
       <c r="AK133" s="23"/>
       <c r="AL133" s="23"/>
       <c r="AM133" s="23"/>
-      <c r="AN133" s="98" t="str">
+      <c r="AN133" s="23"/>
+      <c r="AO133" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO133" s="97"/>
-[...8 lines deleted...]
-      <c r="AX133" s="99" t="str">
+      <c r="AP133" s="89"/>
+      <c r="AQ133" s="89"/>
+      <c r="AR133" s="89"/>
+      <c r="AS133" s="89"/>
+      <c r="AT133" s="89"/>
+      <c r="AU133" s="89"/>
+      <c r="AV133" s="89"/>
+      <c r="AW133" s="89"/>
+      <c r="AX133" s="89"/>
+      <c r="AY133" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY133" s="97"/>
-      <c r="AZ133" s="99" t="str">
+      <c r="AZ133" s="89"/>
+      <c r="BA133" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA133" s="97"/>
-[...1 lines deleted...]
-      <c r="BC133" s="99" t="str">
+      <c r="BB133" s="89"/>
+      <c r="BC133" s="89"/>
+      <c r="BD133" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD133" s="97"/>
-[...3 lines deleted...]
-      <c r="BH133" s="99" t="str">
+      <c r="BE133" s="89"/>
+      <c r="BF133" s="89"/>
+      <c r="BG133" s="89"/>
+      <c r="BH133" s="89"/>
+      <c r="BI133" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI133" s="99" t="str">
+      <c r="BJ133" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ133" s="22"/>
-[...13 lines deleted...]
-    <row r="134" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK133" s="22"/>
+      <c r="BL133" s="92"/>
+      <c r="BM133" s="92"/>
+      <c r="BN133" s="92"/>
+      <c r="BO133" s="92"/>
+      <c r="BP133" s="92"/>
+      <c r="BQ133" s="92"/>
+      <c r="BR133" s="92"/>
+      <c r="BS133" s="92"/>
+      <c r="BT133" s="92"/>
+      <c r="BU133" s="92"/>
+      <c r="BV133" s="92"/>
+      <c r="BW133" s="92"/>
+    </row>
+    <row r="134" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A134" s="22"/>
       <c r="B134" s="21"/>
       <c r="C134" s="22"/>
       <c r="D134" s="22"/>
       <c r="E134" s="22"/>
       <c r="F134" s="21"/>
       <c r="G134" s="22"/>
       <c r="H134" s="22"/>
       <c r="I134" s="23"/>
       <c r="J134" s="23"/>
-      <c r="K134" s="93"/>
-[...2 lines deleted...]
-      <c r="N134" s="95" t="str">
+      <c r="K134" s="85"/>
+      <c r="L134" s="86"/>
+      <c r="M134" s="86"/>
+      <c r="N134" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O134" s="96"/>
-[...1 lines deleted...]
-      <c r="Q134" s="96"/>
+      <c r="O134" s="88"/>
+      <c r="P134" s="88"/>
+      <c r="Q134" s="88"/>
       <c r="R134" s="23"/>
       <c r="S134" s="23"/>
-      <c r="T134" s="97"/>
+      <c r="T134" s="89"/>
       <c r="U134" s="23"/>
       <c r="V134" s="23"/>
-      <c r="W134" s="97"/>
-[...8 lines deleted...]
-      <c r="AF134" s="98" t="str">
+      <c r="W134" s="89"/>
+      <c r="X134" s="89"/>
+      <c r="Y134" s="89"/>
+      <c r="Z134" s="89"/>
+      <c r="AA134" s="89"/>
+      <c r="AB134" s="89"/>
+      <c r="AC134" s="89"/>
+      <c r="AD134" s="89"/>
+      <c r="AE134" s="89"/>
+      <c r="AF134" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG134" s="23"/>
+      <c r="AG134" s="89"/>
       <c r="AH134" s="23"/>
       <c r="AI134" s="23"/>
       <c r="AJ134" s="23"/>
       <c r="AK134" s="23"/>
       <c r="AL134" s="23"/>
       <c r="AM134" s="23"/>
-      <c r="AN134" s="98" t="str">
+      <c r="AN134" s="23"/>
+      <c r="AO134" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO134" s="97"/>
-[...8 lines deleted...]
-      <c r="AX134" s="99" t="str">
+      <c r="AP134" s="89"/>
+      <c r="AQ134" s="89"/>
+      <c r="AR134" s="89"/>
+      <c r="AS134" s="89"/>
+      <c r="AT134" s="89"/>
+      <c r="AU134" s="89"/>
+      <c r="AV134" s="89"/>
+      <c r="AW134" s="89"/>
+      <c r="AX134" s="89"/>
+      <c r="AY134" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY134" s="97"/>
-      <c r="AZ134" s="99" t="str">
+      <c r="AZ134" s="89"/>
+      <c r="BA134" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA134" s="97"/>
-[...1 lines deleted...]
-      <c r="BC134" s="99" t="str">
+      <c r="BB134" s="89"/>
+      <c r="BC134" s="89"/>
+      <c r="BD134" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD134" s="97"/>
-[...3 lines deleted...]
-      <c r="BH134" s="99" t="str">
+      <c r="BE134" s="89"/>
+      <c r="BF134" s="89"/>
+      <c r="BG134" s="89"/>
+      <c r="BH134" s="89"/>
+      <c r="BI134" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI134" s="99" t="str">
+      <c r="BJ134" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ134" s="22"/>
-[...13 lines deleted...]
-    <row r="135" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK134" s="22"/>
+      <c r="BL134" s="92"/>
+      <c r="BM134" s="92"/>
+      <c r="BN134" s="92"/>
+      <c r="BO134" s="92"/>
+      <c r="BP134" s="92"/>
+      <c r="BQ134" s="92"/>
+      <c r="BR134" s="92"/>
+      <c r="BS134" s="92"/>
+      <c r="BT134" s="92"/>
+      <c r="BU134" s="92"/>
+      <c r="BV134" s="92"/>
+      <c r="BW134" s="92"/>
+    </row>
+    <row r="135" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A135" s="22"/>
       <c r="B135" s="21"/>
       <c r="C135" s="22"/>
       <c r="D135" s="22"/>
       <c r="E135" s="22"/>
       <c r="F135" s="21"/>
       <c r="G135" s="22"/>
       <c r="H135" s="22"/>
       <c r="I135" s="23"/>
       <c r="J135" s="23"/>
-      <c r="K135" s="93"/>
-[...2 lines deleted...]
-      <c r="N135" s="95" t="str">
+      <c r="K135" s="85"/>
+      <c r="L135" s="86"/>
+      <c r="M135" s="86"/>
+      <c r="N135" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O135" s="96"/>
-[...1 lines deleted...]
-      <c r="Q135" s="96"/>
+      <c r="O135" s="88"/>
+      <c r="P135" s="88"/>
+      <c r="Q135" s="88"/>
       <c r="R135" s="23"/>
       <c r="S135" s="23"/>
-      <c r="T135" s="97"/>
+      <c r="T135" s="89"/>
       <c r="U135" s="23"/>
       <c r="V135" s="23"/>
-      <c r="W135" s="97"/>
-[...8 lines deleted...]
-      <c r="AF135" s="98" t="str">
+      <c r="W135" s="89"/>
+      <c r="X135" s="89"/>
+      <c r="Y135" s="89"/>
+      <c r="Z135" s="89"/>
+      <c r="AA135" s="89"/>
+      <c r="AB135" s="89"/>
+      <c r="AC135" s="89"/>
+      <c r="AD135" s="89"/>
+      <c r="AE135" s="89"/>
+      <c r="AF135" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG135" s="23"/>
+      <c r="AG135" s="89"/>
       <c r="AH135" s="23"/>
       <c r="AI135" s="23"/>
       <c r="AJ135" s="23"/>
       <c r="AK135" s="23"/>
       <c r="AL135" s="23"/>
       <c r="AM135" s="23"/>
-      <c r="AN135" s="98" t="str">
+      <c r="AN135" s="23"/>
+      <c r="AO135" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO135" s="97"/>
-[...8 lines deleted...]
-      <c r="AX135" s="99" t="str">
+      <c r="AP135" s="89"/>
+      <c r="AQ135" s="89"/>
+      <c r="AR135" s="89"/>
+      <c r="AS135" s="89"/>
+      <c r="AT135" s="89"/>
+      <c r="AU135" s="89"/>
+      <c r="AV135" s="89"/>
+      <c r="AW135" s="89"/>
+      <c r="AX135" s="89"/>
+      <c r="AY135" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY135" s="97"/>
-      <c r="AZ135" s="99" t="str">
+      <c r="AZ135" s="89"/>
+      <c r="BA135" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA135" s="97"/>
-[...1 lines deleted...]
-      <c r="BC135" s="99" t="str">
+      <c r="BB135" s="89"/>
+      <c r="BC135" s="89"/>
+      <c r="BD135" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD135" s="97"/>
-[...3 lines deleted...]
-      <c r="BH135" s="99" t="str">
+      <c r="BE135" s="89"/>
+      <c r="BF135" s="89"/>
+      <c r="BG135" s="89"/>
+      <c r="BH135" s="89"/>
+      <c r="BI135" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI135" s="99" t="str">
+      <c r="BJ135" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ135" s="22"/>
-[...13 lines deleted...]
-    <row r="136" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK135" s="22"/>
+      <c r="BL135" s="92"/>
+      <c r="BM135" s="92"/>
+      <c r="BN135" s="92"/>
+      <c r="BO135" s="92"/>
+      <c r="BP135" s="92"/>
+      <c r="BQ135" s="92"/>
+      <c r="BR135" s="92"/>
+      <c r="BS135" s="92"/>
+      <c r="BT135" s="92"/>
+      <c r="BU135" s="92"/>
+      <c r="BV135" s="92"/>
+      <c r="BW135" s="92"/>
+    </row>
+    <row r="136" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A136" s="22"/>
       <c r="B136" s="21"/>
       <c r="C136" s="22"/>
       <c r="D136" s="22"/>
       <c r="E136" s="22"/>
       <c r="F136" s="21"/>
       <c r="G136" s="22"/>
       <c r="H136" s="22"/>
       <c r="I136" s="23"/>
       <c r="J136" s="23"/>
-      <c r="K136" s="93"/>
-[...2 lines deleted...]
-      <c r="N136" s="95" t="str">
+      <c r="K136" s="85"/>
+      <c r="L136" s="86"/>
+      <c r="M136" s="86"/>
+      <c r="N136" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O136" s="96"/>
-[...1 lines deleted...]
-      <c r="Q136" s="96"/>
+      <c r="O136" s="88"/>
+      <c r="P136" s="88"/>
+      <c r="Q136" s="88"/>
       <c r="R136" s="23"/>
       <c r="S136" s="23"/>
-      <c r="T136" s="97"/>
+      <c r="T136" s="89"/>
       <c r="U136" s="23"/>
       <c r="V136" s="23"/>
-      <c r="W136" s="97"/>
-[...8 lines deleted...]
-      <c r="AF136" s="98" t="str">
+      <c r="W136" s="89"/>
+      <c r="X136" s="89"/>
+      <c r="Y136" s="89"/>
+      <c r="Z136" s="89"/>
+      <c r="AA136" s="89"/>
+      <c r="AB136" s="89"/>
+      <c r="AC136" s="89"/>
+      <c r="AD136" s="89"/>
+      <c r="AE136" s="89"/>
+      <c r="AF136" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG136" s="23"/>
+      <c r="AG136" s="89"/>
       <c r="AH136" s="23"/>
       <c r="AI136" s="23"/>
       <c r="AJ136" s="23"/>
       <c r="AK136" s="23"/>
       <c r="AL136" s="23"/>
       <c r="AM136" s="23"/>
-      <c r="AN136" s="98" t="str">
+      <c r="AN136" s="23"/>
+      <c r="AO136" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO136" s="97"/>
-[...8 lines deleted...]
-      <c r="AX136" s="99" t="str">
+      <c r="AP136" s="89"/>
+      <c r="AQ136" s="89"/>
+      <c r="AR136" s="89"/>
+      <c r="AS136" s="89"/>
+      <c r="AT136" s="89"/>
+      <c r="AU136" s="89"/>
+      <c r="AV136" s="89"/>
+      <c r="AW136" s="89"/>
+      <c r="AX136" s="89"/>
+      <c r="AY136" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY136" s="97"/>
-      <c r="AZ136" s="99" t="str">
+      <c r="AZ136" s="89"/>
+      <c r="BA136" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA136" s="97"/>
-[...1 lines deleted...]
-      <c r="BC136" s="99" t="str">
+      <c r="BB136" s="89"/>
+      <c r="BC136" s="89"/>
+      <c r="BD136" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD136" s="97"/>
-[...3 lines deleted...]
-      <c r="BH136" s="99" t="str">
+      <c r="BE136" s="89"/>
+      <c r="BF136" s="89"/>
+      <c r="BG136" s="89"/>
+      <c r="BH136" s="89"/>
+      <c r="BI136" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI136" s="99" t="str">
+      <c r="BJ136" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ136" s="22"/>
-[...13 lines deleted...]
-    <row r="137" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK136" s="22"/>
+      <c r="BL136" s="92"/>
+      <c r="BM136" s="92"/>
+      <c r="BN136" s="92"/>
+      <c r="BO136" s="92"/>
+      <c r="BP136" s="92"/>
+      <c r="BQ136" s="92"/>
+      <c r="BR136" s="92"/>
+      <c r="BS136" s="92"/>
+      <c r="BT136" s="92"/>
+      <c r="BU136" s="92"/>
+      <c r="BV136" s="92"/>
+      <c r="BW136" s="92"/>
+    </row>
+    <row r="137" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A137" s="22"/>
       <c r="B137" s="21"/>
       <c r="C137" s="22"/>
       <c r="D137" s="22"/>
       <c r="E137" s="22"/>
       <c r="F137" s="21"/>
       <c r="G137" s="22"/>
       <c r="H137" s="22"/>
       <c r="I137" s="23"/>
       <c r="J137" s="23"/>
-      <c r="K137" s="93"/>
-[...2 lines deleted...]
-      <c r="N137" s="95" t="str">
+      <c r="K137" s="85"/>
+      <c r="L137" s="86"/>
+      <c r="M137" s="86"/>
+      <c r="N137" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O137" s="96"/>
-[...1 lines deleted...]
-      <c r="Q137" s="96"/>
+      <c r="O137" s="88"/>
+      <c r="P137" s="88"/>
+      <c r="Q137" s="88"/>
       <c r="R137" s="23"/>
       <c r="S137" s="23"/>
-      <c r="T137" s="97"/>
+      <c r="T137" s="89"/>
       <c r="U137" s="23"/>
       <c r="V137" s="23"/>
-      <c r="W137" s="97"/>
-[...8 lines deleted...]
-      <c r="AF137" s="98" t="str">
+      <c r="W137" s="89"/>
+      <c r="X137" s="89"/>
+      <c r="Y137" s="89"/>
+      <c r="Z137" s="89"/>
+      <c r="AA137" s="89"/>
+      <c r="AB137" s="89"/>
+      <c r="AC137" s="89"/>
+      <c r="AD137" s="89"/>
+      <c r="AE137" s="89"/>
+      <c r="AF137" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG137" s="23"/>
+      <c r="AG137" s="89"/>
       <c r="AH137" s="23"/>
       <c r="AI137" s="23"/>
       <c r="AJ137" s="23"/>
       <c r="AK137" s="23"/>
       <c r="AL137" s="23"/>
       <c r="AM137" s="23"/>
-      <c r="AN137" s="98" t="str">
+      <c r="AN137" s="23"/>
+      <c r="AO137" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO137" s="97"/>
-[...8 lines deleted...]
-      <c r="AX137" s="99" t="str">
+      <c r="AP137" s="89"/>
+      <c r="AQ137" s="89"/>
+      <c r="AR137" s="89"/>
+      <c r="AS137" s="89"/>
+      <c r="AT137" s="89"/>
+      <c r="AU137" s="89"/>
+      <c r="AV137" s="89"/>
+      <c r="AW137" s="89"/>
+      <c r="AX137" s="89"/>
+      <c r="AY137" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY137" s="97"/>
-      <c r="AZ137" s="99" t="str">
+      <c r="AZ137" s="89"/>
+      <c r="BA137" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA137" s="97"/>
-[...1 lines deleted...]
-      <c r="BC137" s="99" t="str">
+      <c r="BB137" s="89"/>
+      <c r="BC137" s="89"/>
+      <c r="BD137" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD137" s="97"/>
-[...3 lines deleted...]
-      <c r="BH137" s="99" t="str">
+      <c r="BE137" s="89"/>
+      <c r="BF137" s="89"/>
+      <c r="BG137" s="89"/>
+      <c r="BH137" s="89"/>
+      <c r="BI137" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI137" s="99" t="str">
+      <c r="BJ137" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ137" s="22"/>
-[...13 lines deleted...]
-    <row r="138" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK137" s="22"/>
+      <c r="BL137" s="92"/>
+      <c r="BM137" s="92"/>
+      <c r="BN137" s="92"/>
+      <c r="BO137" s="92"/>
+      <c r="BP137" s="92"/>
+      <c r="BQ137" s="92"/>
+      <c r="BR137" s="92"/>
+      <c r="BS137" s="92"/>
+      <c r="BT137" s="92"/>
+      <c r="BU137" s="92"/>
+      <c r="BV137" s="92"/>
+      <c r="BW137" s="92"/>
+    </row>
+    <row r="138" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A138" s="22"/>
       <c r="B138" s="21"/>
       <c r="C138" s="22"/>
       <c r="D138" s="22"/>
       <c r="E138" s="22"/>
       <c r="F138" s="21"/>
       <c r="G138" s="22"/>
       <c r="H138" s="22"/>
       <c r="I138" s="23"/>
       <c r="J138" s="23"/>
-      <c r="K138" s="93"/>
-[...2 lines deleted...]
-      <c r="N138" s="95" t="str">
+      <c r="K138" s="85"/>
+      <c r="L138" s="86"/>
+      <c r="M138" s="86"/>
+      <c r="N138" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O138" s="96"/>
-[...1 lines deleted...]
-      <c r="Q138" s="96"/>
+      <c r="O138" s="88"/>
+      <c r="P138" s="88"/>
+      <c r="Q138" s="88"/>
       <c r="R138" s="23"/>
       <c r="S138" s="23"/>
-      <c r="T138" s="97"/>
+      <c r="T138" s="89"/>
       <c r="U138" s="23"/>
       <c r="V138" s="23"/>
-      <c r="W138" s="97"/>
-[...8 lines deleted...]
-      <c r="AF138" s="98" t="str">
+      <c r="W138" s="89"/>
+      <c r="X138" s="89"/>
+      <c r="Y138" s="89"/>
+      <c r="Z138" s="89"/>
+      <c r="AA138" s="89"/>
+      <c r="AB138" s="89"/>
+      <c r="AC138" s="89"/>
+      <c r="AD138" s="89"/>
+      <c r="AE138" s="89"/>
+      <c r="AF138" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG138" s="23"/>
+      <c r="AG138" s="89"/>
       <c r="AH138" s="23"/>
       <c r="AI138" s="23"/>
       <c r="AJ138" s="23"/>
       <c r="AK138" s="23"/>
       <c r="AL138" s="23"/>
       <c r="AM138" s="23"/>
-      <c r="AN138" s="98" t="str">
+      <c r="AN138" s="23"/>
+      <c r="AO138" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO138" s="97"/>
-[...8 lines deleted...]
-      <c r="AX138" s="99" t="str">
+      <c r="AP138" s="89"/>
+      <c r="AQ138" s="89"/>
+      <c r="AR138" s="89"/>
+      <c r="AS138" s="89"/>
+      <c r="AT138" s="89"/>
+      <c r="AU138" s="89"/>
+      <c r="AV138" s="89"/>
+      <c r="AW138" s="89"/>
+      <c r="AX138" s="89"/>
+      <c r="AY138" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY138" s="97"/>
-      <c r="AZ138" s="99" t="str">
+      <c r="AZ138" s="89"/>
+      <c r="BA138" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA138" s="97"/>
-[...1 lines deleted...]
-      <c r="BC138" s="99" t="str">
+      <c r="BB138" s="89"/>
+      <c r="BC138" s="89"/>
+      <c r="BD138" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD138" s="97"/>
-[...3 lines deleted...]
-      <c r="BH138" s="99" t="str">
+      <c r="BE138" s="89"/>
+      <c r="BF138" s="89"/>
+      <c r="BG138" s="89"/>
+      <c r="BH138" s="89"/>
+      <c r="BI138" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI138" s="99" t="str">
+      <c r="BJ138" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ138" s="22"/>
-[...13 lines deleted...]
-    <row r="139" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK138" s="22"/>
+      <c r="BL138" s="92"/>
+      <c r="BM138" s="92"/>
+      <c r="BN138" s="92"/>
+      <c r="BO138" s="92"/>
+      <c r="BP138" s="92"/>
+      <c r="BQ138" s="92"/>
+      <c r="BR138" s="92"/>
+      <c r="BS138" s="92"/>
+      <c r="BT138" s="92"/>
+      <c r="BU138" s="92"/>
+      <c r="BV138" s="92"/>
+      <c r="BW138" s="92"/>
+    </row>
+    <row r="139" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A139" s="22"/>
       <c r="B139" s="21"/>
       <c r="C139" s="22"/>
       <c r="D139" s="22"/>
       <c r="E139" s="22"/>
       <c r="F139" s="21"/>
       <c r="G139" s="22"/>
       <c r="H139" s="22"/>
       <c r="I139" s="23"/>
       <c r="J139" s="23"/>
-      <c r="K139" s="93"/>
-[...2 lines deleted...]
-      <c r="N139" s="95" t="str">
+      <c r="K139" s="85"/>
+      <c r="L139" s="86"/>
+      <c r="M139" s="86"/>
+      <c r="N139" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O139" s="96"/>
-[...1 lines deleted...]
-      <c r="Q139" s="96"/>
+      <c r="O139" s="88"/>
+      <c r="P139" s="88"/>
+      <c r="Q139" s="88"/>
       <c r="R139" s="23"/>
       <c r="S139" s="23"/>
-      <c r="T139" s="97"/>
+      <c r="T139" s="89"/>
       <c r="U139" s="23"/>
       <c r="V139" s="23"/>
-      <c r="W139" s="97"/>
-[...8 lines deleted...]
-      <c r="AF139" s="98" t="str">
+      <c r="W139" s="89"/>
+      <c r="X139" s="89"/>
+      <c r="Y139" s="89"/>
+      <c r="Z139" s="89"/>
+      <c r="AA139" s="89"/>
+      <c r="AB139" s="89"/>
+      <c r="AC139" s="89"/>
+      <c r="AD139" s="89"/>
+      <c r="AE139" s="89"/>
+      <c r="AF139" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG139" s="23"/>
+      <c r="AG139" s="89"/>
       <c r="AH139" s="23"/>
       <c r="AI139" s="23"/>
       <c r="AJ139" s="23"/>
       <c r="AK139" s="23"/>
       <c r="AL139" s="23"/>
       <c r="AM139" s="23"/>
-      <c r="AN139" s="98" t="str">
+      <c r="AN139" s="23"/>
+      <c r="AO139" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO139" s="97"/>
-[...8 lines deleted...]
-      <c r="AX139" s="99" t="str">
+      <c r="AP139" s="89"/>
+      <c r="AQ139" s="89"/>
+      <c r="AR139" s="89"/>
+      <c r="AS139" s="89"/>
+      <c r="AT139" s="89"/>
+      <c r="AU139" s="89"/>
+      <c r="AV139" s="89"/>
+      <c r="AW139" s="89"/>
+      <c r="AX139" s="89"/>
+      <c r="AY139" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY139" s="97"/>
-      <c r="AZ139" s="99" t="str">
+      <c r="AZ139" s="89"/>
+      <c r="BA139" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA139" s="97"/>
-[...1 lines deleted...]
-      <c r="BC139" s="99" t="str">
+      <c r="BB139" s="89"/>
+      <c r="BC139" s="89"/>
+      <c r="BD139" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD139" s="97"/>
-[...3 lines deleted...]
-      <c r="BH139" s="99" t="str">
+      <c r="BE139" s="89"/>
+      <c r="BF139" s="89"/>
+      <c r="BG139" s="89"/>
+      <c r="BH139" s="89"/>
+      <c r="BI139" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI139" s="99" t="str">
+      <c r="BJ139" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ139" s="22"/>
-[...13 lines deleted...]
-    <row r="140" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK139" s="22"/>
+      <c r="BL139" s="92"/>
+      <c r="BM139" s="92"/>
+      <c r="BN139" s="92"/>
+      <c r="BO139" s="92"/>
+      <c r="BP139" s="92"/>
+      <c r="BQ139" s="92"/>
+      <c r="BR139" s="92"/>
+      <c r="BS139" s="92"/>
+      <c r="BT139" s="92"/>
+      <c r="BU139" s="92"/>
+      <c r="BV139" s="92"/>
+      <c r="BW139" s="92"/>
+    </row>
+    <row r="140" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A140" s="22"/>
       <c r="B140" s="21"/>
       <c r="C140" s="22"/>
       <c r="D140" s="22"/>
       <c r="E140" s="22"/>
       <c r="F140" s="21"/>
       <c r="G140" s="22"/>
       <c r="H140" s="22"/>
       <c r="I140" s="23"/>
       <c r="J140" s="23"/>
-      <c r="K140" s="93"/>
-[...2 lines deleted...]
-      <c r="N140" s="95" t="str">
+      <c r="K140" s="85"/>
+      <c r="L140" s="86"/>
+      <c r="M140" s="86"/>
+      <c r="N140" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O140" s="96"/>
-[...1 lines deleted...]
-      <c r="Q140" s="96"/>
+      <c r="O140" s="88"/>
+      <c r="P140" s="88"/>
+      <c r="Q140" s="88"/>
       <c r="R140" s="23"/>
       <c r="S140" s="23"/>
-      <c r="T140" s="97"/>
+      <c r="T140" s="89"/>
       <c r="U140" s="23"/>
       <c r="V140" s="23"/>
-      <c r="W140" s="97"/>
-[...8 lines deleted...]
-      <c r="AF140" s="98" t="str">
+      <c r="W140" s="89"/>
+      <c r="X140" s="89"/>
+      <c r="Y140" s="89"/>
+      <c r="Z140" s="89"/>
+      <c r="AA140" s="89"/>
+      <c r="AB140" s="89"/>
+      <c r="AC140" s="89"/>
+      <c r="AD140" s="89"/>
+      <c r="AE140" s="89"/>
+      <c r="AF140" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG140" s="23"/>
+      <c r="AG140" s="89"/>
       <c r="AH140" s="23"/>
       <c r="AI140" s="23"/>
       <c r="AJ140" s="23"/>
       <c r="AK140" s="23"/>
       <c r="AL140" s="23"/>
       <c r="AM140" s="23"/>
-      <c r="AN140" s="98" t="str">
+      <c r="AN140" s="23"/>
+      <c r="AO140" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO140" s="97"/>
-[...8 lines deleted...]
-      <c r="AX140" s="99" t="str">
+      <c r="AP140" s="89"/>
+      <c r="AQ140" s="89"/>
+      <c r="AR140" s="89"/>
+      <c r="AS140" s="89"/>
+      <c r="AT140" s="89"/>
+      <c r="AU140" s="89"/>
+      <c r="AV140" s="89"/>
+      <c r="AW140" s="89"/>
+      <c r="AX140" s="89"/>
+      <c r="AY140" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY140" s="97"/>
-      <c r="AZ140" s="99" t="str">
+      <c r="AZ140" s="89"/>
+      <c r="BA140" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA140" s="97"/>
-[...1 lines deleted...]
-      <c r="BC140" s="99" t="str">
+      <c r="BB140" s="89"/>
+      <c r="BC140" s="89"/>
+      <c r="BD140" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD140" s="97"/>
-[...3 lines deleted...]
-      <c r="BH140" s="99" t="str">
+      <c r="BE140" s="89"/>
+      <c r="BF140" s="89"/>
+      <c r="BG140" s="89"/>
+      <c r="BH140" s="89"/>
+      <c r="BI140" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI140" s="99" t="str">
+      <c r="BJ140" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ140" s="22"/>
-[...13 lines deleted...]
-    <row r="141" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK140" s="22"/>
+      <c r="BL140" s="92"/>
+      <c r="BM140" s="92"/>
+      <c r="BN140" s="92"/>
+      <c r="BO140" s="92"/>
+      <c r="BP140" s="92"/>
+      <c r="BQ140" s="92"/>
+      <c r="BR140" s="92"/>
+      <c r="BS140" s="92"/>
+      <c r="BT140" s="92"/>
+      <c r="BU140" s="92"/>
+      <c r="BV140" s="92"/>
+      <c r="BW140" s="92"/>
+    </row>
+    <row r="141" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A141" s="22"/>
       <c r="B141" s="21"/>
       <c r="C141" s="22"/>
       <c r="D141" s="22"/>
       <c r="E141" s="22"/>
       <c r="F141" s="21"/>
       <c r="G141" s="22"/>
       <c r="H141" s="22"/>
       <c r="I141" s="23"/>
       <c r="J141" s="23"/>
-      <c r="K141" s="93"/>
-[...2 lines deleted...]
-      <c r="N141" s="95" t="str">
+      <c r="K141" s="85"/>
+      <c r="L141" s="86"/>
+      <c r="M141" s="86"/>
+      <c r="N141" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O141" s="96"/>
-[...1 lines deleted...]
-      <c r="Q141" s="96"/>
+      <c r="O141" s="88"/>
+      <c r="P141" s="88"/>
+      <c r="Q141" s="88"/>
       <c r="R141" s="23"/>
       <c r="S141" s="23"/>
-      <c r="T141" s="97"/>
+      <c r="T141" s="89"/>
       <c r="U141" s="23"/>
       <c r="V141" s="23"/>
-      <c r="W141" s="97"/>
-[...8 lines deleted...]
-      <c r="AF141" s="98" t="str">
+      <c r="W141" s="89"/>
+      <c r="X141" s="89"/>
+      <c r="Y141" s="89"/>
+      <c r="Z141" s="89"/>
+      <c r="AA141" s="89"/>
+      <c r="AB141" s="89"/>
+      <c r="AC141" s="89"/>
+      <c r="AD141" s="89"/>
+      <c r="AE141" s="89"/>
+      <c r="AF141" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG141" s="23"/>
+      <c r="AG141" s="89"/>
       <c r="AH141" s="23"/>
       <c r="AI141" s="23"/>
       <c r="AJ141" s="23"/>
       <c r="AK141" s="23"/>
       <c r="AL141" s="23"/>
       <c r="AM141" s="23"/>
-      <c r="AN141" s="98" t="str">
+      <c r="AN141" s="23"/>
+      <c r="AO141" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO141" s="97"/>
-[...8 lines deleted...]
-      <c r="AX141" s="99" t="str">
+      <c r="AP141" s="89"/>
+      <c r="AQ141" s="89"/>
+      <c r="AR141" s="89"/>
+      <c r="AS141" s="89"/>
+      <c r="AT141" s="89"/>
+      <c r="AU141" s="89"/>
+      <c r="AV141" s="89"/>
+      <c r="AW141" s="89"/>
+      <c r="AX141" s="89"/>
+      <c r="AY141" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY141" s="97"/>
-      <c r="AZ141" s="99" t="str">
+      <c r="AZ141" s="89"/>
+      <c r="BA141" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA141" s="97"/>
-[...1 lines deleted...]
-      <c r="BC141" s="99" t="str">
+      <c r="BB141" s="89"/>
+      <c r="BC141" s="89"/>
+      <c r="BD141" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD141" s="97"/>
-[...3 lines deleted...]
-      <c r="BH141" s="99" t="str">
+      <c r="BE141" s="89"/>
+      <c r="BF141" s="89"/>
+      <c r="BG141" s="89"/>
+      <c r="BH141" s="89"/>
+      <c r="BI141" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI141" s="99" t="str">
+      <c r="BJ141" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ141" s="22"/>
-[...13 lines deleted...]
-    <row r="142" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK141" s="22"/>
+      <c r="BL141" s="92"/>
+      <c r="BM141" s="92"/>
+      <c r="BN141" s="92"/>
+      <c r="BO141" s="92"/>
+      <c r="BP141" s="92"/>
+      <c r="BQ141" s="92"/>
+      <c r="BR141" s="92"/>
+      <c r="BS141" s="92"/>
+      <c r="BT141" s="92"/>
+      <c r="BU141" s="92"/>
+      <c r="BV141" s="92"/>
+      <c r="BW141" s="92"/>
+    </row>
+    <row r="142" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A142" s="22"/>
       <c r="B142" s="21"/>
       <c r="C142" s="22"/>
       <c r="D142" s="22"/>
       <c r="E142" s="22"/>
       <c r="F142" s="21"/>
       <c r="G142" s="22"/>
       <c r="H142" s="22"/>
       <c r="I142" s="23"/>
       <c r="J142" s="23"/>
-      <c r="K142" s="93"/>
-[...2 lines deleted...]
-      <c r="N142" s="95" t="str">
+      <c r="K142" s="85"/>
+      <c r="L142" s="86"/>
+      <c r="M142" s="86"/>
+      <c r="N142" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O142" s="96"/>
-[...1 lines deleted...]
-      <c r="Q142" s="96"/>
+      <c r="O142" s="88"/>
+      <c r="P142" s="88"/>
+      <c r="Q142" s="88"/>
       <c r="R142" s="23"/>
       <c r="S142" s="23"/>
-      <c r="T142" s="97"/>
+      <c r="T142" s="89"/>
       <c r="U142" s="23"/>
       <c r="V142" s="23"/>
-      <c r="W142" s="97"/>
-[...8 lines deleted...]
-      <c r="AF142" s="98" t="str">
+      <c r="W142" s="89"/>
+      <c r="X142" s="89"/>
+      <c r="Y142" s="89"/>
+      <c r="Z142" s="89"/>
+      <c r="AA142" s="89"/>
+      <c r="AB142" s="89"/>
+      <c r="AC142" s="89"/>
+      <c r="AD142" s="89"/>
+      <c r="AE142" s="89"/>
+      <c r="AF142" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG142" s="23"/>
+      <c r="AG142" s="89"/>
       <c r="AH142" s="23"/>
       <c r="AI142" s="23"/>
       <c r="AJ142" s="23"/>
       <c r="AK142" s="23"/>
       <c r="AL142" s="23"/>
       <c r="AM142" s="23"/>
-      <c r="AN142" s="98" t="str">
+      <c r="AN142" s="23"/>
+      <c r="AO142" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO142" s="97"/>
-[...8 lines deleted...]
-      <c r="AX142" s="99" t="str">
+      <c r="AP142" s="89"/>
+      <c r="AQ142" s="89"/>
+      <c r="AR142" s="89"/>
+      <c r="AS142" s="89"/>
+      <c r="AT142" s="89"/>
+      <c r="AU142" s="89"/>
+      <c r="AV142" s="89"/>
+      <c r="AW142" s="89"/>
+      <c r="AX142" s="89"/>
+      <c r="AY142" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY142" s="97"/>
-      <c r="AZ142" s="99" t="str">
+      <c r="AZ142" s="89"/>
+      <c r="BA142" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA142" s="97"/>
-[...1 lines deleted...]
-      <c r="BC142" s="99" t="str">
+      <c r="BB142" s="89"/>
+      <c r="BC142" s="89"/>
+      <c r="BD142" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD142" s="97"/>
-[...3 lines deleted...]
-      <c r="BH142" s="99" t="str">
+      <c r="BE142" s="89"/>
+      <c r="BF142" s="89"/>
+      <c r="BG142" s="89"/>
+      <c r="BH142" s="89"/>
+      <c r="BI142" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI142" s="99" t="str">
+      <c r="BJ142" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ142" s="22"/>
-[...13 lines deleted...]
-    <row r="143" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK142" s="22"/>
+      <c r="BL142" s="92"/>
+      <c r="BM142" s="92"/>
+      <c r="BN142" s="92"/>
+      <c r="BO142" s="92"/>
+      <c r="BP142" s="92"/>
+      <c r="BQ142" s="92"/>
+      <c r="BR142" s="92"/>
+      <c r="BS142" s="92"/>
+      <c r="BT142" s="92"/>
+      <c r="BU142" s="92"/>
+      <c r="BV142" s="92"/>
+      <c r="BW142" s="92"/>
+    </row>
+    <row r="143" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A143" s="22"/>
       <c r="B143" s="21"/>
       <c r="C143" s="22"/>
       <c r="D143" s="22"/>
       <c r="E143" s="22"/>
       <c r="F143" s="21"/>
       <c r="G143" s="22"/>
       <c r="H143" s="22"/>
       <c r="I143" s="23"/>
       <c r="J143" s="23"/>
-      <c r="K143" s="93"/>
-[...2 lines deleted...]
-      <c r="N143" s="95" t="str">
+      <c r="K143" s="85"/>
+      <c r="L143" s="86"/>
+      <c r="M143" s="86"/>
+      <c r="N143" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O143" s="96"/>
-[...1 lines deleted...]
-      <c r="Q143" s="96"/>
+      <c r="O143" s="88"/>
+      <c r="P143" s="88"/>
+      <c r="Q143" s="88"/>
       <c r="R143" s="23"/>
       <c r="S143" s="23"/>
-      <c r="T143" s="97"/>
+      <c r="T143" s="89"/>
       <c r="U143" s="23"/>
       <c r="V143" s="23"/>
-      <c r="W143" s="97"/>
-[...8 lines deleted...]
-      <c r="AF143" s="98" t="str">
+      <c r="W143" s="89"/>
+      <c r="X143" s="89"/>
+      <c r="Y143" s="89"/>
+      <c r="Z143" s="89"/>
+      <c r="AA143" s="89"/>
+      <c r="AB143" s="89"/>
+      <c r="AC143" s="89"/>
+      <c r="AD143" s="89"/>
+      <c r="AE143" s="89"/>
+      <c r="AF143" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG143" s="23"/>
+      <c r="AG143" s="89"/>
       <c r="AH143" s="23"/>
       <c r="AI143" s="23"/>
       <c r="AJ143" s="23"/>
       <c r="AK143" s="23"/>
       <c r="AL143" s="23"/>
       <c r="AM143" s="23"/>
-      <c r="AN143" s="98" t="str">
+      <c r="AN143" s="23"/>
+      <c r="AO143" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO143" s="97"/>
-[...8 lines deleted...]
-      <c r="AX143" s="99" t="str">
+      <c r="AP143" s="89"/>
+      <c r="AQ143" s="89"/>
+      <c r="AR143" s="89"/>
+      <c r="AS143" s="89"/>
+      <c r="AT143" s="89"/>
+      <c r="AU143" s="89"/>
+      <c r="AV143" s="89"/>
+      <c r="AW143" s="89"/>
+      <c r="AX143" s="89"/>
+      <c r="AY143" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY143" s="97"/>
-      <c r="AZ143" s="99" t="str">
+      <c r="AZ143" s="89"/>
+      <c r="BA143" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA143" s="97"/>
-[...1 lines deleted...]
-      <c r="BC143" s="99" t="str">
+      <c r="BB143" s="89"/>
+      <c r="BC143" s="89"/>
+      <c r="BD143" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD143" s="97"/>
-[...3 lines deleted...]
-      <c r="BH143" s="99" t="str">
+      <c r="BE143" s="89"/>
+      <c r="BF143" s="89"/>
+      <c r="BG143" s="89"/>
+      <c r="BH143" s="89"/>
+      <c r="BI143" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI143" s="99" t="str">
+      <c r="BJ143" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ143" s="22"/>
-[...13 lines deleted...]
-    <row r="144" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK143" s="22"/>
+      <c r="BL143" s="92"/>
+      <c r="BM143" s="92"/>
+      <c r="BN143" s="92"/>
+      <c r="BO143" s="92"/>
+      <c r="BP143" s="92"/>
+      <c r="BQ143" s="92"/>
+      <c r="BR143" s="92"/>
+      <c r="BS143" s="92"/>
+      <c r="BT143" s="92"/>
+      <c r="BU143" s="92"/>
+      <c r="BV143" s="92"/>
+      <c r="BW143" s="92"/>
+    </row>
+    <row r="144" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A144" s="22"/>
       <c r="B144" s="21"/>
       <c r="C144" s="22"/>
       <c r="D144" s="22"/>
       <c r="E144" s="22"/>
       <c r="F144" s="21"/>
       <c r="G144" s="22"/>
       <c r="H144" s="22"/>
       <c r="I144" s="23"/>
       <c r="J144" s="23"/>
-      <c r="K144" s="93"/>
-[...2 lines deleted...]
-      <c r="N144" s="95" t="str">
+      <c r="K144" s="85"/>
+      <c r="L144" s="86"/>
+      <c r="M144" s="86"/>
+      <c r="N144" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O144" s="96"/>
-[...1 lines deleted...]
-      <c r="Q144" s="96"/>
+      <c r="O144" s="88"/>
+      <c r="P144" s="88"/>
+      <c r="Q144" s="88"/>
       <c r="R144" s="23"/>
       <c r="S144" s="23"/>
-      <c r="T144" s="97"/>
+      <c r="T144" s="89"/>
       <c r="U144" s="23"/>
       <c r="V144" s="23"/>
-      <c r="W144" s="97"/>
-[...8 lines deleted...]
-      <c r="AF144" s="98" t="str">
+      <c r="W144" s="89"/>
+      <c r="X144" s="89"/>
+      <c r="Y144" s="89"/>
+      <c r="Z144" s="89"/>
+      <c r="AA144" s="89"/>
+      <c r="AB144" s="89"/>
+      <c r="AC144" s="89"/>
+      <c r="AD144" s="89"/>
+      <c r="AE144" s="89"/>
+      <c r="AF144" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG144" s="23"/>
+      <c r="AG144" s="89"/>
       <c r="AH144" s="23"/>
       <c r="AI144" s="23"/>
       <c r="AJ144" s="23"/>
       <c r="AK144" s="23"/>
       <c r="AL144" s="23"/>
       <c r="AM144" s="23"/>
-      <c r="AN144" s="98" t="str">
+      <c r="AN144" s="23"/>
+      <c r="AO144" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO144" s="97"/>
-[...8 lines deleted...]
-      <c r="AX144" s="99" t="str">
+      <c r="AP144" s="89"/>
+      <c r="AQ144" s="89"/>
+      <c r="AR144" s="89"/>
+      <c r="AS144" s="89"/>
+      <c r="AT144" s="89"/>
+      <c r="AU144" s="89"/>
+      <c r="AV144" s="89"/>
+      <c r="AW144" s="89"/>
+      <c r="AX144" s="89"/>
+      <c r="AY144" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY144" s="97"/>
-      <c r="AZ144" s="99" t="str">
+      <c r="AZ144" s="89"/>
+      <c r="BA144" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA144" s="97"/>
-[...1 lines deleted...]
-      <c r="BC144" s="99" t="str">
+      <c r="BB144" s="89"/>
+      <c r="BC144" s="89"/>
+      <c r="BD144" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD144" s="97"/>
-[...3 lines deleted...]
-      <c r="BH144" s="99" t="str">
+      <c r="BE144" s="89"/>
+      <c r="BF144" s="89"/>
+      <c r="BG144" s="89"/>
+      <c r="BH144" s="89"/>
+      <c r="BI144" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI144" s="99" t="str">
+      <c r="BJ144" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ144" s="22"/>
-[...13 lines deleted...]
-    <row r="145" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK144" s="22"/>
+      <c r="BL144" s="92"/>
+      <c r="BM144" s="92"/>
+      <c r="BN144" s="92"/>
+      <c r="BO144" s="92"/>
+      <c r="BP144" s="92"/>
+      <c r="BQ144" s="92"/>
+      <c r="BR144" s="92"/>
+      <c r="BS144" s="92"/>
+      <c r="BT144" s="92"/>
+      <c r="BU144" s="92"/>
+      <c r="BV144" s="92"/>
+      <c r="BW144" s="92"/>
+    </row>
+    <row r="145" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A145" s="22"/>
       <c r="B145" s="21"/>
       <c r="C145" s="22"/>
       <c r="D145" s="22"/>
       <c r="E145" s="22"/>
       <c r="F145" s="21"/>
       <c r="G145" s="22"/>
       <c r="H145" s="22"/>
       <c r="I145" s="23"/>
       <c r="J145" s="23"/>
-      <c r="K145" s="93"/>
-[...2 lines deleted...]
-      <c r="N145" s="95" t="str">
+      <c r="K145" s="85"/>
+      <c r="L145" s="86"/>
+      <c r="M145" s="86"/>
+      <c r="N145" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O145" s="96"/>
-[...1 lines deleted...]
-      <c r="Q145" s="96"/>
+      <c r="O145" s="88"/>
+      <c r="P145" s="88"/>
+      <c r="Q145" s="88"/>
       <c r="R145" s="23"/>
       <c r="S145" s="23"/>
-      <c r="T145" s="97"/>
+      <c r="T145" s="89"/>
       <c r="U145" s="23"/>
       <c r="V145" s="23"/>
-      <c r="W145" s="97"/>
-[...8 lines deleted...]
-      <c r="AF145" s="98" t="str">
+      <c r="W145" s="89"/>
+      <c r="X145" s="89"/>
+      <c r="Y145" s="89"/>
+      <c r="Z145" s="89"/>
+      <c r="AA145" s="89"/>
+      <c r="AB145" s="89"/>
+      <c r="AC145" s="89"/>
+      <c r="AD145" s="89"/>
+      <c r="AE145" s="89"/>
+      <c r="AF145" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG145" s="23"/>
+      <c r="AG145" s="89"/>
       <c r="AH145" s="23"/>
       <c r="AI145" s="23"/>
       <c r="AJ145" s="23"/>
       <c r="AK145" s="23"/>
       <c r="AL145" s="23"/>
       <c r="AM145" s="23"/>
-      <c r="AN145" s="98" t="str">
+      <c r="AN145" s="23"/>
+      <c r="AO145" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO145" s="97"/>
-[...8 lines deleted...]
-      <c r="AX145" s="99" t="str">
+      <c r="AP145" s="89"/>
+      <c r="AQ145" s="89"/>
+      <c r="AR145" s="89"/>
+      <c r="AS145" s="89"/>
+      <c r="AT145" s="89"/>
+      <c r="AU145" s="89"/>
+      <c r="AV145" s="89"/>
+      <c r="AW145" s="89"/>
+      <c r="AX145" s="89"/>
+      <c r="AY145" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY145" s="97"/>
-      <c r="AZ145" s="99" t="str">
+      <c r="AZ145" s="89"/>
+      <c r="BA145" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA145" s="97"/>
-[...1 lines deleted...]
-      <c r="BC145" s="99" t="str">
+      <c r="BB145" s="89"/>
+      <c r="BC145" s="89"/>
+      <c r="BD145" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD145" s="97"/>
-[...3 lines deleted...]
-      <c r="BH145" s="99" t="str">
+      <c r="BE145" s="89"/>
+      <c r="BF145" s="89"/>
+      <c r="BG145" s="89"/>
+      <c r="BH145" s="89"/>
+      <c r="BI145" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI145" s="99" t="str">
+      <c r="BJ145" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ145" s="22"/>
-[...13 lines deleted...]
-    <row r="146" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK145" s="22"/>
+      <c r="BL145" s="92"/>
+      <c r="BM145" s="92"/>
+      <c r="BN145" s="92"/>
+      <c r="BO145" s="92"/>
+      <c r="BP145" s="92"/>
+      <c r="BQ145" s="92"/>
+      <c r="BR145" s="92"/>
+      <c r="BS145" s="92"/>
+      <c r="BT145" s="92"/>
+      <c r="BU145" s="92"/>
+      <c r="BV145" s="92"/>
+      <c r="BW145" s="92"/>
+    </row>
+    <row r="146" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A146" s="22"/>
       <c r="B146" s="21"/>
       <c r="C146" s="22"/>
       <c r="D146" s="22"/>
       <c r="E146" s="22"/>
       <c r="F146" s="21"/>
       <c r="G146" s="22"/>
       <c r="H146" s="22"/>
       <c r="I146" s="23"/>
       <c r="J146" s="23"/>
-      <c r="K146" s="93"/>
-[...2 lines deleted...]
-      <c r="N146" s="95" t="str">
+      <c r="K146" s="85"/>
+      <c r="L146" s="86"/>
+      <c r="M146" s="86"/>
+      <c r="N146" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O146" s="96"/>
-[...1 lines deleted...]
-      <c r="Q146" s="96"/>
+      <c r="O146" s="88"/>
+      <c r="P146" s="88"/>
+      <c r="Q146" s="88"/>
       <c r="R146" s="23"/>
       <c r="S146" s="23"/>
-      <c r="T146" s="97"/>
+      <c r="T146" s="89"/>
       <c r="U146" s="23"/>
       <c r="V146" s="23"/>
-      <c r="W146" s="97"/>
-[...8 lines deleted...]
-      <c r="AF146" s="98" t="str">
+      <c r="W146" s="89"/>
+      <c r="X146" s="89"/>
+      <c r="Y146" s="89"/>
+      <c r="Z146" s="89"/>
+      <c r="AA146" s="89"/>
+      <c r="AB146" s="89"/>
+      <c r="AC146" s="89"/>
+      <c r="AD146" s="89"/>
+      <c r="AE146" s="89"/>
+      <c r="AF146" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG146" s="23"/>
+      <c r="AG146" s="89"/>
       <c r="AH146" s="23"/>
       <c r="AI146" s="23"/>
       <c r="AJ146" s="23"/>
       <c r="AK146" s="23"/>
       <c r="AL146" s="23"/>
       <c r="AM146" s="23"/>
-      <c r="AN146" s="98" t="str">
+      <c r="AN146" s="23"/>
+      <c r="AO146" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO146" s="97"/>
-[...8 lines deleted...]
-      <c r="AX146" s="99" t="str">
+      <c r="AP146" s="89"/>
+      <c r="AQ146" s="89"/>
+      <c r="AR146" s="89"/>
+      <c r="AS146" s="89"/>
+      <c r="AT146" s="89"/>
+      <c r="AU146" s="89"/>
+      <c r="AV146" s="89"/>
+      <c r="AW146" s="89"/>
+      <c r="AX146" s="89"/>
+      <c r="AY146" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY146" s="97"/>
-      <c r="AZ146" s="99" t="str">
+      <c r="AZ146" s="89"/>
+      <c r="BA146" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA146" s="97"/>
-[...1 lines deleted...]
-      <c r="BC146" s="99" t="str">
+      <c r="BB146" s="89"/>
+      <c r="BC146" s="89"/>
+      <c r="BD146" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD146" s="97"/>
-[...3 lines deleted...]
-      <c r="BH146" s="99" t="str">
+      <c r="BE146" s="89"/>
+      <c r="BF146" s="89"/>
+      <c r="BG146" s="89"/>
+      <c r="BH146" s="89"/>
+      <c r="BI146" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI146" s="99" t="str">
+      <c r="BJ146" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ146" s="22"/>
-[...13 lines deleted...]
-    <row r="147" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK146" s="22"/>
+      <c r="BL146" s="92"/>
+      <c r="BM146" s="92"/>
+      <c r="BN146" s="92"/>
+      <c r="BO146" s="92"/>
+      <c r="BP146" s="92"/>
+      <c r="BQ146" s="92"/>
+      <c r="BR146" s="92"/>
+      <c r="BS146" s="92"/>
+      <c r="BT146" s="92"/>
+      <c r="BU146" s="92"/>
+      <c r="BV146" s="92"/>
+      <c r="BW146" s="92"/>
+    </row>
+    <row r="147" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A147" s="22"/>
       <c r="B147" s="21"/>
       <c r="C147" s="22"/>
       <c r="D147" s="22"/>
       <c r="E147" s="22"/>
       <c r="F147" s="21"/>
       <c r="G147" s="22"/>
       <c r="H147" s="22"/>
       <c r="I147" s="23"/>
       <c r="J147" s="23"/>
-      <c r="K147" s="93"/>
-[...2 lines deleted...]
-      <c r="N147" s="95" t="str">
+      <c r="K147" s="85"/>
+      <c r="L147" s="86"/>
+      <c r="M147" s="86"/>
+      <c r="N147" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O147" s="96"/>
-[...1 lines deleted...]
-      <c r="Q147" s="96"/>
+      <c r="O147" s="88"/>
+      <c r="P147" s="88"/>
+      <c r="Q147" s="88"/>
       <c r="R147" s="23"/>
       <c r="S147" s="23"/>
-      <c r="T147" s="97"/>
+      <c r="T147" s="89"/>
       <c r="U147" s="23"/>
       <c r="V147" s="23"/>
-      <c r="W147" s="97"/>
-[...8 lines deleted...]
-      <c r="AF147" s="98" t="str">
+      <c r="W147" s="89"/>
+      <c r="X147" s="89"/>
+      <c r="Y147" s="89"/>
+      <c r="Z147" s="89"/>
+      <c r="AA147" s="89"/>
+      <c r="AB147" s="89"/>
+      <c r="AC147" s="89"/>
+      <c r="AD147" s="89"/>
+      <c r="AE147" s="89"/>
+      <c r="AF147" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG147" s="23"/>
+      <c r="AG147" s="89"/>
       <c r="AH147" s="23"/>
       <c r="AI147" s="23"/>
       <c r="AJ147" s="23"/>
       <c r="AK147" s="23"/>
       <c r="AL147" s="23"/>
       <c r="AM147" s="23"/>
-      <c r="AN147" s="98" t="str">
+      <c r="AN147" s="23"/>
+      <c r="AO147" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO147" s="97"/>
-[...8 lines deleted...]
-      <c r="AX147" s="99" t="str">
+      <c r="AP147" s="89"/>
+      <c r="AQ147" s="89"/>
+      <c r="AR147" s="89"/>
+      <c r="AS147" s="89"/>
+      <c r="AT147" s="89"/>
+      <c r="AU147" s="89"/>
+      <c r="AV147" s="89"/>
+      <c r="AW147" s="89"/>
+      <c r="AX147" s="89"/>
+      <c r="AY147" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY147" s="97"/>
-      <c r="AZ147" s="99" t="str">
+      <c r="AZ147" s="89"/>
+      <c r="BA147" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA147" s="97"/>
-[...1 lines deleted...]
-      <c r="BC147" s="99" t="str">
+      <c r="BB147" s="89"/>
+      <c r="BC147" s="89"/>
+      <c r="BD147" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD147" s="97"/>
-[...3 lines deleted...]
-      <c r="BH147" s="99" t="str">
+      <c r="BE147" s="89"/>
+      <c r="BF147" s="89"/>
+      <c r="BG147" s="89"/>
+      <c r="BH147" s="89"/>
+      <c r="BI147" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI147" s="99" t="str">
+      <c r="BJ147" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ147" s="22"/>
-[...13 lines deleted...]
-    <row r="148" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK147" s="22"/>
+      <c r="BL147" s="92"/>
+      <c r="BM147" s="92"/>
+      <c r="BN147" s="92"/>
+      <c r="BO147" s="92"/>
+      <c r="BP147" s="92"/>
+      <c r="BQ147" s="92"/>
+      <c r="BR147" s="92"/>
+      <c r="BS147" s="92"/>
+      <c r="BT147" s="92"/>
+      <c r="BU147" s="92"/>
+      <c r="BV147" s="92"/>
+      <c r="BW147" s="92"/>
+    </row>
+    <row r="148" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A148" s="22"/>
       <c r="B148" s="21"/>
       <c r="C148" s="22"/>
       <c r="D148" s="22"/>
       <c r="E148" s="22"/>
       <c r="F148" s="21"/>
       <c r="G148" s="22"/>
       <c r="H148" s="22"/>
       <c r="I148" s="23"/>
       <c r="J148" s="23"/>
-      <c r="K148" s="93"/>
-[...2 lines deleted...]
-      <c r="N148" s="95" t="str">
+      <c r="K148" s="85"/>
+      <c r="L148" s="86"/>
+      <c r="M148" s="86"/>
+      <c r="N148" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O148" s="96"/>
-[...1 lines deleted...]
-      <c r="Q148" s="96"/>
+      <c r="O148" s="88"/>
+      <c r="P148" s="88"/>
+      <c r="Q148" s="88"/>
       <c r="R148" s="23"/>
       <c r="S148" s="23"/>
-      <c r="T148" s="97"/>
+      <c r="T148" s="89"/>
       <c r="U148" s="23"/>
       <c r="V148" s="23"/>
-      <c r="W148" s="97"/>
-[...8 lines deleted...]
-      <c r="AF148" s="98" t="str">
+      <c r="W148" s="89"/>
+      <c r="X148" s="89"/>
+      <c r="Y148" s="89"/>
+      <c r="Z148" s="89"/>
+      <c r="AA148" s="89"/>
+      <c r="AB148" s="89"/>
+      <c r="AC148" s="89"/>
+      <c r="AD148" s="89"/>
+      <c r="AE148" s="89"/>
+      <c r="AF148" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG148" s="23"/>
+      <c r="AG148" s="89"/>
       <c r="AH148" s="23"/>
       <c r="AI148" s="23"/>
       <c r="AJ148" s="23"/>
       <c r="AK148" s="23"/>
       <c r="AL148" s="23"/>
       <c r="AM148" s="23"/>
-      <c r="AN148" s="98" t="str">
+      <c r="AN148" s="23"/>
+      <c r="AO148" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO148" s="97"/>
-[...8 lines deleted...]
-      <c r="AX148" s="99" t="str">
+      <c r="AP148" s="89"/>
+      <c r="AQ148" s="89"/>
+      <c r="AR148" s="89"/>
+      <c r="AS148" s="89"/>
+      <c r="AT148" s="89"/>
+      <c r="AU148" s="89"/>
+      <c r="AV148" s="89"/>
+      <c r="AW148" s="89"/>
+      <c r="AX148" s="89"/>
+      <c r="AY148" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY148" s="97"/>
-      <c r="AZ148" s="99" t="str">
+      <c r="AZ148" s="89"/>
+      <c r="BA148" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA148" s="97"/>
-[...1 lines deleted...]
-      <c r="BC148" s="99" t="str">
+      <c r="BB148" s="89"/>
+      <c r="BC148" s="89"/>
+      <c r="BD148" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD148" s="97"/>
-[...3 lines deleted...]
-      <c r="BH148" s="99" t="str">
+      <c r="BE148" s="89"/>
+      <c r="BF148" s="89"/>
+      <c r="BG148" s="89"/>
+      <c r="BH148" s="89"/>
+      <c r="BI148" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI148" s="99" t="str">
+      <c r="BJ148" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ148" s="22"/>
-[...13 lines deleted...]
-    <row r="149" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK148" s="22"/>
+      <c r="BL148" s="92"/>
+      <c r="BM148" s="92"/>
+      <c r="BN148" s="92"/>
+      <c r="BO148" s="92"/>
+      <c r="BP148" s="92"/>
+      <c r="BQ148" s="92"/>
+      <c r="BR148" s="92"/>
+      <c r="BS148" s="92"/>
+      <c r="BT148" s="92"/>
+      <c r="BU148" s="92"/>
+      <c r="BV148" s="92"/>
+      <c r="BW148" s="92"/>
+    </row>
+    <row r="149" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A149" s="22"/>
       <c r="B149" s="21"/>
       <c r="C149" s="22"/>
       <c r="D149" s="22"/>
       <c r="E149" s="22"/>
       <c r="F149" s="21"/>
       <c r="G149" s="22"/>
       <c r="H149" s="22"/>
       <c r="I149" s="23"/>
       <c r="J149" s="23"/>
-      <c r="K149" s="93"/>
-[...2 lines deleted...]
-      <c r="N149" s="95" t="str">
+      <c r="K149" s="85"/>
+      <c r="L149" s="86"/>
+      <c r="M149" s="86"/>
+      <c r="N149" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O149" s="96"/>
-[...1 lines deleted...]
-      <c r="Q149" s="96"/>
+      <c r="O149" s="88"/>
+      <c r="P149" s="88"/>
+      <c r="Q149" s="88"/>
       <c r="R149" s="23"/>
       <c r="S149" s="23"/>
-      <c r="T149" s="97"/>
+      <c r="T149" s="89"/>
       <c r="U149" s="23"/>
       <c r="V149" s="23"/>
-      <c r="W149" s="97"/>
-[...8 lines deleted...]
-      <c r="AF149" s="98" t="str">
+      <c r="W149" s="89"/>
+      <c r="X149" s="89"/>
+      <c r="Y149" s="89"/>
+      <c r="Z149" s="89"/>
+      <c r="AA149" s="89"/>
+      <c r="AB149" s="89"/>
+      <c r="AC149" s="89"/>
+      <c r="AD149" s="89"/>
+      <c r="AE149" s="89"/>
+      <c r="AF149" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG149" s="23"/>
+      <c r="AG149" s="89"/>
       <c r="AH149" s="23"/>
       <c r="AI149" s="23"/>
       <c r="AJ149" s="23"/>
       <c r="AK149" s="23"/>
       <c r="AL149" s="23"/>
       <c r="AM149" s="23"/>
-      <c r="AN149" s="98" t="str">
+      <c r="AN149" s="23"/>
+      <c r="AO149" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO149" s="97"/>
-[...8 lines deleted...]
-      <c r="AX149" s="99" t="str">
+      <c r="AP149" s="89"/>
+      <c r="AQ149" s="89"/>
+      <c r="AR149" s="89"/>
+      <c r="AS149" s="89"/>
+      <c r="AT149" s="89"/>
+      <c r="AU149" s="89"/>
+      <c r="AV149" s="89"/>
+      <c r="AW149" s="89"/>
+      <c r="AX149" s="89"/>
+      <c r="AY149" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY149" s="97"/>
-      <c r="AZ149" s="99" t="str">
+      <c r="AZ149" s="89"/>
+      <c r="BA149" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA149" s="97"/>
-[...1 lines deleted...]
-      <c r="BC149" s="99" t="str">
+      <c r="BB149" s="89"/>
+      <c r="BC149" s="89"/>
+      <c r="BD149" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD149" s="97"/>
-[...3 lines deleted...]
-      <c r="BH149" s="99" t="str">
+      <c r="BE149" s="89"/>
+      <c r="BF149" s="89"/>
+      <c r="BG149" s="89"/>
+      <c r="BH149" s="89"/>
+      <c r="BI149" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI149" s="99" t="str">
+      <c r="BJ149" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ149" s="22"/>
-[...13 lines deleted...]
-    <row r="150" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK149" s="22"/>
+      <c r="BL149" s="92"/>
+      <c r="BM149" s="92"/>
+      <c r="BN149" s="92"/>
+      <c r="BO149" s="92"/>
+      <c r="BP149" s="92"/>
+      <c r="BQ149" s="92"/>
+      <c r="BR149" s="92"/>
+      <c r="BS149" s="92"/>
+      <c r="BT149" s="92"/>
+      <c r="BU149" s="92"/>
+      <c r="BV149" s="92"/>
+      <c r="BW149" s="92"/>
+    </row>
+    <row r="150" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A150" s="22"/>
       <c r="B150" s="21"/>
       <c r="C150" s="22"/>
       <c r="D150" s="22"/>
       <c r="E150" s="22"/>
       <c r="F150" s="21"/>
       <c r="G150" s="22"/>
       <c r="H150" s="22"/>
       <c r="I150" s="23"/>
       <c r="J150" s="23"/>
-      <c r="K150" s="93"/>
-[...2 lines deleted...]
-      <c r="N150" s="95" t="str">
+      <c r="K150" s="85"/>
+      <c r="L150" s="86"/>
+      <c r="M150" s="86"/>
+      <c r="N150" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O150" s="96"/>
-[...1 lines deleted...]
-      <c r="Q150" s="96"/>
+      <c r="O150" s="88"/>
+      <c r="P150" s="88"/>
+      <c r="Q150" s="88"/>
       <c r="R150" s="23"/>
       <c r="S150" s="23"/>
-      <c r="T150" s="97"/>
+      <c r="T150" s="89"/>
       <c r="U150" s="23"/>
       <c r="V150" s="23"/>
-      <c r="W150" s="97"/>
-[...8 lines deleted...]
-      <c r="AF150" s="98" t="str">
+      <c r="W150" s="89"/>
+      <c r="X150" s="89"/>
+      <c r="Y150" s="89"/>
+      <c r="Z150" s="89"/>
+      <c r="AA150" s="89"/>
+      <c r="AB150" s="89"/>
+      <c r="AC150" s="89"/>
+      <c r="AD150" s="89"/>
+      <c r="AE150" s="89"/>
+      <c r="AF150" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG150" s="23"/>
+      <c r="AG150" s="89"/>
       <c r="AH150" s="23"/>
       <c r="AI150" s="23"/>
       <c r="AJ150" s="23"/>
       <c r="AK150" s="23"/>
       <c r="AL150" s="23"/>
       <c r="AM150" s="23"/>
-      <c r="AN150" s="98" t="str">
+      <c r="AN150" s="23"/>
+      <c r="AO150" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO150" s="97"/>
-[...8 lines deleted...]
-      <c r="AX150" s="99" t="str">
+      <c r="AP150" s="89"/>
+      <c r="AQ150" s="89"/>
+      <c r="AR150" s="89"/>
+      <c r="AS150" s="89"/>
+      <c r="AT150" s="89"/>
+      <c r="AU150" s="89"/>
+      <c r="AV150" s="89"/>
+      <c r="AW150" s="89"/>
+      <c r="AX150" s="89"/>
+      <c r="AY150" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY150" s="97"/>
-      <c r="AZ150" s="99" t="str">
+      <c r="AZ150" s="89"/>
+      <c r="BA150" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA150" s="97"/>
-[...1 lines deleted...]
-      <c r="BC150" s="99" t="str">
+      <c r="BB150" s="89"/>
+      <c r="BC150" s="89"/>
+      <c r="BD150" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD150" s="97"/>
-[...3 lines deleted...]
-      <c r="BH150" s="99" t="str">
+      <c r="BE150" s="89"/>
+      <c r="BF150" s="89"/>
+      <c r="BG150" s="89"/>
+      <c r="BH150" s="89"/>
+      <c r="BI150" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI150" s="99" t="str">
+      <c r="BJ150" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ150" s="22"/>
-[...13 lines deleted...]
-    <row r="151" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK150" s="22"/>
+      <c r="BL150" s="92"/>
+      <c r="BM150" s="92"/>
+      <c r="BN150" s="92"/>
+      <c r="BO150" s="92"/>
+      <c r="BP150" s="92"/>
+      <c r="BQ150" s="92"/>
+      <c r="BR150" s="92"/>
+      <c r="BS150" s="92"/>
+      <c r="BT150" s="92"/>
+      <c r="BU150" s="92"/>
+      <c r="BV150" s="92"/>
+      <c r="BW150" s="92"/>
+    </row>
+    <row r="151" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A151" s="22"/>
       <c r="B151" s="21"/>
       <c r="C151" s="22"/>
       <c r="D151" s="22"/>
       <c r="E151" s="22"/>
       <c r="F151" s="21"/>
       <c r="G151" s="22"/>
       <c r="H151" s="22"/>
       <c r="I151" s="23"/>
       <c r="J151" s="23"/>
-      <c r="K151" s="93"/>
-[...2 lines deleted...]
-      <c r="N151" s="95" t="str">
+      <c r="K151" s="85"/>
+      <c r="L151" s="86"/>
+      <c r="M151" s="86"/>
+      <c r="N151" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O151" s="96"/>
-[...1 lines deleted...]
-      <c r="Q151" s="96"/>
+      <c r="O151" s="88"/>
+      <c r="P151" s="88"/>
+      <c r="Q151" s="88"/>
       <c r="R151" s="23"/>
       <c r="S151" s="23"/>
-      <c r="T151" s="97"/>
+      <c r="T151" s="89"/>
       <c r="U151" s="23"/>
       <c r="V151" s="23"/>
-      <c r="W151" s="97"/>
-[...8 lines deleted...]
-      <c r="AF151" s="98" t="str">
+      <c r="W151" s="89"/>
+      <c r="X151" s="89"/>
+      <c r="Y151" s="89"/>
+      <c r="Z151" s="89"/>
+      <c r="AA151" s="89"/>
+      <c r="AB151" s="89"/>
+      <c r="AC151" s="89"/>
+      <c r="AD151" s="89"/>
+      <c r="AE151" s="89"/>
+      <c r="AF151" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG151" s="23"/>
+      <c r="AG151" s="89"/>
       <c r="AH151" s="23"/>
       <c r="AI151" s="23"/>
       <c r="AJ151" s="23"/>
       <c r="AK151" s="23"/>
       <c r="AL151" s="23"/>
       <c r="AM151" s="23"/>
-      <c r="AN151" s="98" t="str">
+      <c r="AN151" s="23"/>
+      <c r="AO151" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO151" s="97"/>
-[...8 lines deleted...]
-      <c r="AX151" s="99" t="str">
+      <c r="AP151" s="89"/>
+      <c r="AQ151" s="89"/>
+      <c r="AR151" s="89"/>
+      <c r="AS151" s="89"/>
+      <c r="AT151" s="89"/>
+      <c r="AU151" s="89"/>
+      <c r="AV151" s="89"/>
+      <c r="AW151" s="89"/>
+      <c r="AX151" s="89"/>
+      <c r="AY151" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY151" s="97"/>
-      <c r="AZ151" s="99" t="str">
+      <c r="AZ151" s="89"/>
+      <c r="BA151" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA151" s="97"/>
-[...1 lines deleted...]
-      <c r="BC151" s="99" t="str">
+      <c r="BB151" s="89"/>
+      <c r="BC151" s="89"/>
+      <c r="BD151" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD151" s="97"/>
-[...3 lines deleted...]
-      <c r="BH151" s="99" t="str">
+      <c r="BE151" s="89"/>
+      <c r="BF151" s="89"/>
+      <c r="BG151" s="89"/>
+      <c r="BH151" s="89"/>
+      <c r="BI151" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI151" s="99" t="str">
+      <c r="BJ151" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ151" s="22"/>
-[...13 lines deleted...]
-    <row r="152" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK151" s="22"/>
+      <c r="BL151" s="92"/>
+      <c r="BM151" s="92"/>
+      <c r="BN151" s="92"/>
+      <c r="BO151" s="92"/>
+      <c r="BP151" s="92"/>
+      <c r="BQ151" s="92"/>
+      <c r="BR151" s="92"/>
+      <c r="BS151" s="92"/>
+      <c r="BT151" s="92"/>
+      <c r="BU151" s="92"/>
+      <c r="BV151" s="92"/>
+      <c r="BW151" s="92"/>
+    </row>
+    <row r="152" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A152" s="22"/>
       <c r="B152" s="21"/>
       <c r="C152" s="22"/>
       <c r="D152" s="22"/>
       <c r="E152" s="22"/>
       <c r="F152" s="21"/>
       <c r="G152" s="22"/>
       <c r="H152" s="22"/>
       <c r="I152" s="23"/>
       <c r="J152" s="23"/>
-      <c r="K152" s="93"/>
-[...2 lines deleted...]
-      <c r="N152" s="95" t="str">
+      <c r="K152" s="85"/>
+      <c r="L152" s="86"/>
+      <c r="M152" s="86"/>
+      <c r="N152" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O152" s="96"/>
-[...1 lines deleted...]
-      <c r="Q152" s="96"/>
+      <c r="O152" s="88"/>
+      <c r="P152" s="88"/>
+      <c r="Q152" s="88"/>
       <c r="R152" s="23"/>
       <c r="S152" s="23"/>
-      <c r="T152" s="97"/>
+      <c r="T152" s="89"/>
       <c r="U152" s="23"/>
       <c r="V152" s="23"/>
-      <c r="W152" s="97"/>
-[...8 lines deleted...]
-      <c r="AF152" s="98" t="str">
+      <c r="W152" s="89"/>
+      <c r="X152" s="89"/>
+      <c r="Y152" s="89"/>
+      <c r="Z152" s="89"/>
+      <c r="AA152" s="89"/>
+      <c r="AB152" s="89"/>
+      <c r="AC152" s="89"/>
+      <c r="AD152" s="89"/>
+      <c r="AE152" s="89"/>
+      <c r="AF152" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG152" s="23"/>
+      <c r="AG152" s="89"/>
       <c r="AH152" s="23"/>
       <c r="AI152" s="23"/>
       <c r="AJ152" s="23"/>
       <c r="AK152" s="23"/>
       <c r="AL152" s="23"/>
       <c r="AM152" s="23"/>
-      <c r="AN152" s="98" t="str">
+      <c r="AN152" s="23"/>
+      <c r="AO152" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO152" s="97"/>
-[...8 lines deleted...]
-      <c r="AX152" s="99" t="str">
+      <c r="AP152" s="89"/>
+      <c r="AQ152" s="89"/>
+      <c r="AR152" s="89"/>
+      <c r="AS152" s="89"/>
+      <c r="AT152" s="89"/>
+      <c r="AU152" s="89"/>
+      <c r="AV152" s="89"/>
+      <c r="AW152" s="89"/>
+      <c r="AX152" s="89"/>
+      <c r="AY152" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY152" s="97"/>
-      <c r="AZ152" s="99" t="str">
+      <c r="AZ152" s="89"/>
+      <c r="BA152" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA152" s="97"/>
-[...1 lines deleted...]
-      <c r="BC152" s="99" t="str">
+      <c r="BB152" s="89"/>
+      <c r="BC152" s="89"/>
+      <c r="BD152" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD152" s="97"/>
-[...3 lines deleted...]
-      <c r="BH152" s="99" t="str">
+      <c r="BE152" s="89"/>
+      <c r="BF152" s="89"/>
+      <c r="BG152" s="89"/>
+      <c r="BH152" s="89"/>
+      <c r="BI152" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI152" s="99" t="str">
+      <c r="BJ152" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ152" s="22"/>
-[...13 lines deleted...]
-    <row r="153" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK152" s="22"/>
+      <c r="BL152" s="92"/>
+      <c r="BM152" s="92"/>
+      <c r="BN152" s="92"/>
+      <c r="BO152" s="92"/>
+      <c r="BP152" s="92"/>
+      <c r="BQ152" s="92"/>
+      <c r="BR152" s="92"/>
+      <c r="BS152" s="92"/>
+      <c r="BT152" s="92"/>
+      <c r="BU152" s="92"/>
+      <c r="BV152" s="92"/>
+      <c r="BW152" s="92"/>
+    </row>
+    <row r="153" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A153" s="22"/>
       <c r="B153" s="21"/>
       <c r="C153" s="22"/>
       <c r="D153" s="22"/>
       <c r="E153" s="22"/>
       <c r="F153" s="21"/>
       <c r="G153" s="22"/>
       <c r="H153" s="22"/>
       <c r="I153" s="23"/>
       <c r="J153" s="23"/>
-      <c r="K153" s="93"/>
-[...2 lines deleted...]
-      <c r="N153" s="95" t="str">
+      <c r="K153" s="85"/>
+      <c r="L153" s="86"/>
+      <c r="M153" s="86"/>
+      <c r="N153" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O153" s="96"/>
-[...1 lines deleted...]
-      <c r="Q153" s="96"/>
+      <c r="O153" s="88"/>
+      <c r="P153" s="88"/>
+      <c r="Q153" s="88"/>
       <c r="R153" s="23"/>
       <c r="S153" s="23"/>
-      <c r="T153" s="97"/>
+      <c r="T153" s="89"/>
       <c r="U153" s="23"/>
       <c r="V153" s="23"/>
-      <c r="W153" s="97"/>
-[...8 lines deleted...]
-      <c r="AF153" s="98" t="str">
+      <c r="W153" s="89"/>
+      <c r="X153" s="89"/>
+      <c r="Y153" s="89"/>
+      <c r="Z153" s="89"/>
+      <c r="AA153" s="89"/>
+      <c r="AB153" s="89"/>
+      <c r="AC153" s="89"/>
+      <c r="AD153" s="89"/>
+      <c r="AE153" s="89"/>
+      <c r="AF153" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG153" s="23"/>
+      <c r="AG153" s="89"/>
       <c r="AH153" s="23"/>
       <c r="AI153" s="23"/>
       <c r="AJ153" s="23"/>
       <c r="AK153" s="23"/>
       <c r="AL153" s="23"/>
       <c r="AM153" s="23"/>
-      <c r="AN153" s="98" t="str">
+      <c r="AN153" s="23"/>
+      <c r="AO153" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO153" s="97"/>
-[...8 lines deleted...]
-      <c r="AX153" s="99" t="str">
+      <c r="AP153" s="89"/>
+      <c r="AQ153" s="89"/>
+      <c r="AR153" s="89"/>
+      <c r="AS153" s="89"/>
+      <c r="AT153" s="89"/>
+      <c r="AU153" s="89"/>
+      <c r="AV153" s="89"/>
+      <c r="AW153" s="89"/>
+      <c r="AX153" s="89"/>
+      <c r="AY153" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY153" s="97"/>
-      <c r="AZ153" s="99" t="str">
+      <c r="AZ153" s="89"/>
+      <c r="BA153" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA153" s="97"/>
-[...1 lines deleted...]
-      <c r="BC153" s="99" t="str">
+      <c r="BB153" s="89"/>
+      <c r="BC153" s="89"/>
+      <c r="BD153" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD153" s="97"/>
-[...3 lines deleted...]
-      <c r="BH153" s="99" t="str">
+      <c r="BE153" s="89"/>
+      <c r="BF153" s="89"/>
+      <c r="BG153" s="89"/>
+      <c r="BH153" s="89"/>
+      <c r="BI153" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI153" s="99" t="str">
+      <c r="BJ153" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ153" s="22"/>
-[...13 lines deleted...]
-    <row r="154" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK153" s="22"/>
+      <c r="BL153" s="92"/>
+      <c r="BM153" s="92"/>
+      <c r="BN153" s="92"/>
+      <c r="BO153" s="92"/>
+      <c r="BP153" s="92"/>
+      <c r="BQ153" s="92"/>
+      <c r="BR153" s="92"/>
+      <c r="BS153" s="92"/>
+      <c r="BT153" s="92"/>
+      <c r="BU153" s="92"/>
+      <c r="BV153" s="92"/>
+      <c r="BW153" s="92"/>
+    </row>
+    <row r="154" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A154" s="22"/>
       <c r="B154" s="21"/>
       <c r="C154" s="22"/>
       <c r="D154" s="22"/>
       <c r="E154" s="22"/>
       <c r="F154" s="21"/>
       <c r="G154" s="22"/>
       <c r="H154" s="22"/>
       <c r="I154" s="23"/>
       <c r="J154" s="23"/>
-      <c r="K154" s="93"/>
-[...2 lines deleted...]
-      <c r="N154" s="95" t="str">
+      <c r="K154" s="85"/>
+      <c r="L154" s="86"/>
+      <c r="M154" s="86"/>
+      <c r="N154" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O154" s="96"/>
-[...1 lines deleted...]
-      <c r="Q154" s="96"/>
+      <c r="O154" s="88"/>
+      <c r="P154" s="88"/>
+      <c r="Q154" s="88"/>
       <c r="R154" s="23"/>
       <c r="S154" s="23"/>
-      <c r="T154" s="97"/>
+      <c r="T154" s="89"/>
       <c r="U154" s="23"/>
       <c r="V154" s="23"/>
-      <c r="W154" s="97"/>
-[...8 lines deleted...]
-      <c r="AF154" s="98" t="str">
+      <c r="W154" s="89"/>
+      <c r="X154" s="89"/>
+      <c r="Y154" s="89"/>
+      <c r="Z154" s="89"/>
+      <c r="AA154" s="89"/>
+      <c r="AB154" s="89"/>
+      <c r="AC154" s="89"/>
+      <c r="AD154" s="89"/>
+      <c r="AE154" s="89"/>
+      <c r="AF154" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG154" s="23"/>
+      <c r="AG154" s="89"/>
       <c r="AH154" s="23"/>
       <c r="AI154" s="23"/>
       <c r="AJ154" s="23"/>
       <c r="AK154" s="23"/>
       <c r="AL154" s="23"/>
       <c r="AM154" s="23"/>
-      <c r="AN154" s="98" t="str">
+      <c r="AN154" s="23"/>
+      <c r="AO154" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO154" s="97"/>
-[...8 lines deleted...]
-      <c r="AX154" s="99" t="str">
+      <c r="AP154" s="89"/>
+      <c r="AQ154" s="89"/>
+      <c r="AR154" s="89"/>
+      <c r="AS154" s="89"/>
+      <c r="AT154" s="89"/>
+      <c r="AU154" s="89"/>
+      <c r="AV154" s="89"/>
+      <c r="AW154" s="89"/>
+      <c r="AX154" s="89"/>
+      <c r="AY154" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY154" s="97"/>
-      <c r="AZ154" s="99" t="str">
+      <c r="AZ154" s="89"/>
+      <c r="BA154" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA154" s="97"/>
-[...1 lines deleted...]
-      <c r="BC154" s="99" t="str">
+      <c r="BB154" s="89"/>
+      <c r="BC154" s="89"/>
+      <c r="BD154" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD154" s="97"/>
-[...3 lines deleted...]
-      <c r="BH154" s="99" t="str">
+      <c r="BE154" s="89"/>
+      <c r="BF154" s="89"/>
+      <c r="BG154" s="89"/>
+      <c r="BH154" s="89"/>
+      <c r="BI154" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI154" s="99" t="str">
+      <c r="BJ154" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ154" s="22"/>
-[...13 lines deleted...]
-    <row r="155" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK154" s="22"/>
+      <c r="BL154" s="92"/>
+      <c r="BM154" s="92"/>
+      <c r="BN154" s="92"/>
+      <c r="BO154" s="92"/>
+      <c r="BP154" s="92"/>
+      <c r="BQ154" s="92"/>
+      <c r="BR154" s="92"/>
+      <c r="BS154" s="92"/>
+      <c r="BT154" s="92"/>
+      <c r="BU154" s="92"/>
+      <c r="BV154" s="92"/>
+      <c r="BW154" s="92"/>
+    </row>
+    <row r="155" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A155" s="22"/>
       <c r="B155" s="21"/>
       <c r="C155" s="22"/>
       <c r="D155" s="22"/>
       <c r="E155" s="22"/>
       <c r="F155" s="21"/>
       <c r="G155" s="22"/>
       <c r="H155" s="22"/>
       <c r="I155" s="23"/>
       <c r="J155" s="23"/>
-      <c r="K155" s="93"/>
-[...2 lines deleted...]
-      <c r="N155" s="95" t="str">
+      <c r="K155" s="85"/>
+      <c r="L155" s="86"/>
+      <c r="M155" s="86"/>
+      <c r="N155" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O155" s="96"/>
-[...1 lines deleted...]
-      <c r="Q155" s="96"/>
+      <c r="O155" s="88"/>
+      <c r="P155" s="88"/>
+      <c r="Q155" s="88"/>
       <c r="R155" s="23"/>
       <c r="S155" s="23"/>
-      <c r="T155" s="97"/>
+      <c r="T155" s="89"/>
       <c r="U155" s="23"/>
       <c r="V155" s="23"/>
-      <c r="W155" s="97"/>
-[...8 lines deleted...]
-      <c r="AF155" s="98" t="str">
+      <c r="W155" s="89"/>
+      <c r="X155" s="89"/>
+      <c r="Y155" s="89"/>
+      <c r="Z155" s="89"/>
+      <c r="AA155" s="89"/>
+      <c r="AB155" s="89"/>
+      <c r="AC155" s="89"/>
+      <c r="AD155" s="89"/>
+      <c r="AE155" s="89"/>
+      <c r="AF155" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG155" s="23"/>
+      <c r="AG155" s="89"/>
       <c r="AH155" s="23"/>
       <c r="AI155" s="23"/>
       <c r="AJ155" s="23"/>
       <c r="AK155" s="23"/>
       <c r="AL155" s="23"/>
       <c r="AM155" s="23"/>
-      <c r="AN155" s="98" t="str">
+      <c r="AN155" s="23"/>
+      <c r="AO155" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO155" s="97"/>
-[...8 lines deleted...]
-      <c r="AX155" s="99" t="str">
+      <c r="AP155" s="89"/>
+      <c r="AQ155" s="89"/>
+      <c r="AR155" s="89"/>
+      <c r="AS155" s="89"/>
+      <c r="AT155" s="89"/>
+      <c r="AU155" s="89"/>
+      <c r="AV155" s="89"/>
+      <c r="AW155" s="89"/>
+      <c r="AX155" s="89"/>
+      <c r="AY155" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY155" s="97"/>
-      <c r="AZ155" s="99" t="str">
+      <c r="AZ155" s="89"/>
+      <c r="BA155" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA155" s="97"/>
-[...1 lines deleted...]
-      <c r="BC155" s="99" t="str">
+      <c r="BB155" s="89"/>
+      <c r="BC155" s="89"/>
+      <c r="BD155" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD155" s="97"/>
-[...3 lines deleted...]
-      <c r="BH155" s="99" t="str">
+      <c r="BE155" s="89"/>
+      <c r="BF155" s="89"/>
+      <c r="BG155" s="89"/>
+      <c r="BH155" s="89"/>
+      <c r="BI155" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI155" s="99" t="str">
+      <c r="BJ155" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ155" s="22"/>
-[...13 lines deleted...]
-    <row r="156" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK155" s="22"/>
+      <c r="BL155" s="92"/>
+      <c r="BM155" s="92"/>
+      <c r="BN155" s="92"/>
+      <c r="BO155" s="92"/>
+      <c r="BP155" s="92"/>
+      <c r="BQ155" s="92"/>
+      <c r="BR155" s="92"/>
+      <c r="BS155" s="92"/>
+      <c r="BT155" s="92"/>
+      <c r="BU155" s="92"/>
+      <c r="BV155" s="92"/>
+      <c r="BW155" s="92"/>
+    </row>
+    <row r="156" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A156" s="22"/>
       <c r="B156" s="21"/>
       <c r="C156" s="22"/>
       <c r="D156" s="22"/>
       <c r="E156" s="22"/>
       <c r="F156" s="21"/>
       <c r="G156" s="22"/>
       <c r="H156" s="22"/>
       <c r="I156" s="23"/>
       <c r="J156" s="23"/>
-      <c r="K156" s="93"/>
-[...2 lines deleted...]
-      <c r="N156" s="95" t="str">
+      <c r="K156" s="85"/>
+      <c r="L156" s="86"/>
+      <c r="M156" s="86"/>
+      <c r="N156" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O156" s="96"/>
-[...1 lines deleted...]
-      <c r="Q156" s="96"/>
+      <c r="O156" s="88"/>
+      <c r="P156" s="88"/>
+      <c r="Q156" s="88"/>
       <c r="R156" s="23"/>
       <c r="S156" s="23"/>
-      <c r="T156" s="97"/>
+      <c r="T156" s="89"/>
       <c r="U156" s="23"/>
       <c r="V156" s="23"/>
-      <c r="W156" s="97"/>
-[...8 lines deleted...]
-      <c r="AF156" s="98" t="str">
+      <c r="W156" s="89"/>
+      <c r="X156" s="89"/>
+      <c r="Y156" s="89"/>
+      <c r="Z156" s="89"/>
+      <c r="AA156" s="89"/>
+      <c r="AB156" s="89"/>
+      <c r="AC156" s="89"/>
+      <c r="AD156" s="89"/>
+      <c r="AE156" s="89"/>
+      <c r="AF156" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG156" s="23"/>
+      <c r="AG156" s="89"/>
       <c r="AH156" s="23"/>
       <c r="AI156" s="23"/>
       <c r="AJ156" s="23"/>
       <c r="AK156" s="23"/>
       <c r="AL156" s="23"/>
       <c r="AM156" s="23"/>
-      <c r="AN156" s="98" t="str">
+      <c r="AN156" s="23"/>
+      <c r="AO156" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO156" s="97"/>
-[...8 lines deleted...]
-      <c r="AX156" s="99" t="str">
+      <c r="AP156" s="89"/>
+      <c r="AQ156" s="89"/>
+      <c r="AR156" s="89"/>
+      <c r="AS156" s="89"/>
+      <c r="AT156" s="89"/>
+      <c r="AU156" s="89"/>
+      <c r="AV156" s="89"/>
+      <c r="AW156" s="89"/>
+      <c r="AX156" s="89"/>
+      <c r="AY156" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY156" s="97"/>
-      <c r="AZ156" s="99" t="str">
+      <c r="AZ156" s="89"/>
+      <c r="BA156" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA156" s="97"/>
-[...1 lines deleted...]
-      <c r="BC156" s="99" t="str">
+      <c r="BB156" s="89"/>
+      <c r="BC156" s="89"/>
+      <c r="BD156" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD156" s="97"/>
-[...3 lines deleted...]
-      <c r="BH156" s="99" t="str">
+      <c r="BE156" s="89"/>
+      <c r="BF156" s="89"/>
+      <c r="BG156" s="89"/>
+      <c r="BH156" s="89"/>
+      <c r="BI156" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI156" s="99" t="str">
+      <c r="BJ156" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ156" s="22"/>
-[...13 lines deleted...]
-    <row r="157" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK156" s="22"/>
+      <c r="BL156" s="92"/>
+      <c r="BM156" s="92"/>
+      <c r="BN156" s="92"/>
+      <c r="BO156" s="92"/>
+      <c r="BP156" s="92"/>
+      <c r="BQ156" s="92"/>
+      <c r="BR156" s="92"/>
+      <c r="BS156" s="92"/>
+      <c r="BT156" s="92"/>
+      <c r="BU156" s="92"/>
+      <c r="BV156" s="92"/>
+      <c r="BW156" s="92"/>
+    </row>
+    <row r="157" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A157" s="22"/>
       <c r="B157" s="21"/>
       <c r="C157" s="22"/>
       <c r="D157" s="22"/>
       <c r="E157" s="22"/>
       <c r="F157" s="21"/>
       <c r="G157" s="22"/>
       <c r="H157" s="22"/>
       <c r="I157" s="23"/>
       <c r="J157" s="23"/>
-      <c r="K157" s="93"/>
-[...2 lines deleted...]
-      <c r="N157" s="95" t="str">
+      <c r="K157" s="85"/>
+      <c r="L157" s="86"/>
+      <c r="M157" s="86"/>
+      <c r="N157" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O157" s="96"/>
-[...1 lines deleted...]
-      <c r="Q157" s="96"/>
+      <c r="O157" s="88"/>
+      <c r="P157" s="88"/>
+      <c r="Q157" s="88"/>
       <c r="R157" s="23"/>
       <c r="S157" s="23"/>
-      <c r="T157" s="97"/>
+      <c r="T157" s="89"/>
       <c r="U157" s="23"/>
       <c r="V157" s="23"/>
-      <c r="W157" s="97"/>
-[...8 lines deleted...]
-      <c r="AF157" s="98" t="str">
+      <c r="W157" s="89"/>
+      <c r="X157" s="89"/>
+      <c r="Y157" s="89"/>
+      <c r="Z157" s="89"/>
+      <c r="AA157" s="89"/>
+      <c r="AB157" s="89"/>
+      <c r="AC157" s="89"/>
+      <c r="AD157" s="89"/>
+      <c r="AE157" s="89"/>
+      <c r="AF157" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG157" s="23"/>
+      <c r="AG157" s="89"/>
       <c r="AH157" s="23"/>
       <c r="AI157" s="23"/>
       <c r="AJ157" s="23"/>
       <c r="AK157" s="23"/>
       <c r="AL157" s="23"/>
       <c r="AM157" s="23"/>
-      <c r="AN157" s="98" t="str">
+      <c r="AN157" s="23"/>
+      <c r="AO157" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO157" s="97"/>
-[...8 lines deleted...]
-      <c r="AX157" s="99" t="str">
+      <c r="AP157" s="89"/>
+      <c r="AQ157" s="89"/>
+      <c r="AR157" s="89"/>
+      <c r="AS157" s="89"/>
+      <c r="AT157" s="89"/>
+      <c r="AU157" s="89"/>
+      <c r="AV157" s="89"/>
+      <c r="AW157" s="89"/>
+      <c r="AX157" s="89"/>
+      <c r="AY157" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY157" s="97"/>
-      <c r="AZ157" s="99" t="str">
+      <c r="AZ157" s="89"/>
+      <c r="BA157" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA157" s="97"/>
-[...1 lines deleted...]
-      <c r="BC157" s="99" t="str">
+      <c r="BB157" s="89"/>
+      <c r="BC157" s="89"/>
+      <c r="BD157" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD157" s="97"/>
-[...3 lines deleted...]
-      <c r="BH157" s="99" t="str">
+      <c r="BE157" s="89"/>
+      <c r="BF157" s="89"/>
+      <c r="BG157" s="89"/>
+      <c r="BH157" s="89"/>
+      <c r="BI157" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI157" s="99" t="str">
+      <c r="BJ157" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ157" s="22"/>
-[...13 lines deleted...]
-    <row r="158" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK157" s="22"/>
+      <c r="BL157" s="92"/>
+      <c r="BM157" s="92"/>
+      <c r="BN157" s="92"/>
+      <c r="BO157" s="92"/>
+      <c r="BP157" s="92"/>
+      <c r="BQ157" s="92"/>
+      <c r="BR157" s="92"/>
+      <c r="BS157" s="92"/>
+      <c r="BT157" s="92"/>
+      <c r="BU157" s="92"/>
+      <c r="BV157" s="92"/>
+      <c r="BW157" s="92"/>
+    </row>
+    <row r="158" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A158" s="22"/>
       <c r="B158" s="21"/>
       <c r="C158" s="22"/>
       <c r="D158" s="22"/>
       <c r="E158" s="22"/>
       <c r="F158" s="21"/>
       <c r="G158" s="22"/>
       <c r="H158" s="22"/>
       <c r="I158" s="23"/>
       <c r="J158" s="23"/>
-      <c r="K158" s="93"/>
-[...2 lines deleted...]
-      <c r="N158" s="95" t="str">
+      <c r="K158" s="85"/>
+      <c r="L158" s="86"/>
+      <c r="M158" s="86"/>
+      <c r="N158" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O158" s="96"/>
-[...1 lines deleted...]
-      <c r="Q158" s="96"/>
+      <c r="O158" s="88"/>
+      <c r="P158" s="88"/>
+      <c r="Q158" s="88"/>
       <c r="R158" s="23"/>
       <c r="S158" s="23"/>
-      <c r="T158" s="97"/>
+      <c r="T158" s="89"/>
       <c r="U158" s="23"/>
       <c r="V158" s="23"/>
-      <c r="W158" s="97"/>
-[...8 lines deleted...]
-      <c r="AF158" s="98" t="str">
+      <c r="W158" s="89"/>
+      <c r="X158" s="89"/>
+      <c r="Y158" s="89"/>
+      <c r="Z158" s="89"/>
+      <c r="AA158" s="89"/>
+      <c r="AB158" s="89"/>
+      <c r="AC158" s="89"/>
+      <c r="AD158" s="89"/>
+      <c r="AE158" s="89"/>
+      <c r="AF158" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG158" s="23"/>
+      <c r="AG158" s="89"/>
       <c r="AH158" s="23"/>
       <c r="AI158" s="23"/>
       <c r="AJ158" s="23"/>
       <c r="AK158" s="23"/>
       <c r="AL158" s="23"/>
       <c r="AM158" s="23"/>
-      <c r="AN158" s="98" t="str">
+      <c r="AN158" s="23"/>
+      <c r="AO158" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO158" s="97"/>
-[...8 lines deleted...]
-      <c r="AX158" s="99" t="str">
+      <c r="AP158" s="89"/>
+      <c r="AQ158" s="89"/>
+      <c r="AR158" s="89"/>
+      <c r="AS158" s="89"/>
+      <c r="AT158" s="89"/>
+      <c r="AU158" s="89"/>
+      <c r="AV158" s="89"/>
+      <c r="AW158" s="89"/>
+      <c r="AX158" s="89"/>
+      <c r="AY158" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY158" s="97"/>
-      <c r="AZ158" s="99" t="str">
+      <c r="AZ158" s="89"/>
+      <c r="BA158" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA158" s="97"/>
-[...1 lines deleted...]
-      <c r="BC158" s="99" t="str">
+      <c r="BB158" s="89"/>
+      <c r="BC158" s="89"/>
+      <c r="BD158" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD158" s="97"/>
-[...3 lines deleted...]
-      <c r="BH158" s="99" t="str">
+      <c r="BE158" s="89"/>
+      <c r="BF158" s="89"/>
+      <c r="BG158" s="89"/>
+      <c r="BH158" s="89"/>
+      <c r="BI158" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI158" s="99" t="str">
+      <c r="BJ158" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ158" s="22"/>
-[...13 lines deleted...]
-    <row r="159" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK158" s="22"/>
+      <c r="BL158" s="92"/>
+      <c r="BM158" s="92"/>
+      <c r="BN158" s="92"/>
+      <c r="BO158" s="92"/>
+      <c r="BP158" s="92"/>
+      <c r="BQ158" s="92"/>
+      <c r="BR158" s="92"/>
+      <c r="BS158" s="92"/>
+      <c r="BT158" s="92"/>
+      <c r="BU158" s="92"/>
+      <c r="BV158" s="92"/>
+      <c r="BW158" s="92"/>
+    </row>
+    <row r="159" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A159" s="22"/>
       <c r="B159" s="21"/>
       <c r="C159" s="22"/>
       <c r="D159" s="22"/>
       <c r="E159" s="22"/>
       <c r="F159" s="21"/>
       <c r="G159" s="22"/>
       <c r="H159" s="22"/>
       <c r="I159" s="23"/>
       <c r="J159" s="23"/>
-      <c r="K159" s="93"/>
-[...2 lines deleted...]
-      <c r="N159" s="95" t="str">
+      <c r="K159" s="85"/>
+      <c r="L159" s="86"/>
+      <c r="M159" s="86"/>
+      <c r="N159" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O159" s="96"/>
-[...1 lines deleted...]
-      <c r="Q159" s="96"/>
+      <c r="O159" s="88"/>
+      <c r="P159" s="88"/>
+      <c r="Q159" s="88"/>
       <c r="R159" s="23"/>
       <c r="S159" s="23"/>
-      <c r="T159" s="97"/>
+      <c r="T159" s="89"/>
       <c r="U159" s="23"/>
       <c r="V159" s="23"/>
-      <c r="W159" s="97"/>
-[...8 lines deleted...]
-      <c r="AF159" s="98" t="str">
+      <c r="W159" s="89"/>
+      <c r="X159" s="89"/>
+      <c r="Y159" s="89"/>
+      <c r="Z159" s="89"/>
+      <c r="AA159" s="89"/>
+      <c r="AB159" s="89"/>
+      <c r="AC159" s="89"/>
+      <c r="AD159" s="89"/>
+      <c r="AE159" s="89"/>
+      <c r="AF159" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG159" s="23"/>
+      <c r="AG159" s="89"/>
       <c r="AH159" s="23"/>
       <c r="AI159" s="23"/>
       <c r="AJ159" s="23"/>
       <c r="AK159" s="23"/>
       <c r="AL159" s="23"/>
       <c r="AM159" s="23"/>
-      <c r="AN159" s="98" t="str">
+      <c r="AN159" s="23"/>
+      <c r="AO159" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO159" s="97"/>
-[...8 lines deleted...]
-      <c r="AX159" s="99" t="str">
+      <c r="AP159" s="89"/>
+      <c r="AQ159" s="89"/>
+      <c r="AR159" s="89"/>
+      <c r="AS159" s="89"/>
+      <c r="AT159" s="89"/>
+      <c r="AU159" s="89"/>
+      <c r="AV159" s="89"/>
+      <c r="AW159" s="89"/>
+      <c r="AX159" s="89"/>
+      <c r="AY159" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY159" s="97"/>
-      <c r="AZ159" s="99" t="str">
+      <c r="AZ159" s="89"/>
+      <c r="BA159" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA159" s="97"/>
-[...1 lines deleted...]
-      <c r="BC159" s="99" t="str">
+      <c r="BB159" s="89"/>
+      <c r="BC159" s="89"/>
+      <c r="BD159" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD159" s="97"/>
-[...3 lines deleted...]
-      <c r="BH159" s="99" t="str">
+      <c r="BE159" s="89"/>
+      <c r="BF159" s="89"/>
+      <c r="BG159" s="89"/>
+      <c r="BH159" s="89"/>
+      <c r="BI159" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI159" s="99" t="str">
+      <c r="BJ159" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ159" s="22"/>
-[...13 lines deleted...]
-    <row r="160" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK159" s="22"/>
+      <c r="BL159" s="92"/>
+      <c r="BM159" s="92"/>
+      <c r="BN159" s="92"/>
+      <c r="BO159" s="92"/>
+      <c r="BP159" s="92"/>
+      <c r="BQ159" s="92"/>
+      <c r="BR159" s="92"/>
+      <c r="BS159" s="92"/>
+      <c r="BT159" s="92"/>
+      <c r="BU159" s="92"/>
+      <c r="BV159" s="92"/>
+      <c r="BW159" s="92"/>
+    </row>
+    <row r="160" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A160" s="22"/>
       <c r="B160" s="21"/>
       <c r="C160" s="22"/>
       <c r="D160" s="22"/>
       <c r="E160" s="22"/>
       <c r="F160" s="21"/>
       <c r="G160" s="22"/>
       <c r="H160" s="22"/>
       <c r="I160" s="23"/>
       <c r="J160" s="23"/>
-      <c r="K160" s="93"/>
-[...2 lines deleted...]
-      <c r="N160" s="95" t="str">
+      <c r="K160" s="85"/>
+      <c r="L160" s="86"/>
+      <c r="M160" s="86"/>
+      <c r="N160" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O160" s="96"/>
-[...1 lines deleted...]
-      <c r="Q160" s="96"/>
+      <c r="O160" s="88"/>
+      <c r="P160" s="88"/>
+      <c r="Q160" s="88"/>
       <c r="R160" s="23"/>
       <c r="S160" s="23"/>
-      <c r="T160" s="97"/>
+      <c r="T160" s="89"/>
       <c r="U160" s="23"/>
       <c r="V160" s="23"/>
-      <c r="W160" s="97"/>
-[...8 lines deleted...]
-      <c r="AF160" s="98" t="str">
+      <c r="W160" s="89"/>
+      <c r="X160" s="89"/>
+      <c r="Y160" s="89"/>
+      <c r="Z160" s="89"/>
+      <c r="AA160" s="89"/>
+      <c r="AB160" s="89"/>
+      <c r="AC160" s="89"/>
+      <c r="AD160" s="89"/>
+      <c r="AE160" s="89"/>
+      <c r="AF160" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG160" s="23"/>
+      <c r="AG160" s="89"/>
       <c r="AH160" s="23"/>
       <c r="AI160" s="23"/>
       <c r="AJ160" s="23"/>
       <c r="AK160" s="23"/>
       <c r="AL160" s="23"/>
       <c r="AM160" s="23"/>
-      <c r="AN160" s="98" t="str">
+      <c r="AN160" s="23"/>
+      <c r="AO160" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO160" s="97"/>
-[...8 lines deleted...]
-      <c r="AX160" s="99" t="str">
+      <c r="AP160" s="89"/>
+      <c r="AQ160" s="89"/>
+      <c r="AR160" s="89"/>
+      <c r="AS160" s="89"/>
+      <c r="AT160" s="89"/>
+      <c r="AU160" s="89"/>
+      <c r="AV160" s="89"/>
+      <c r="AW160" s="89"/>
+      <c r="AX160" s="89"/>
+      <c r="AY160" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY160" s="97"/>
-      <c r="AZ160" s="99" t="str">
+      <c r="AZ160" s="89"/>
+      <c r="BA160" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA160" s="97"/>
-[...1 lines deleted...]
-      <c r="BC160" s="99" t="str">
+      <c r="BB160" s="89"/>
+      <c r="BC160" s="89"/>
+      <c r="BD160" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD160" s="97"/>
-[...3 lines deleted...]
-      <c r="BH160" s="99" t="str">
+      <c r="BE160" s="89"/>
+      <c r="BF160" s="89"/>
+      <c r="BG160" s="89"/>
+      <c r="BH160" s="89"/>
+      <c r="BI160" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI160" s="99" t="str">
+      <c r="BJ160" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ160" s="22"/>
-[...13 lines deleted...]
-    <row r="161" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK160" s="22"/>
+      <c r="BL160" s="92"/>
+      <c r="BM160" s="92"/>
+      <c r="BN160" s="92"/>
+      <c r="BO160" s="92"/>
+      <c r="BP160" s="92"/>
+      <c r="BQ160" s="92"/>
+      <c r="BR160" s="92"/>
+      <c r="BS160" s="92"/>
+      <c r="BT160" s="92"/>
+      <c r="BU160" s="92"/>
+      <c r="BV160" s="92"/>
+      <c r="BW160" s="92"/>
+    </row>
+    <row r="161" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A161" s="22"/>
       <c r="B161" s="21"/>
       <c r="C161" s="22"/>
       <c r="D161" s="22"/>
       <c r="E161" s="22"/>
       <c r="F161" s="21"/>
       <c r="G161" s="22"/>
       <c r="H161" s="22"/>
       <c r="I161" s="23"/>
       <c r="J161" s="23"/>
-      <c r="K161" s="93"/>
-[...2 lines deleted...]
-      <c r="N161" s="95" t="str">
+      <c r="K161" s="85"/>
+      <c r="L161" s="86"/>
+      <c r="M161" s="86"/>
+      <c r="N161" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O161" s="96"/>
-[...1 lines deleted...]
-      <c r="Q161" s="96"/>
+      <c r="O161" s="88"/>
+      <c r="P161" s="88"/>
+      <c r="Q161" s="88"/>
       <c r="R161" s="23"/>
       <c r="S161" s="23"/>
-      <c r="T161" s="97"/>
+      <c r="T161" s="89"/>
       <c r="U161" s="23"/>
       <c r="V161" s="23"/>
-      <c r="W161" s="97"/>
-[...8 lines deleted...]
-      <c r="AF161" s="98" t="str">
+      <c r="W161" s="89"/>
+      <c r="X161" s="89"/>
+      <c r="Y161" s="89"/>
+      <c r="Z161" s="89"/>
+      <c r="AA161" s="89"/>
+      <c r="AB161" s="89"/>
+      <c r="AC161" s="89"/>
+      <c r="AD161" s="89"/>
+      <c r="AE161" s="89"/>
+      <c r="AF161" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG161" s="23"/>
+      <c r="AG161" s="89"/>
       <c r="AH161" s="23"/>
       <c r="AI161" s="23"/>
       <c r="AJ161" s="23"/>
       <c r="AK161" s="23"/>
       <c r="AL161" s="23"/>
       <c r="AM161" s="23"/>
-      <c r="AN161" s="98" t="str">
+      <c r="AN161" s="23"/>
+      <c r="AO161" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO161" s="97"/>
-[...8 lines deleted...]
-      <c r="AX161" s="99" t="str">
+      <c r="AP161" s="89"/>
+      <c r="AQ161" s="89"/>
+      <c r="AR161" s="89"/>
+      <c r="AS161" s="89"/>
+      <c r="AT161" s="89"/>
+      <c r="AU161" s="89"/>
+      <c r="AV161" s="89"/>
+      <c r="AW161" s="89"/>
+      <c r="AX161" s="89"/>
+      <c r="AY161" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY161" s="97"/>
-      <c r="AZ161" s="99" t="str">
+      <c r="AZ161" s="89"/>
+      <c r="BA161" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA161" s="97"/>
-[...1 lines deleted...]
-      <c r="BC161" s="99" t="str">
+      <c r="BB161" s="89"/>
+      <c r="BC161" s="89"/>
+      <c r="BD161" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD161" s="97"/>
-[...3 lines deleted...]
-      <c r="BH161" s="99" t="str">
+      <c r="BE161" s="89"/>
+      <c r="BF161" s="89"/>
+      <c r="BG161" s="89"/>
+      <c r="BH161" s="89"/>
+      <c r="BI161" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI161" s="99" t="str">
+      <c r="BJ161" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ161" s="22"/>
-[...13 lines deleted...]
-    <row r="162" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK161" s="22"/>
+      <c r="BL161" s="92"/>
+      <c r="BM161" s="92"/>
+      <c r="BN161" s="92"/>
+      <c r="BO161" s="92"/>
+      <c r="BP161" s="92"/>
+      <c r="BQ161" s="92"/>
+      <c r="BR161" s="92"/>
+      <c r="BS161" s="92"/>
+      <c r="BT161" s="92"/>
+      <c r="BU161" s="92"/>
+      <c r="BV161" s="92"/>
+      <c r="BW161" s="92"/>
+    </row>
+    <row r="162" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A162" s="22"/>
       <c r="B162" s="21"/>
       <c r="C162" s="22"/>
       <c r="D162" s="22"/>
       <c r="E162" s="22"/>
       <c r="F162" s="21"/>
       <c r="G162" s="22"/>
       <c r="H162" s="22"/>
       <c r="I162" s="23"/>
       <c r="J162" s="23"/>
-      <c r="K162" s="93"/>
-[...2 lines deleted...]
-      <c r="N162" s="95" t="str">
+      <c r="K162" s="85"/>
+      <c r="L162" s="86"/>
+      <c r="M162" s="86"/>
+      <c r="N162" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O162" s="96"/>
-[...1 lines deleted...]
-      <c r="Q162" s="96"/>
+      <c r="O162" s="88"/>
+      <c r="P162" s="88"/>
+      <c r="Q162" s="88"/>
       <c r="R162" s="23"/>
       <c r="S162" s="23"/>
-      <c r="T162" s="97"/>
+      <c r="T162" s="89"/>
       <c r="U162" s="23"/>
       <c r="V162" s="23"/>
-      <c r="W162" s="97"/>
-[...8 lines deleted...]
-      <c r="AF162" s="98" t="str">
+      <c r="W162" s="89"/>
+      <c r="X162" s="89"/>
+      <c r="Y162" s="89"/>
+      <c r="Z162" s="89"/>
+      <c r="AA162" s="89"/>
+      <c r="AB162" s="89"/>
+      <c r="AC162" s="89"/>
+      <c r="AD162" s="89"/>
+      <c r="AE162" s="89"/>
+      <c r="AF162" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG162" s="23"/>
+      <c r="AG162" s="89"/>
       <c r="AH162" s="23"/>
       <c r="AI162" s="23"/>
       <c r="AJ162" s="23"/>
       <c r="AK162" s="23"/>
       <c r="AL162" s="23"/>
       <c r="AM162" s="23"/>
-      <c r="AN162" s="98" t="str">
+      <c r="AN162" s="23"/>
+      <c r="AO162" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO162" s="97"/>
-[...8 lines deleted...]
-      <c r="AX162" s="99" t="str">
+      <c r="AP162" s="89"/>
+      <c r="AQ162" s="89"/>
+      <c r="AR162" s="89"/>
+      <c r="AS162" s="89"/>
+      <c r="AT162" s="89"/>
+      <c r="AU162" s="89"/>
+      <c r="AV162" s="89"/>
+      <c r="AW162" s="89"/>
+      <c r="AX162" s="89"/>
+      <c r="AY162" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY162" s="97"/>
-      <c r="AZ162" s="99" t="str">
+      <c r="AZ162" s="89"/>
+      <c r="BA162" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA162" s="97"/>
-[...1 lines deleted...]
-      <c r="BC162" s="99" t="str">
+      <c r="BB162" s="89"/>
+      <c r="BC162" s="89"/>
+      <c r="BD162" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD162" s="97"/>
-[...3 lines deleted...]
-      <c r="BH162" s="99" t="str">
+      <c r="BE162" s="89"/>
+      <c r="BF162" s="89"/>
+      <c r="BG162" s="89"/>
+      <c r="BH162" s="89"/>
+      <c r="BI162" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI162" s="99" t="str">
+      <c r="BJ162" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ162" s="22"/>
-[...13 lines deleted...]
-    <row r="163" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK162" s="22"/>
+      <c r="BL162" s="92"/>
+      <c r="BM162" s="92"/>
+      <c r="BN162" s="92"/>
+      <c r="BO162" s="92"/>
+      <c r="BP162" s="92"/>
+      <c r="BQ162" s="92"/>
+      <c r="BR162" s="92"/>
+      <c r="BS162" s="92"/>
+      <c r="BT162" s="92"/>
+      <c r="BU162" s="92"/>
+      <c r="BV162" s="92"/>
+      <c r="BW162" s="92"/>
+    </row>
+    <row r="163" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A163" s="22"/>
       <c r="B163" s="21"/>
       <c r="C163" s="22"/>
       <c r="D163" s="22"/>
       <c r="E163" s="22"/>
       <c r="F163" s="21"/>
       <c r="G163" s="22"/>
       <c r="H163" s="22"/>
       <c r="I163" s="23"/>
       <c r="J163" s="23"/>
-      <c r="K163" s="93"/>
-[...2 lines deleted...]
-      <c r="N163" s="95" t="str">
+      <c r="K163" s="85"/>
+      <c r="L163" s="86"/>
+      <c r="M163" s="86"/>
+      <c r="N163" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O163" s="96"/>
-[...1 lines deleted...]
-      <c r="Q163" s="96"/>
+      <c r="O163" s="88"/>
+      <c r="P163" s="88"/>
+      <c r="Q163" s="88"/>
       <c r="R163" s="23"/>
       <c r="S163" s="23"/>
-      <c r="T163" s="97"/>
+      <c r="T163" s="89"/>
       <c r="U163" s="23"/>
       <c r="V163" s="23"/>
-      <c r="W163" s="97"/>
-[...8 lines deleted...]
-      <c r="AF163" s="98" t="str">
+      <c r="W163" s="89"/>
+      <c r="X163" s="89"/>
+      <c r="Y163" s="89"/>
+      <c r="Z163" s="89"/>
+      <c r="AA163" s="89"/>
+      <c r="AB163" s="89"/>
+      <c r="AC163" s="89"/>
+      <c r="AD163" s="89"/>
+      <c r="AE163" s="89"/>
+      <c r="AF163" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG163" s="23"/>
+      <c r="AG163" s="89"/>
       <c r="AH163" s="23"/>
       <c r="AI163" s="23"/>
       <c r="AJ163" s="23"/>
       <c r="AK163" s="23"/>
       <c r="AL163" s="23"/>
       <c r="AM163" s="23"/>
-      <c r="AN163" s="98" t="str">
+      <c r="AN163" s="23"/>
+      <c r="AO163" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO163" s="97"/>
-[...8 lines deleted...]
-      <c r="AX163" s="99" t="str">
+      <c r="AP163" s="89"/>
+      <c r="AQ163" s="89"/>
+      <c r="AR163" s="89"/>
+      <c r="AS163" s="89"/>
+      <c r="AT163" s="89"/>
+      <c r="AU163" s="89"/>
+      <c r="AV163" s="89"/>
+      <c r="AW163" s="89"/>
+      <c r="AX163" s="89"/>
+      <c r="AY163" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY163" s="97"/>
-      <c r="AZ163" s="99" t="str">
+      <c r="AZ163" s="89"/>
+      <c r="BA163" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA163" s="97"/>
-[...1 lines deleted...]
-      <c r="BC163" s="99" t="str">
+      <c r="BB163" s="89"/>
+      <c r="BC163" s="89"/>
+      <c r="BD163" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD163" s="97"/>
-[...3 lines deleted...]
-      <c r="BH163" s="99" t="str">
+      <c r="BE163" s="89"/>
+      <c r="BF163" s="89"/>
+      <c r="BG163" s="89"/>
+      <c r="BH163" s="89"/>
+      <c r="BI163" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI163" s="99" t="str">
+      <c r="BJ163" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ163" s="22"/>
-[...13 lines deleted...]
-    <row r="164" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK163" s="22"/>
+      <c r="BL163" s="92"/>
+      <c r="BM163" s="92"/>
+      <c r="BN163" s="92"/>
+      <c r="BO163" s="92"/>
+      <c r="BP163" s="92"/>
+      <c r="BQ163" s="92"/>
+      <c r="BR163" s="92"/>
+      <c r="BS163" s="92"/>
+      <c r="BT163" s="92"/>
+      <c r="BU163" s="92"/>
+      <c r="BV163" s="92"/>
+      <c r="BW163" s="92"/>
+    </row>
+    <row r="164" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A164" s="22"/>
       <c r="B164" s="21"/>
       <c r="C164" s="22"/>
       <c r="D164" s="22"/>
       <c r="E164" s="22"/>
       <c r="F164" s="21"/>
       <c r="G164" s="22"/>
       <c r="H164" s="22"/>
       <c r="I164" s="23"/>
       <c r="J164" s="23"/>
-      <c r="K164" s="93"/>
-[...2 lines deleted...]
-      <c r="N164" s="95" t="str">
+      <c r="K164" s="85"/>
+      <c r="L164" s="86"/>
+      <c r="M164" s="86"/>
+      <c r="N164" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O164" s="96"/>
-[...1 lines deleted...]
-      <c r="Q164" s="96"/>
+      <c r="O164" s="88"/>
+      <c r="P164" s="88"/>
+      <c r="Q164" s="88"/>
       <c r="R164" s="23"/>
       <c r="S164" s="23"/>
-      <c r="T164" s="97"/>
+      <c r="T164" s="89"/>
       <c r="U164" s="23"/>
       <c r="V164" s="23"/>
-      <c r="W164" s="97"/>
-[...8 lines deleted...]
-      <c r="AF164" s="98" t="str">
+      <c r="W164" s="89"/>
+      <c r="X164" s="89"/>
+      <c r="Y164" s="89"/>
+      <c r="Z164" s="89"/>
+      <c r="AA164" s="89"/>
+      <c r="AB164" s="89"/>
+      <c r="AC164" s="89"/>
+      <c r="AD164" s="89"/>
+      <c r="AE164" s="89"/>
+      <c r="AF164" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG164" s="23"/>
+      <c r="AG164" s="89"/>
       <c r="AH164" s="23"/>
       <c r="AI164" s="23"/>
       <c r="AJ164" s="23"/>
       <c r="AK164" s="23"/>
       <c r="AL164" s="23"/>
       <c r="AM164" s="23"/>
-      <c r="AN164" s="98" t="str">
+      <c r="AN164" s="23"/>
+      <c r="AO164" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO164" s="97"/>
-[...8 lines deleted...]
-      <c r="AX164" s="99" t="str">
+      <c r="AP164" s="89"/>
+      <c r="AQ164" s="89"/>
+      <c r="AR164" s="89"/>
+      <c r="AS164" s="89"/>
+      <c r="AT164" s="89"/>
+      <c r="AU164" s="89"/>
+      <c r="AV164" s="89"/>
+      <c r="AW164" s="89"/>
+      <c r="AX164" s="89"/>
+      <c r="AY164" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY164" s="97"/>
-      <c r="AZ164" s="99" t="str">
+      <c r="AZ164" s="89"/>
+      <c r="BA164" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA164" s="97"/>
-[...1 lines deleted...]
-      <c r="BC164" s="99" t="str">
+      <c r="BB164" s="89"/>
+      <c r="BC164" s="89"/>
+      <c r="BD164" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD164" s="97"/>
-[...3 lines deleted...]
-      <c r="BH164" s="99" t="str">
+      <c r="BE164" s="89"/>
+      <c r="BF164" s="89"/>
+      <c r="BG164" s="89"/>
+      <c r="BH164" s="89"/>
+      <c r="BI164" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI164" s="99" t="str">
+      <c r="BJ164" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ164" s="22"/>
-[...13 lines deleted...]
-    <row r="165" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK164" s="22"/>
+      <c r="BL164" s="92"/>
+      <c r="BM164" s="92"/>
+      <c r="BN164" s="92"/>
+      <c r="BO164" s="92"/>
+      <c r="BP164" s="92"/>
+      <c r="BQ164" s="92"/>
+      <c r="BR164" s="92"/>
+      <c r="BS164" s="92"/>
+      <c r="BT164" s="92"/>
+      <c r="BU164" s="92"/>
+      <c r="BV164" s="92"/>
+      <c r="BW164" s="92"/>
+    </row>
+    <row r="165" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A165" s="22"/>
       <c r="B165" s="21"/>
       <c r="C165" s="22"/>
       <c r="D165" s="22"/>
       <c r="E165" s="22"/>
       <c r="F165" s="21"/>
       <c r="G165" s="22"/>
       <c r="H165" s="22"/>
       <c r="I165" s="23"/>
       <c r="J165" s="23"/>
-      <c r="K165" s="93"/>
-[...2 lines deleted...]
-      <c r="N165" s="95" t="str">
+      <c r="K165" s="85"/>
+      <c r="L165" s="86"/>
+      <c r="M165" s="86"/>
+      <c r="N165" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O165" s="96"/>
-[...1 lines deleted...]
-      <c r="Q165" s="96"/>
+      <c r="O165" s="88"/>
+      <c r="P165" s="88"/>
+      <c r="Q165" s="88"/>
       <c r="R165" s="23"/>
       <c r="S165" s="23"/>
-      <c r="T165" s="97"/>
+      <c r="T165" s="89"/>
       <c r="U165" s="23"/>
       <c r="V165" s="23"/>
-      <c r="W165" s="97"/>
-[...8 lines deleted...]
-      <c r="AF165" s="98" t="str">
+      <c r="W165" s="89"/>
+      <c r="X165" s="89"/>
+      <c r="Y165" s="89"/>
+      <c r="Z165" s="89"/>
+      <c r="AA165" s="89"/>
+      <c r="AB165" s="89"/>
+      <c r="AC165" s="89"/>
+      <c r="AD165" s="89"/>
+      <c r="AE165" s="89"/>
+      <c r="AF165" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG165" s="23"/>
+      <c r="AG165" s="89"/>
       <c r="AH165" s="23"/>
       <c r="AI165" s="23"/>
       <c r="AJ165" s="23"/>
       <c r="AK165" s="23"/>
       <c r="AL165" s="23"/>
       <c r="AM165" s="23"/>
-      <c r="AN165" s="98" t="str">
+      <c r="AN165" s="23"/>
+      <c r="AO165" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO165" s="97"/>
-[...8 lines deleted...]
-      <c r="AX165" s="99" t="str">
+      <c r="AP165" s="89"/>
+      <c r="AQ165" s="89"/>
+      <c r="AR165" s="89"/>
+      <c r="AS165" s="89"/>
+      <c r="AT165" s="89"/>
+      <c r="AU165" s="89"/>
+      <c r="AV165" s="89"/>
+      <c r="AW165" s="89"/>
+      <c r="AX165" s="89"/>
+      <c r="AY165" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY165" s="97"/>
-      <c r="AZ165" s="99" t="str">
+      <c r="AZ165" s="89"/>
+      <c r="BA165" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA165" s="97"/>
-[...1 lines deleted...]
-      <c r="BC165" s="99" t="str">
+      <c r="BB165" s="89"/>
+      <c r="BC165" s="89"/>
+      <c r="BD165" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD165" s="97"/>
-[...3 lines deleted...]
-      <c r="BH165" s="99" t="str">
+      <c r="BE165" s="89"/>
+      <c r="BF165" s="89"/>
+      <c r="BG165" s="89"/>
+      <c r="BH165" s="89"/>
+      <c r="BI165" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI165" s="99" t="str">
+      <c r="BJ165" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ165" s="22"/>
-[...13 lines deleted...]
-    <row r="166" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK165" s="22"/>
+      <c r="BL165" s="92"/>
+      <c r="BM165" s="92"/>
+      <c r="BN165" s="92"/>
+      <c r="BO165" s="92"/>
+      <c r="BP165" s="92"/>
+      <c r="BQ165" s="92"/>
+      <c r="BR165" s="92"/>
+      <c r="BS165" s="92"/>
+      <c r="BT165" s="92"/>
+      <c r="BU165" s="92"/>
+      <c r="BV165" s="92"/>
+      <c r="BW165" s="92"/>
+    </row>
+    <row r="166" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A166" s="22"/>
       <c r="B166" s="21"/>
       <c r="C166" s="22"/>
       <c r="D166" s="22"/>
       <c r="E166" s="22"/>
       <c r="F166" s="21"/>
       <c r="G166" s="22"/>
       <c r="H166" s="22"/>
       <c r="I166" s="23"/>
       <c r="J166" s="23"/>
-      <c r="K166" s="93"/>
-[...2 lines deleted...]
-      <c r="N166" s="95" t="str">
+      <c r="K166" s="85"/>
+      <c r="L166" s="86"/>
+      <c r="M166" s="86"/>
+      <c r="N166" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O166" s="96"/>
-[...1 lines deleted...]
-      <c r="Q166" s="96"/>
+      <c r="O166" s="88"/>
+      <c r="P166" s="88"/>
+      <c r="Q166" s="88"/>
       <c r="R166" s="23"/>
       <c r="S166" s="23"/>
-      <c r="T166" s="97"/>
+      <c r="T166" s="89"/>
       <c r="U166" s="23"/>
       <c r="V166" s="23"/>
-      <c r="W166" s="97"/>
-[...8 lines deleted...]
-      <c r="AF166" s="98" t="str">
+      <c r="W166" s="89"/>
+      <c r="X166" s="89"/>
+      <c r="Y166" s="89"/>
+      <c r="Z166" s="89"/>
+      <c r="AA166" s="89"/>
+      <c r="AB166" s="89"/>
+      <c r="AC166" s="89"/>
+      <c r="AD166" s="89"/>
+      <c r="AE166" s="89"/>
+      <c r="AF166" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG166" s="23"/>
+      <c r="AG166" s="89"/>
       <c r="AH166" s="23"/>
       <c r="AI166" s="23"/>
       <c r="AJ166" s="23"/>
       <c r="AK166" s="23"/>
       <c r="AL166" s="23"/>
       <c r="AM166" s="23"/>
-      <c r="AN166" s="98" t="str">
+      <c r="AN166" s="23"/>
+      <c r="AO166" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO166" s="97"/>
-[...8 lines deleted...]
-      <c r="AX166" s="99" t="str">
+      <c r="AP166" s="89"/>
+      <c r="AQ166" s="89"/>
+      <c r="AR166" s="89"/>
+      <c r="AS166" s="89"/>
+      <c r="AT166" s="89"/>
+      <c r="AU166" s="89"/>
+      <c r="AV166" s="89"/>
+      <c r="AW166" s="89"/>
+      <c r="AX166" s="89"/>
+      <c r="AY166" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY166" s="97"/>
-      <c r="AZ166" s="99" t="str">
+      <c r="AZ166" s="89"/>
+      <c r="BA166" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA166" s="97"/>
-[...1 lines deleted...]
-      <c r="BC166" s="99" t="str">
+      <c r="BB166" s="89"/>
+      <c r="BC166" s="89"/>
+      <c r="BD166" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD166" s="97"/>
-[...3 lines deleted...]
-      <c r="BH166" s="99" t="str">
+      <c r="BE166" s="89"/>
+      <c r="BF166" s="89"/>
+      <c r="BG166" s="89"/>
+      <c r="BH166" s="89"/>
+      <c r="BI166" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI166" s="99" t="str">
+      <c r="BJ166" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ166" s="22"/>
-[...13 lines deleted...]
-    <row r="167" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK166" s="22"/>
+      <c r="BL166" s="92"/>
+      <c r="BM166" s="92"/>
+      <c r="BN166" s="92"/>
+      <c r="BO166" s="92"/>
+      <c r="BP166" s="92"/>
+      <c r="BQ166" s="92"/>
+      <c r="BR166" s="92"/>
+      <c r="BS166" s="92"/>
+      <c r="BT166" s="92"/>
+      <c r="BU166" s="92"/>
+      <c r="BV166" s="92"/>
+      <c r="BW166" s="92"/>
+    </row>
+    <row r="167" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A167" s="22"/>
       <c r="B167" s="21"/>
       <c r="C167" s="22"/>
       <c r="D167" s="22"/>
       <c r="E167" s="22"/>
       <c r="F167" s="21"/>
       <c r="G167" s="22"/>
       <c r="H167" s="22"/>
       <c r="I167" s="23"/>
       <c r="J167" s="23"/>
-      <c r="K167" s="93"/>
-[...2 lines deleted...]
-      <c r="N167" s="95" t="str">
+      <c r="K167" s="85"/>
+      <c r="L167" s="86"/>
+      <c r="M167" s="86"/>
+      <c r="N167" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O167" s="96"/>
-[...1 lines deleted...]
-      <c r="Q167" s="96"/>
+      <c r="O167" s="88"/>
+      <c r="P167" s="88"/>
+      <c r="Q167" s="88"/>
       <c r="R167" s="23"/>
       <c r="S167" s="23"/>
-      <c r="T167" s="97"/>
+      <c r="T167" s="89"/>
       <c r="U167" s="23"/>
       <c r="V167" s="23"/>
-      <c r="W167" s="97"/>
-[...8 lines deleted...]
-      <c r="AF167" s="98" t="str">
+      <c r="W167" s="89"/>
+      <c r="X167" s="89"/>
+      <c r="Y167" s="89"/>
+      <c r="Z167" s="89"/>
+      <c r="AA167" s="89"/>
+      <c r="AB167" s="89"/>
+      <c r="AC167" s="89"/>
+      <c r="AD167" s="89"/>
+      <c r="AE167" s="89"/>
+      <c r="AF167" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG167" s="23"/>
+      <c r="AG167" s="89"/>
       <c r="AH167" s="23"/>
       <c r="AI167" s="23"/>
       <c r="AJ167" s="23"/>
       <c r="AK167" s="23"/>
       <c r="AL167" s="23"/>
       <c r="AM167" s="23"/>
-      <c r="AN167" s="98" t="str">
+      <c r="AN167" s="23"/>
+      <c r="AO167" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO167" s="97"/>
-[...8 lines deleted...]
-      <c r="AX167" s="99" t="str">
+      <c r="AP167" s="89"/>
+      <c r="AQ167" s="89"/>
+      <c r="AR167" s="89"/>
+      <c r="AS167" s="89"/>
+      <c r="AT167" s="89"/>
+      <c r="AU167" s="89"/>
+      <c r="AV167" s="89"/>
+      <c r="AW167" s="89"/>
+      <c r="AX167" s="89"/>
+      <c r="AY167" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY167" s="97"/>
-      <c r="AZ167" s="99" t="str">
+      <c r="AZ167" s="89"/>
+      <c r="BA167" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA167" s="97"/>
-[...1 lines deleted...]
-      <c r="BC167" s="99" t="str">
+      <c r="BB167" s="89"/>
+      <c r="BC167" s="89"/>
+      <c r="BD167" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD167" s="97"/>
-[...3 lines deleted...]
-      <c r="BH167" s="99" t="str">
+      <c r="BE167" s="89"/>
+      <c r="BF167" s="89"/>
+      <c r="BG167" s="89"/>
+      <c r="BH167" s="89"/>
+      <c r="BI167" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI167" s="99" t="str">
+      <c r="BJ167" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ167" s="22"/>
-[...13 lines deleted...]
-    <row r="168" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK167" s="22"/>
+      <c r="BL167" s="92"/>
+      <c r="BM167" s="92"/>
+      <c r="BN167" s="92"/>
+      <c r="BO167" s="92"/>
+      <c r="BP167" s="92"/>
+      <c r="BQ167" s="92"/>
+      <c r="BR167" s="92"/>
+      <c r="BS167" s="92"/>
+      <c r="BT167" s="92"/>
+      <c r="BU167" s="92"/>
+      <c r="BV167" s="92"/>
+      <c r="BW167" s="92"/>
+    </row>
+    <row r="168" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A168" s="22"/>
       <c r="B168" s="21"/>
       <c r="C168" s="22"/>
       <c r="D168" s="22"/>
       <c r="E168" s="22"/>
       <c r="F168" s="21"/>
       <c r="G168" s="22"/>
       <c r="H168" s="22"/>
       <c r="I168" s="23"/>
       <c r="J168" s="23"/>
-      <c r="K168" s="93"/>
-[...2 lines deleted...]
-      <c r="N168" s="95" t="str">
+      <c r="K168" s="85"/>
+      <c r="L168" s="86"/>
+      <c r="M168" s="86"/>
+      <c r="N168" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O168" s="96"/>
-[...1 lines deleted...]
-      <c r="Q168" s="96"/>
+      <c r="O168" s="88"/>
+      <c r="P168" s="88"/>
+      <c r="Q168" s="88"/>
       <c r="R168" s="23"/>
       <c r="S168" s="23"/>
-      <c r="T168" s="97"/>
+      <c r="T168" s="89"/>
       <c r="U168" s="23"/>
       <c r="V168" s="23"/>
-      <c r="W168" s="97"/>
-[...8 lines deleted...]
-      <c r="AF168" s="98" t="str">
+      <c r="W168" s="89"/>
+      <c r="X168" s="89"/>
+      <c r="Y168" s="89"/>
+      <c r="Z168" s="89"/>
+      <c r="AA168" s="89"/>
+      <c r="AB168" s="89"/>
+      <c r="AC168" s="89"/>
+      <c r="AD168" s="89"/>
+      <c r="AE168" s="89"/>
+      <c r="AF168" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG168" s="23"/>
+      <c r="AG168" s="89"/>
       <c r="AH168" s="23"/>
       <c r="AI168" s="23"/>
       <c r="AJ168" s="23"/>
       <c r="AK168" s="23"/>
       <c r="AL168" s="23"/>
       <c r="AM168" s="23"/>
-      <c r="AN168" s="98" t="str">
+      <c r="AN168" s="23"/>
+      <c r="AO168" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO168" s="97"/>
-[...8 lines deleted...]
-      <c r="AX168" s="99" t="str">
+      <c r="AP168" s="89"/>
+      <c r="AQ168" s="89"/>
+      <c r="AR168" s="89"/>
+      <c r="AS168" s="89"/>
+      <c r="AT168" s="89"/>
+      <c r="AU168" s="89"/>
+      <c r="AV168" s="89"/>
+      <c r="AW168" s="89"/>
+      <c r="AX168" s="89"/>
+      <c r="AY168" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY168" s="97"/>
-      <c r="AZ168" s="99" t="str">
+      <c r="AZ168" s="89"/>
+      <c r="BA168" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA168" s="97"/>
-[...1 lines deleted...]
-      <c r="BC168" s="99" t="str">
+      <c r="BB168" s="89"/>
+      <c r="BC168" s="89"/>
+      <c r="BD168" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD168" s="97"/>
-[...3 lines deleted...]
-      <c r="BH168" s="99" t="str">
+      <c r="BE168" s="89"/>
+      <c r="BF168" s="89"/>
+      <c r="BG168" s="89"/>
+      <c r="BH168" s="89"/>
+      <c r="BI168" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI168" s="99" t="str">
+      <c r="BJ168" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ168" s="22"/>
-[...13 lines deleted...]
-    <row r="169" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK168" s="22"/>
+      <c r="BL168" s="92"/>
+      <c r="BM168" s="92"/>
+      <c r="BN168" s="92"/>
+      <c r="BO168" s="92"/>
+      <c r="BP168" s="92"/>
+      <c r="BQ168" s="92"/>
+      <c r="BR168" s="92"/>
+      <c r="BS168" s="92"/>
+      <c r="BT168" s="92"/>
+      <c r="BU168" s="92"/>
+      <c r="BV168" s="92"/>
+      <c r="BW168" s="92"/>
+    </row>
+    <row r="169" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A169" s="22"/>
       <c r="B169" s="21"/>
       <c r="C169" s="22"/>
       <c r="D169" s="22"/>
       <c r="E169" s="22"/>
       <c r="F169" s="21"/>
       <c r="G169" s="22"/>
       <c r="H169" s="22"/>
       <c r="I169" s="23"/>
       <c r="J169" s="23"/>
-      <c r="K169" s="93"/>
-[...2 lines deleted...]
-      <c r="N169" s="95" t="str">
+      <c r="K169" s="85"/>
+      <c r="L169" s="86"/>
+      <c r="M169" s="86"/>
+      <c r="N169" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O169" s="96"/>
-[...1 lines deleted...]
-      <c r="Q169" s="96"/>
+      <c r="O169" s="88"/>
+      <c r="P169" s="88"/>
+      <c r="Q169" s="88"/>
       <c r="R169" s="23"/>
       <c r="S169" s="23"/>
-      <c r="T169" s="97"/>
+      <c r="T169" s="89"/>
       <c r="U169" s="23"/>
       <c r="V169" s="23"/>
-      <c r="W169" s="97"/>
-[...8 lines deleted...]
-      <c r="AF169" s="98" t="str">
+      <c r="W169" s="89"/>
+      <c r="X169" s="89"/>
+      <c r="Y169" s="89"/>
+      <c r="Z169" s="89"/>
+      <c r="AA169" s="89"/>
+      <c r="AB169" s="89"/>
+      <c r="AC169" s="89"/>
+      <c r="AD169" s="89"/>
+      <c r="AE169" s="89"/>
+      <c r="AF169" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG169" s="23"/>
+      <c r="AG169" s="89"/>
       <c r="AH169" s="23"/>
       <c r="AI169" s="23"/>
       <c r="AJ169" s="23"/>
       <c r="AK169" s="23"/>
       <c r="AL169" s="23"/>
       <c r="AM169" s="23"/>
-      <c r="AN169" s="98" t="str">
+      <c r="AN169" s="23"/>
+      <c r="AO169" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO169" s="97"/>
-[...8 lines deleted...]
-      <c r="AX169" s="99" t="str">
+      <c r="AP169" s="89"/>
+      <c r="AQ169" s="89"/>
+      <c r="AR169" s="89"/>
+      <c r="AS169" s="89"/>
+      <c r="AT169" s="89"/>
+      <c r="AU169" s="89"/>
+      <c r="AV169" s="89"/>
+      <c r="AW169" s="89"/>
+      <c r="AX169" s="89"/>
+      <c r="AY169" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY169" s="97"/>
-      <c r="AZ169" s="99" t="str">
+      <c r="AZ169" s="89"/>
+      <c r="BA169" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA169" s="97"/>
-[...1 lines deleted...]
-      <c r="BC169" s="99" t="str">
+      <c r="BB169" s="89"/>
+      <c r="BC169" s="89"/>
+      <c r="BD169" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD169" s="97"/>
-[...3 lines deleted...]
-      <c r="BH169" s="99" t="str">
+      <c r="BE169" s="89"/>
+      <c r="BF169" s="89"/>
+      <c r="BG169" s="89"/>
+      <c r="BH169" s="89"/>
+      <c r="BI169" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI169" s="99" t="str">
+      <c r="BJ169" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ169" s="22"/>
-[...13 lines deleted...]
-    <row r="170" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK169" s="22"/>
+      <c r="BL169" s="92"/>
+      <c r="BM169" s="92"/>
+      <c r="BN169" s="92"/>
+      <c r="BO169" s="92"/>
+      <c r="BP169" s="92"/>
+      <c r="BQ169" s="92"/>
+      <c r="BR169" s="92"/>
+      <c r="BS169" s="92"/>
+      <c r="BT169" s="92"/>
+      <c r="BU169" s="92"/>
+      <c r="BV169" s="92"/>
+      <c r="BW169" s="92"/>
+    </row>
+    <row r="170" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A170" s="22"/>
       <c r="B170" s="21"/>
       <c r="C170" s="22"/>
       <c r="D170" s="22"/>
       <c r="E170" s="22"/>
       <c r="F170" s="21"/>
       <c r="G170" s="22"/>
       <c r="H170" s="22"/>
       <c r="I170" s="23"/>
       <c r="J170" s="23"/>
-      <c r="K170" s="93"/>
-[...2 lines deleted...]
-      <c r="N170" s="95" t="str">
+      <c r="K170" s="85"/>
+      <c r="L170" s="86"/>
+      <c r="M170" s="86"/>
+      <c r="N170" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O170" s="96"/>
-[...1 lines deleted...]
-      <c r="Q170" s="96"/>
+      <c r="O170" s="88"/>
+      <c r="P170" s="88"/>
+      <c r="Q170" s="88"/>
       <c r="R170" s="23"/>
       <c r="S170" s="23"/>
-      <c r="T170" s="97"/>
+      <c r="T170" s="89"/>
       <c r="U170" s="23"/>
       <c r="V170" s="23"/>
-      <c r="W170" s="97"/>
-[...8 lines deleted...]
-      <c r="AF170" s="98" t="str">
+      <c r="W170" s="89"/>
+      <c r="X170" s="89"/>
+      <c r="Y170" s="89"/>
+      <c r="Z170" s="89"/>
+      <c r="AA170" s="89"/>
+      <c r="AB170" s="89"/>
+      <c r="AC170" s="89"/>
+      <c r="AD170" s="89"/>
+      <c r="AE170" s="89"/>
+      <c r="AF170" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG170" s="23"/>
+      <c r="AG170" s="89"/>
       <c r="AH170" s="23"/>
       <c r="AI170" s="23"/>
       <c r="AJ170" s="23"/>
       <c r="AK170" s="23"/>
       <c r="AL170" s="23"/>
       <c r="AM170" s="23"/>
-      <c r="AN170" s="98" t="str">
+      <c r="AN170" s="23"/>
+      <c r="AO170" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO170" s="97"/>
-[...8 lines deleted...]
-      <c r="AX170" s="99" t="str">
+      <c r="AP170" s="89"/>
+      <c r="AQ170" s="89"/>
+      <c r="AR170" s="89"/>
+      <c r="AS170" s="89"/>
+      <c r="AT170" s="89"/>
+      <c r="AU170" s="89"/>
+      <c r="AV170" s="89"/>
+      <c r="AW170" s="89"/>
+      <c r="AX170" s="89"/>
+      <c r="AY170" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY170" s="97"/>
-      <c r="AZ170" s="99" t="str">
+      <c r="AZ170" s="89"/>
+      <c r="BA170" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA170" s="97"/>
-[...1 lines deleted...]
-      <c r="BC170" s="99" t="str">
+      <c r="BB170" s="89"/>
+      <c r="BC170" s="89"/>
+      <c r="BD170" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD170" s="97"/>
-[...3 lines deleted...]
-      <c r="BH170" s="99" t="str">
+      <c r="BE170" s="89"/>
+      <c r="BF170" s="89"/>
+      <c r="BG170" s="89"/>
+      <c r="BH170" s="89"/>
+      <c r="BI170" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI170" s="99" t="str">
+      <c r="BJ170" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ170" s="22"/>
-[...13 lines deleted...]
-    <row r="171" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK170" s="22"/>
+      <c r="BL170" s="92"/>
+      <c r="BM170" s="92"/>
+      <c r="BN170" s="92"/>
+      <c r="BO170" s="92"/>
+      <c r="BP170" s="92"/>
+      <c r="BQ170" s="92"/>
+      <c r="BR170" s="92"/>
+      <c r="BS170" s="92"/>
+      <c r="BT170" s="92"/>
+      <c r="BU170" s="92"/>
+      <c r="BV170" s="92"/>
+      <c r="BW170" s="92"/>
+    </row>
+    <row r="171" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A171" s="22"/>
       <c r="B171" s="21"/>
       <c r="C171" s="22"/>
       <c r="D171" s="22"/>
       <c r="E171" s="22"/>
       <c r="F171" s="21"/>
       <c r="G171" s="22"/>
       <c r="H171" s="22"/>
       <c r="I171" s="23"/>
       <c r="J171" s="23"/>
-      <c r="K171" s="93"/>
-[...2 lines deleted...]
-      <c r="N171" s="95" t="str">
+      <c r="K171" s="85"/>
+      <c r="L171" s="86"/>
+      <c r="M171" s="86"/>
+      <c r="N171" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O171" s="96"/>
-[...1 lines deleted...]
-      <c r="Q171" s="96"/>
+      <c r="O171" s="88"/>
+      <c r="P171" s="88"/>
+      <c r="Q171" s="88"/>
       <c r="R171" s="23"/>
       <c r="S171" s="23"/>
-      <c r="T171" s="97"/>
+      <c r="T171" s="89"/>
       <c r="U171" s="23"/>
       <c r="V171" s="23"/>
-      <c r="W171" s="97"/>
-[...8 lines deleted...]
-      <c r="AF171" s="98" t="str">
+      <c r="W171" s="89"/>
+      <c r="X171" s="89"/>
+      <c r="Y171" s="89"/>
+      <c r="Z171" s="89"/>
+      <c r="AA171" s="89"/>
+      <c r="AB171" s="89"/>
+      <c r="AC171" s="89"/>
+      <c r="AD171" s="89"/>
+      <c r="AE171" s="89"/>
+      <c r="AF171" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG171" s="23"/>
+      <c r="AG171" s="89"/>
       <c r="AH171" s="23"/>
       <c r="AI171" s="23"/>
       <c r="AJ171" s="23"/>
       <c r="AK171" s="23"/>
       <c r="AL171" s="23"/>
       <c r="AM171" s="23"/>
-      <c r="AN171" s="98" t="str">
+      <c r="AN171" s="23"/>
+      <c r="AO171" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO171" s="97"/>
-[...8 lines deleted...]
-      <c r="AX171" s="99" t="str">
+      <c r="AP171" s="89"/>
+      <c r="AQ171" s="89"/>
+      <c r="AR171" s="89"/>
+      <c r="AS171" s="89"/>
+      <c r="AT171" s="89"/>
+      <c r="AU171" s="89"/>
+      <c r="AV171" s="89"/>
+      <c r="AW171" s="89"/>
+      <c r="AX171" s="89"/>
+      <c r="AY171" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY171" s="97"/>
-      <c r="AZ171" s="99" t="str">
+      <c r="AZ171" s="89"/>
+      <c r="BA171" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA171" s="97"/>
-[...1 lines deleted...]
-      <c r="BC171" s="99" t="str">
+      <c r="BB171" s="89"/>
+      <c r="BC171" s="89"/>
+      <c r="BD171" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD171" s="97"/>
-[...3 lines deleted...]
-      <c r="BH171" s="99" t="str">
+      <c r="BE171" s="89"/>
+      <c r="BF171" s="89"/>
+      <c r="BG171" s="89"/>
+      <c r="BH171" s="89"/>
+      <c r="BI171" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI171" s="99" t="str">
+      <c r="BJ171" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ171" s="22"/>
-[...13 lines deleted...]
-    <row r="172" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK171" s="22"/>
+      <c r="BL171" s="92"/>
+      <c r="BM171" s="92"/>
+      <c r="BN171" s="92"/>
+      <c r="BO171" s="92"/>
+      <c r="BP171" s="92"/>
+      <c r="BQ171" s="92"/>
+      <c r="BR171" s="92"/>
+      <c r="BS171" s="92"/>
+      <c r="BT171" s="92"/>
+      <c r="BU171" s="92"/>
+      <c r="BV171" s="92"/>
+      <c r="BW171" s="92"/>
+    </row>
+    <row r="172" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A172" s="22"/>
       <c r="B172" s="21"/>
       <c r="C172" s="22"/>
       <c r="D172" s="22"/>
       <c r="E172" s="22"/>
       <c r="F172" s="21"/>
       <c r="G172" s="22"/>
       <c r="H172" s="22"/>
       <c r="I172" s="23"/>
       <c r="J172" s="23"/>
-      <c r="K172" s="93"/>
-[...2 lines deleted...]
-      <c r="N172" s="95" t="str">
+      <c r="K172" s="85"/>
+      <c r="L172" s="86"/>
+      <c r="M172" s="86"/>
+      <c r="N172" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O172" s="96"/>
-[...1 lines deleted...]
-      <c r="Q172" s="96"/>
+      <c r="O172" s="88"/>
+      <c r="P172" s="88"/>
+      <c r="Q172" s="88"/>
       <c r="R172" s="23"/>
       <c r="S172" s="23"/>
-      <c r="T172" s="97"/>
+      <c r="T172" s="89"/>
       <c r="U172" s="23"/>
       <c r="V172" s="23"/>
-      <c r="W172" s="97"/>
-[...8 lines deleted...]
-      <c r="AF172" s="98" t="str">
+      <c r="W172" s="89"/>
+      <c r="X172" s="89"/>
+      <c r="Y172" s="89"/>
+      <c r="Z172" s="89"/>
+      <c r="AA172" s="89"/>
+      <c r="AB172" s="89"/>
+      <c r="AC172" s="89"/>
+      <c r="AD172" s="89"/>
+      <c r="AE172" s="89"/>
+      <c r="AF172" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG172" s="23"/>
+      <c r="AG172" s="89"/>
       <c r="AH172" s="23"/>
       <c r="AI172" s="23"/>
       <c r="AJ172" s="23"/>
       <c r="AK172" s="23"/>
       <c r="AL172" s="23"/>
       <c r="AM172" s="23"/>
-      <c r="AN172" s="98" t="str">
+      <c r="AN172" s="23"/>
+      <c r="AO172" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO172" s="97"/>
-[...8 lines deleted...]
-      <c r="AX172" s="99" t="str">
+      <c r="AP172" s="89"/>
+      <c r="AQ172" s="89"/>
+      <c r="AR172" s="89"/>
+      <c r="AS172" s="89"/>
+      <c r="AT172" s="89"/>
+      <c r="AU172" s="89"/>
+      <c r="AV172" s="89"/>
+      <c r="AW172" s="89"/>
+      <c r="AX172" s="89"/>
+      <c r="AY172" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY172" s="97"/>
-      <c r="AZ172" s="99" t="str">
+      <c r="AZ172" s="89"/>
+      <c r="BA172" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA172" s="97"/>
-[...1 lines deleted...]
-      <c r="BC172" s="99" t="str">
+      <c r="BB172" s="89"/>
+      <c r="BC172" s="89"/>
+      <c r="BD172" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD172" s="97"/>
-[...3 lines deleted...]
-      <c r="BH172" s="99" t="str">
+      <c r="BE172" s="89"/>
+      <c r="BF172" s="89"/>
+      <c r="BG172" s="89"/>
+      <c r="BH172" s="89"/>
+      <c r="BI172" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI172" s="99" t="str">
+      <c r="BJ172" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ172" s="22"/>
-[...13 lines deleted...]
-    <row r="173" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK172" s="22"/>
+      <c r="BL172" s="92"/>
+      <c r="BM172" s="92"/>
+      <c r="BN172" s="92"/>
+      <c r="BO172" s="92"/>
+      <c r="BP172" s="92"/>
+      <c r="BQ172" s="92"/>
+      <c r="BR172" s="92"/>
+      <c r="BS172" s="92"/>
+      <c r="BT172" s="92"/>
+      <c r="BU172" s="92"/>
+      <c r="BV172" s="92"/>
+      <c r="BW172" s="92"/>
+    </row>
+    <row r="173" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A173" s="22"/>
       <c r="B173" s="21"/>
       <c r="C173" s="22"/>
       <c r="D173" s="22"/>
       <c r="E173" s="22"/>
       <c r="F173" s="21"/>
       <c r="G173" s="22"/>
       <c r="H173" s="22"/>
       <c r="I173" s="23"/>
       <c r="J173" s="23"/>
-      <c r="K173" s="93"/>
-[...2 lines deleted...]
-      <c r="N173" s="95" t="str">
+      <c r="K173" s="85"/>
+      <c r="L173" s="86"/>
+      <c r="M173" s="86"/>
+      <c r="N173" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O173" s="96"/>
-[...1 lines deleted...]
-      <c r="Q173" s="96"/>
+      <c r="O173" s="88"/>
+      <c r="P173" s="88"/>
+      <c r="Q173" s="88"/>
       <c r="R173" s="23"/>
       <c r="S173" s="23"/>
-      <c r="T173" s="97"/>
+      <c r="T173" s="89"/>
       <c r="U173" s="23"/>
       <c r="V173" s="23"/>
-      <c r="W173" s="97"/>
-[...8 lines deleted...]
-      <c r="AF173" s="98" t="str">
+      <c r="W173" s="89"/>
+      <c r="X173" s="89"/>
+      <c r="Y173" s="89"/>
+      <c r="Z173" s="89"/>
+      <c r="AA173" s="89"/>
+      <c r="AB173" s="89"/>
+      <c r="AC173" s="89"/>
+      <c r="AD173" s="89"/>
+      <c r="AE173" s="89"/>
+      <c r="AF173" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG173" s="23"/>
+      <c r="AG173" s="89"/>
       <c r="AH173" s="23"/>
       <c r="AI173" s="23"/>
       <c r="AJ173" s="23"/>
       <c r="AK173" s="23"/>
       <c r="AL173" s="23"/>
       <c r="AM173" s="23"/>
-      <c r="AN173" s="98" t="str">
+      <c r="AN173" s="23"/>
+      <c r="AO173" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO173" s="97"/>
-[...8 lines deleted...]
-      <c r="AX173" s="99" t="str">
+      <c r="AP173" s="89"/>
+      <c r="AQ173" s="89"/>
+      <c r="AR173" s="89"/>
+      <c r="AS173" s="89"/>
+      <c r="AT173" s="89"/>
+      <c r="AU173" s="89"/>
+      <c r="AV173" s="89"/>
+      <c r="AW173" s="89"/>
+      <c r="AX173" s="89"/>
+      <c r="AY173" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY173" s="97"/>
-      <c r="AZ173" s="99" t="str">
+      <c r="AZ173" s="89"/>
+      <c r="BA173" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA173" s="97"/>
-[...1 lines deleted...]
-      <c r="BC173" s="99" t="str">
+      <c r="BB173" s="89"/>
+      <c r="BC173" s="89"/>
+      <c r="BD173" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD173" s="97"/>
-[...3 lines deleted...]
-      <c r="BH173" s="99" t="str">
+      <c r="BE173" s="89"/>
+      <c r="BF173" s="89"/>
+      <c r="BG173" s="89"/>
+      <c r="BH173" s="89"/>
+      <c r="BI173" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI173" s="99" t="str">
+      <c r="BJ173" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ173" s="22"/>
-[...13 lines deleted...]
-    <row r="174" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK173" s="22"/>
+      <c r="BL173" s="92"/>
+      <c r="BM173" s="92"/>
+      <c r="BN173" s="92"/>
+      <c r="BO173" s="92"/>
+      <c r="BP173" s="92"/>
+      <c r="BQ173" s="92"/>
+      <c r="BR173" s="92"/>
+      <c r="BS173" s="92"/>
+      <c r="BT173" s="92"/>
+      <c r="BU173" s="92"/>
+      <c r="BV173" s="92"/>
+      <c r="BW173" s="92"/>
+    </row>
+    <row r="174" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A174" s="22"/>
       <c r="B174" s="21"/>
       <c r="C174" s="22"/>
       <c r="D174" s="22"/>
       <c r="E174" s="22"/>
       <c r="F174" s="21"/>
       <c r="G174" s="22"/>
       <c r="H174" s="22"/>
       <c r="I174" s="23"/>
       <c r="J174" s="23"/>
-      <c r="K174" s="93"/>
-[...2 lines deleted...]
-      <c r="N174" s="95" t="str">
+      <c r="K174" s="85"/>
+      <c r="L174" s="86"/>
+      <c r="M174" s="86"/>
+      <c r="N174" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O174" s="96"/>
-[...1 lines deleted...]
-      <c r="Q174" s="96"/>
+      <c r="O174" s="88"/>
+      <c r="P174" s="88"/>
+      <c r="Q174" s="88"/>
       <c r="R174" s="23"/>
       <c r="S174" s="23"/>
-      <c r="T174" s="97"/>
+      <c r="T174" s="89"/>
       <c r="U174" s="23"/>
       <c r="V174" s="23"/>
-      <c r="W174" s="97"/>
-[...8 lines deleted...]
-      <c r="AF174" s="98" t="str">
+      <c r="W174" s="89"/>
+      <c r="X174" s="89"/>
+      <c r="Y174" s="89"/>
+      <c r="Z174" s="89"/>
+      <c r="AA174" s="89"/>
+      <c r="AB174" s="89"/>
+      <c r="AC174" s="89"/>
+      <c r="AD174" s="89"/>
+      <c r="AE174" s="89"/>
+      <c r="AF174" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG174" s="23"/>
+      <c r="AG174" s="89"/>
       <c r="AH174" s="23"/>
       <c r="AI174" s="23"/>
       <c r="AJ174" s="23"/>
       <c r="AK174" s="23"/>
       <c r="AL174" s="23"/>
       <c r="AM174" s="23"/>
-      <c r="AN174" s="98" t="str">
+      <c r="AN174" s="23"/>
+      <c r="AO174" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO174" s="97"/>
-[...8 lines deleted...]
-      <c r="AX174" s="99" t="str">
+      <c r="AP174" s="89"/>
+      <c r="AQ174" s="89"/>
+      <c r="AR174" s="89"/>
+      <c r="AS174" s="89"/>
+      <c r="AT174" s="89"/>
+      <c r="AU174" s="89"/>
+      <c r="AV174" s="89"/>
+      <c r="AW174" s="89"/>
+      <c r="AX174" s="89"/>
+      <c r="AY174" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY174" s="97"/>
-      <c r="AZ174" s="99" t="str">
+      <c r="AZ174" s="89"/>
+      <c r="BA174" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA174" s="97"/>
-[...1 lines deleted...]
-      <c r="BC174" s="99" t="str">
+      <c r="BB174" s="89"/>
+      <c r="BC174" s="89"/>
+      <c r="BD174" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD174" s="97"/>
-[...3 lines deleted...]
-      <c r="BH174" s="99" t="str">
+      <c r="BE174" s="89"/>
+      <c r="BF174" s="89"/>
+      <c r="BG174" s="89"/>
+      <c r="BH174" s="89"/>
+      <c r="BI174" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI174" s="99" t="str">
+      <c r="BJ174" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ174" s="22"/>
-[...13 lines deleted...]
-    <row r="175" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK174" s="22"/>
+      <c r="BL174" s="92"/>
+      <c r="BM174" s="92"/>
+      <c r="BN174" s="92"/>
+      <c r="BO174" s="92"/>
+      <c r="BP174" s="92"/>
+      <c r="BQ174" s="92"/>
+      <c r="BR174" s="92"/>
+      <c r="BS174" s="92"/>
+      <c r="BT174" s="92"/>
+      <c r="BU174" s="92"/>
+      <c r="BV174" s="92"/>
+      <c r="BW174" s="92"/>
+    </row>
+    <row r="175" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A175" s="22"/>
       <c r="B175" s="21"/>
       <c r="C175" s="22"/>
       <c r="D175" s="22"/>
       <c r="E175" s="22"/>
       <c r="F175" s="21"/>
       <c r="G175" s="22"/>
       <c r="H175" s="22"/>
       <c r="I175" s="23"/>
       <c r="J175" s="23"/>
-      <c r="K175" s="93"/>
-[...2 lines deleted...]
-      <c r="N175" s="95" t="str">
+      <c r="K175" s="85"/>
+      <c r="L175" s="86"/>
+      <c r="M175" s="86"/>
+      <c r="N175" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O175" s="96"/>
-[...1 lines deleted...]
-      <c r="Q175" s="96"/>
+      <c r="O175" s="88"/>
+      <c r="P175" s="88"/>
+      <c r="Q175" s="88"/>
       <c r="R175" s="23"/>
       <c r="S175" s="23"/>
-      <c r="T175" s="97"/>
+      <c r="T175" s="89"/>
       <c r="U175" s="23"/>
       <c r="V175" s="23"/>
-      <c r="W175" s="97"/>
-[...8 lines deleted...]
-      <c r="AF175" s="98" t="str">
+      <c r="W175" s="89"/>
+      <c r="X175" s="89"/>
+      <c r="Y175" s="89"/>
+      <c r="Z175" s="89"/>
+      <c r="AA175" s="89"/>
+      <c r="AB175" s="89"/>
+      <c r="AC175" s="89"/>
+      <c r="AD175" s="89"/>
+      <c r="AE175" s="89"/>
+      <c r="AF175" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG175" s="23"/>
+      <c r="AG175" s="89"/>
       <c r="AH175" s="23"/>
       <c r="AI175" s="23"/>
       <c r="AJ175" s="23"/>
       <c r="AK175" s="23"/>
       <c r="AL175" s="23"/>
       <c r="AM175" s="23"/>
-      <c r="AN175" s="98" t="str">
+      <c r="AN175" s="23"/>
+      <c r="AO175" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO175" s="97"/>
-[...8 lines deleted...]
-      <c r="AX175" s="99" t="str">
+      <c r="AP175" s="89"/>
+      <c r="AQ175" s="89"/>
+      <c r="AR175" s="89"/>
+      <c r="AS175" s="89"/>
+      <c r="AT175" s="89"/>
+      <c r="AU175" s="89"/>
+      <c r="AV175" s="89"/>
+      <c r="AW175" s="89"/>
+      <c r="AX175" s="89"/>
+      <c r="AY175" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY175" s="97"/>
-      <c r="AZ175" s="99" t="str">
+      <c r="AZ175" s="89"/>
+      <c r="BA175" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA175" s="97"/>
-[...1 lines deleted...]
-      <c r="BC175" s="99" t="str">
+      <c r="BB175" s="89"/>
+      <c r="BC175" s="89"/>
+      <c r="BD175" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD175" s="97"/>
-[...3 lines deleted...]
-      <c r="BH175" s="99" t="str">
+      <c r="BE175" s="89"/>
+      <c r="BF175" s="89"/>
+      <c r="BG175" s="89"/>
+      <c r="BH175" s="89"/>
+      <c r="BI175" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI175" s="99" t="str">
+      <c r="BJ175" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ175" s="22"/>
-[...13 lines deleted...]
-    <row r="176" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK175" s="22"/>
+      <c r="BL175" s="92"/>
+      <c r="BM175" s="92"/>
+      <c r="BN175" s="92"/>
+      <c r="BO175" s="92"/>
+      <c r="BP175" s="92"/>
+      <c r="BQ175" s="92"/>
+      <c r="BR175" s="92"/>
+      <c r="BS175" s="92"/>
+      <c r="BT175" s="92"/>
+      <c r="BU175" s="92"/>
+      <c r="BV175" s="92"/>
+      <c r="BW175" s="92"/>
+    </row>
+    <row r="176" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A176" s="22"/>
       <c r="B176" s="21"/>
       <c r="C176" s="22"/>
       <c r="D176" s="22"/>
       <c r="E176" s="22"/>
       <c r="F176" s="21"/>
       <c r="G176" s="22"/>
       <c r="H176" s="22"/>
       <c r="I176" s="23"/>
       <c r="J176" s="23"/>
-      <c r="K176" s="93"/>
-[...2 lines deleted...]
-      <c r="N176" s="95" t="str">
+      <c r="K176" s="85"/>
+      <c r="L176" s="86"/>
+      <c r="M176" s="86"/>
+      <c r="N176" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O176" s="96"/>
-[...1 lines deleted...]
-      <c r="Q176" s="96"/>
+      <c r="O176" s="88"/>
+      <c r="P176" s="88"/>
+      <c r="Q176" s="88"/>
       <c r="R176" s="23"/>
       <c r="S176" s="23"/>
-      <c r="T176" s="97"/>
+      <c r="T176" s="89"/>
       <c r="U176" s="23"/>
       <c r="V176" s="23"/>
-      <c r="W176" s="97"/>
-[...8 lines deleted...]
-      <c r="AF176" s="98" t="str">
+      <c r="W176" s="89"/>
+      <c r="X176" s="89"/>
+      <c r="Y176" s="89"/>
+      <c r="Z176" s="89"/>
+      <c r="AA176" s="89"/>
+      <c r="AB176" s="89"/>
+      <c r="AC176" s="89"/>
+      <c r="AD176" s="89"/>
+      <c r="AE176" s="89"/>
+      <c r="AF176" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG176" s="23"/>
+      <c r="AG176" s="89"/>
       <c r="AH176" s="23"/>
       <c r="AI176" s="23"/>
       <c r="AJ176" s="23"/>
       <c r="AK176" s="23"/>
       <c r="AL176" s="23"/>
       <c r="AM176" s="23"/>
-      <c r="AN176" s="98" t="str">
+      <c r="AN176" s="23"/>
+      <c r="AO176" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO176" s="97"/>
-[...8 lines deleted...]
-      <c r="AX176" s="99" t="str">
+      <c r="AP176" s="89"/>
+      <c r="AQ176" s="89"/>
+      <c r="AR176" s="89"/>
+      <c r="AS176" s="89"/>
+      <c r="AT176" s="89"/>
+      <c r="AU176" s="89"/>
+      <c r="AV176" s="89"/>
+      <c r="AW176" s="89"/>
+      <c r="AX176" s="89"/>
+      <c r="AY176" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY176" s="97"/>
-      <c r="AZ176" s="99" t="str">
+      <c r="AZ176" s="89"/>
+      <c r="BA176" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA176" s="97"/>
-[...1 lines deleted...]
-      <c r="BC176" s="99" t="str">
+      <c r="BB176" s="89"/>
+      <c r="BC176" s="89"/>
+      <c r="BD176" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD176" s="97"/>
-[...3 lines deleted...]
-      <c r="BH176" s="99" t="str">
+      <c r="BE176" s="89"/>
+      <c r="BF176" s="89"/>
+      <c r="BG176" s="89"/>
+      <c r="BH176" s="89"/>
+      <c r="BI176" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI176" s="99" t="str">
+      <c r="BJ176" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ176" s="22"/>
-[...13 lines deleted...]
-    <row r="177" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK176" s="22"/>
+      <c r="BL176" s="92"/>
+      <c r="BM176" s="92"/>
+      <c r="BN176" s="92"/>
+      <c r="BO176" s="92"/>
+      <c r="BP176" s="92"/>
+      <c r="BQ176" s="92"/>
+      <c r="BR176" s="92"/>
+      <c r="BS176" s="92"/>
+      <c r="BT176" s="92"/>
+      <c r="BU176" s="92"/>
+      <c r="BV176" s="92"/>
+      <c r="BW176" s="92"/>
+    </row>
+    <row r="177" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A177" s="22"/>
       <c r="B177" s="21"/>
       <c r="C177" s="22"/>
       <c r="D177" s="22"/>
       <c r="E177" s="22"/>
       <c r="F177" s="21"/>
       <c r="G177" s="22"/>
       <c r="H177" s="22"/>
       <c r="I177" s="23"/>
       <c r="J177" s="23"/>
-      <c r="K177" s="93"/>
-[...2 lines deleted...]
-      <c r="N177" s="95" t="str">
+      <c r="K177" s="85"/>
+      <c r="L177" s="86"/>
+      <c r="M177" s="86"/>
+      <c r="N177" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O177" s="96"/>
-[...1 lines deleted...]
-      <c r="Q177" s="96"/>
+      <c r="O177" s="88"/>
+      <c r="P177" s="88"/>
+      <c r="Q177" s="88"/>
       <c r="R177" s="23"/>
       <c r="S177" s="23"/>
-      <c r="T177" s="97"/>
+      <c r="T177" s="89"/>
       <c r="U177" s="23"/>
       <c r="V177" s="23"/>
-      <c r="W177" s="97"/>
-[...8 lines deleted...]
-      <c r="AF177" s="98" t="str">
+      <c r="W177" s="89"/>
+      <c r="X177" s="89"/>
+      <c r="Y177" s="89"/>
+      <c r="Z177" s="89"/>
+      <c r="AA177" s="89"/>
+      <c r="AB177" s="89"/>
+      <c r="AC177" s="89"/>
+      <c r="AD177" s="89"/>
+      <c r="AE177" s="89"/>
+      <c r="AF177" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG177" s="23"/>
+      <c r="AG177" s="89"/>
       <c r="AH177" s="23"/>
       <c r="AI177" s="23"/>
       <c r="AJ177" s="23"/>
       <c r="AK177" s="23"/>
       <c r="AL177" s="23"/>
       <c r="AM177" s="23"/>
-      <c r="AN177" s="98" t="str">
+      <c r="AN177" s="23"/>
+      <c r="AO177" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO177" s="97"/>
-[...8 lines deleted...]
-      <c r="AX177" s="99" t="str">
+      <c r="AP177" s="89"/>
+      <c r="AQ177" s="89"/>
+      <c r="AR177" s="89"/>
+      <c r="AS177" s="89"/>
+      <c r="AT177" s="89"/>
+      <c r="AU177" s="89"/>
+      <c r="AV177" s="89"/>
+      <c r="AW177" s="89"/>
+      <c r="AX177" s="89"/>
+      <c r="AY177" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY177" s="97"/>
-      <c r="AZ177" s="99" t="str">
+      <c r="AZ177" s="89"/>
+      <c r="BA177" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA177" s="97"/>
-[...1 lines deleted...]
-      <c r="BC177" s="99" t="str">
+      <c r="BB177" s="89"/>
+      <c r="BC177" s="89"/>
+      <c r="BD177" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD177" s="97"/>
-[...3 lines deleted...]
-      <c r="BH177" s="99" t="str">
+      <c r="BE177" s="89"/>
+      <c r="BF177" s="89"/>
+      <c r="BG177" s="89"/>
+      <c r="BH177" s="89"/>
+      <c r="BI177" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI177" s="99" t="str">
+      <c r="BJ177" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ177" s="22"/>
-[...13 lines deleted...]
-    <row r="178" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK177" s="22"/>
+      <c r="BL177" s="92"/>
+      <c r="BM177" s="92"/>
+      <c r="BN177" s="92"/>
+      <c r="BO177" s="92"/>
+      <c r="BP177" s="92"/>
+      <c r="BQ177" s="92"/>
+      <c r="BR177" s="92"/>
+      <c r="BS177" s="92"/>
+      <c r="BT177" s="92"/>
+      <c r="BU177" s="92"/>
+      <c r="BV177" s="92"/>
+      <c r="BW177" s="92"/>
+    </row>
+    <row r="178" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A178" s="22"/>
       <c r="B178" s="21"/>
       <c r="C178" s="22"/>
       <c r="D178" s="22"/>
       <c r="E178" s="22"/>
       <c r="F178" s="21"/>
       <c r="G178" s="22"/>
       <c r="H178" s="22"/>
       <c r="I178" s="23"/>
       <c r="J178" s="23"/>
-      <c r="K178" s="93"/>
-[...2 lines deleted...]
-      <c r="N178" s="95" t="str">
+      <c r="K178" s="85"/>
+      <c r="L178" s="86"/>
+      <c r="M178" s="86"/>
+      <c r="N178" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O178" s="96"/>
-[...1 lines deleted...]
-      <c r="Q178" s="96"/>
+      <c r="O178" s="88"/>
+      <c r="P178" s="88"/>
+      <c r="Q178" s="88"/>
       <c r="R178" s="23"/>
       <c r="S178" s="23"/>
-      <c r="T178" s="97"/>
+      <c r="T178" s="89"/>
       <c r="U178" s="23"/>
       <c r="V178" s="23"/>
-      <c r="W178" s="97"/>
-[...8 lines deleted...]
-      <c r="AF178" s="98" t="str">
+      <c r="W178" s="89"/>
+      <c r="X178" s="89"/>
+      <c r="Y178" s="89"/>
+      <c r="Z178" s="89"/>
+      <c r="AA178" s="89"/>
+      <c r="AB178" s="89"/>
+      <c r="AC178" s="89"/>
+      <c r="AD178" s="89"/>
+      <c r="AE178" s="89"/>
+      <c r="AF178" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG178" s="23"/>
+      <c r="AG178" s="89"/>
       <c r="AH178" s="23"/>
       <c r="AI178" s="23"/>
       <c r="AJ178" s="23"/>
       <c r="AK178" s="23"/>
       <c r="AL178" s="23"/>
       <c r="AM178" s="23"/>
-      <c r="AN178" s="98" t="str">
+      <c r="AN178" s="23"/>
+      <c r="AO178" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO178" s="97"/>
-[...8 lines deleted...]
-      <c r="AX178" s="99" t="str">
+      <c r="AP178" s="89"/>
+      <c r="AQ178" s="89"/>
+      <c r="AR178" s="89"/>
+      <c r="AS178" s="89"/>
+      <c r="AT178" s="89"/>
+      <c r="AU178" s="89"/>
+      <c r="AV178" s="89"/>
+      <c r="AW178" s="89"/>
+      <c r="AX178" s="89"/>
+      <c r="AY178" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY178" s="97"/>
-      <c r="AZ178" s="99" t="str">
+      <c r="AZ178" s="89"/>
+      <c r="BA178" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA178" s="97"/>
-[...1 lines deleted...]
-      <c r="BC178" s="99" t="str">
+      <c r="BB178" s="89"/>
+      <c r="BC178" s="89"/>
+      <c r="BD178" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD178" s="97"/>
-[...3 lines deleted...]
-      <c r="BH178" s="99" t="str">
+      <c r="BE178" s="89"/>
+      <c r="BF178" s="89"/>
+      <c r="BG178" s="89"/>
+      <c r="BH178" s="89"/>
+      <c r="BI178" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI178" s="99" t="str">
+      <c r="BJ178" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ178" s="22"/>
-[...13 lines deleted...]
-    <row r="179" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK178" s="22"/>
+      <c r="BL178" s="92"/>
+      <c r="BM178" s="92"/>
+      <c r="BN178" s="92"/>
+      <c r="BO178" s="92"/>
+      <c r="BP178" s="92"/>
+      <c r="BQ178" s="92"/>
+      <c r="BR178" s="92"/>
+      <c r="BS178" s="92"/>
+      <c r="BT178" s="92"/>
+      <c r="BU178" s="92"/>
+      <c r="BV178" s="92"/>
+      <c r="BW178" s="92"/>
+    </row>
+    <row r="179" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A179" s="22"/>
       <c r="B179" s="21"/>
       <c r="C179" s="22"/>
       <c r="D179" s="22"/>
       <c r="E179" s="22"/>
       <c r="F179" s="21"/>
       <c r="G179" s="22"/>
       <c r="H179" s="22"/>
       <c r="I179" s="23"/>
       <c r="J179" s="23"/>
-      <c r="K179" s="93"/>
-[...2 lines deleted...]
-      <c r="N179" s="95" t="str">
+      <c r="K179" s="85"/>
+      <c r="L179" s="86"/>
+      <c r="M179" s="86"/>
+      <c r="N179" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O179" s="96"/>
-[...1 lines deleted...]
-      <c r="Q179" s="96"/>
+      <c r="O179" s="88"/>
+      <c r="P179" s="88"/>
+      <c r="Q179" s="88"/>
       <c r="R179" s="23"/>
       <c r="S179" s="23"/>
-      <c r="T179" s="97"/>
+      <c r="T179" s="89"/>
       <c r="U179" s="23"/>
       <c r="V179" s="23"/>
-      <c r="W179" s="97"/>
-[...8 lines deleted...]
-      <c r="AF179" s="98" t="str">
+      <c r="W179" s="89"/>
+      <c r="X179" s="89"/>
+      <c r="Y179" s="89"/>
+      <c r="Z179" s="89"/>
+      <c r="AA179" s="89"/>
+      <c r="AB179" s="89"/>
+      <c r="AC179" s="89"/>
+      <c r="AD179" s="89"/>
+      <c r="AE179" s="89"/>
+      <c r="AF179" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG179" s="23"/>
+      <c r="AG179" s="89"/>
       <c r="AH179" s="23"/>
       <c r="AI179" s="23"/>
       <c r="AJ179" s="23"/>
       <c r="AK179" s="23"/>
       <c r="AL179" s="23"/>
       <c r="AM179" s="23"/>
-      <c r="AN179" s="98" t="str">
+      <c r="AN179" s="23"/>
+      <c r="AO179" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO179" s="97"/>
-[...8 lines deleted...]
-      <c r="AX179" s="99" t="str">
+      <c r="AP179" s="89"/>
+      <c r="AQ179" s="89"/>
+      <c r="AR179" s="89"/>
+      <c r="AS179" s="89"/>
+      <c r="AT179" s="89"/>
+      <c r="AU179" s="89"/>
+      <c r="AV179" s="89"/>
+      <c r="AW179" s="89"/>
+      <c r="AX179" s="89"/>
+      <c r="AY179" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY179" s="97"/>
-      <c r="AZ179" s="99" t="str">
+      <c r="AZ179" s="89"/>
+      <c r="BA179" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA179" s="97"/>
-[...1 lines deleted...]
-      <c r="BC179" s="99" t="str">
+      <c r="BB179" s="89"/>
+      <c r="BC179" s="89"/>
+      <c r="BD179" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD179" s="97"/>
-[...3 lines deleted...]
-      <c r="BH179" s="99" t="str">
+      <c r="BE179" s="89"/>
+      <c r="BF179" s="89"/>
+      <c r="BG179" s="89"/>
+      <c r="BH179" s="89"/>
+      <c r="BI179" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI179" s="99" t="str">
+      <c r="BJ179" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ179" s="22"/>
-[...13 lines deleted...]
-    <row r="180" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK179" s="22"/>
+      <c r="BL179" s="92"/>
+      <c r="BM179" s="92"/>
+      <c r="BN179" s="92"/>
+      <c r="BO179" s="92"/>
+      <c r="BP179" s="92"/>
+      <c r="BQ179" s="92"/>
+      <c r="BR179" s="92"/>
+      <c r="BS179" s="92"/>
+      <c r="BT179" s="92"/>
+      <c r="BU179" s="92"/>
+      <c r="BV179" s="92"/>
+      <c r="BW179" s="92"/>
+    </row>
+    <row r="180" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A180" s="22"/>
       <c r="B180" s="21"/>
       <c r="C180" s="22"/>
       <c r="D180" s="22"/>
       <c r="E180" s="22"/>
       <c r="F180" s="21"/>
       <c r="G180" s="22"/>
       <c r="H180" s="22"/>
       <c r="I180" s="23"/>
       <c r="J180" s="23"/>
-      <c r="K180" s="93"/>
-[...2 lines deleted...]
-      <c r="N180" s="95" t="str">
+      <c r="K180" s="85"/>
+      <c r="L180" s="86"/>
+      <c r="M180" s="86"/>
+      <c r="N180" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O180" s="96"/>
-[...1 lines deleted...]
-      <c r="Q180" s="96"/>
+      <c r="O180" s="88"/>
+      <c r="P180" s="88"/>
+      <c r="Q180" s="88"/>
       <c r="R180" s="23"/>
       <c r="S180" s="23"/>
-      <c r="T180" s="97"/>
+      <c r="T180" s="89"/>
       <c r="U180" s="23"/>
       <c r="V180" s="23"/>
-      <c r="W180" s="97"/>
-[...8 lines deleted...]
-      <c r="AF180" s="98" t="str">
+      <c r="W180" s="89"/>
+      <c r="X180" s="89"/>
+      <c r="Y180" s="89"/>
+      <c r="Z180" s="89"/>
+      <c r="AA180" s="89"/>
+      <c r="AB180" s="89"/>
+      <c r="AC180" s="89"/>
+      <c r="AD180" s="89"/>
+      <c r="AE180" s="89"/>
+      <c r="AF180" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG180" s="23"/>
+      <c r="AG180" s="89"/>
       <c r="AH180" s="23"/>
       <c r="AI180" s="23"/>
       <c r="AJ180" s="23"/>
       <c r="AK180" s="23"/>
       <c r="AL180" s="23"/>
       <c r="AM180" s="23"/>
-      <c r="AN180" s="98" t="str">
+      <c r="AN180" s="23"/>
+      <c r="AO180" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO180" s="97"/>
-[...8 lines deleted...]
-      <c r="AX180" s="99" t="str">
+      <c r="AP180" s="89"/>
+      <c r="AQ180" s="89"/>
+      <c r="AR180" s="89"/>
+      <c r="AS180" s="89"/>
+      <c r="AT180" s="89"/>
+      <c r="AU180" s="89"/>
+      <c r="AV180" s="89"/>
+      <c r="AW180" s="89"/>
+      <c r="AX180" s="89"/>
+      <c r="AY180" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY180" s="97"/>
-      <c r="AZ180" s="99" t="str">
+      <c r="AZ180" s="89"/>
+      <c r="BA180" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA180" s="97"/>
-[...1 lines deleted...]
-      <c r="BC180" s="99" t="str">
+      <c r="BB180" s="89"/>
+      <c r="BC180" s="89"/>
+      <c r="BD180" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD180" s="97"/>
-[...3 lines deleted...]
-      <c r="BH180" s="99" t="str">
+      <c r="BE180" s="89"/>
+      <c r="BF180" s="89"/>
+      <c r="BG180" s="89"/>
+      <c r="BH180" s="89"/>
+      <c r="BI180" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI180" s="99" t="str">
+      <c r="BJ180" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ180" s="22"/>
-[...13 lines deleted...]
-    <row r="181" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK180" s="22"/>
+      <c r="BL180" s="92"/>
+      <c r="BM180" s="92"/>
+      <c r="BN180" s="92"/>
+      <c r="BO180" s="92"/>
+      <c r="BP180" s="92"/>
+      <c r="BQ180" s="92"/>
+      <c r="BR180" s="92"/>
+      <c r="BS180" s="92"/>
+      <c r="BT180" s="92"/>
+      <c r="BU180" s="92"/>
+      <c r="BV180" s="92"/>
+      <c r="BW180" s="92"/>
+    </row>
+    <row r="181" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A181" s="22"/>
       <c r="B181" s="21"/>
       <c r="C181" s="22"/>
       <c r="D181" s="22"/>
       <c r="E181" s="22"/>
       <c r="F181" s="21"/>
       <c r="G181" s="22"/>
       <c r="H181" s="22"/>
       <c r="I181" s="23"/>
       <c r="J181" s="23"/>
-      <c r="K181" s="93"/>
-[...2 lines deleted...]
-      <c r="N181" s="95" t="str">
+      <c r="K181" s="85"/>
+      <c r="L181" s="86"/>
+      <c r="M181" s="86"/>
+      <c r="N181" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O181" s="96"/>
-[...1 lines deleted...]
-      <c r="Q181" s="96"/>
+      <c r="O181" s="88"/>
+      <c r="P181" s="88"/>
+      <c r="Q181" s="88"/>
       <c r="R181" s="23"/>
       <c r="S181" s="23"/>
-      <c r="T181" s="97"/>
+      <c r="T181" s="89"/>
       <c r="U181" s="23"/>
       <c r="V181" s="23"/>
-      <c r="W181" s="97"/>
-[...8 lines deleted...]
-      <c r="AF181" s="98" t="str">
+      <c r="W181" s="89"/>
+      <c r="X181" s="89"/>
+      <c r="Y181" s="89"/>
+      <c r="Z181" s="89"/>
+      <c r="AA181" s="89"/>
+      <c r="AB181" s="89"/>
+      <c r="AC181" s="89"/>
+      <c r="AD181" s="89"/>
+      <c r="AE181" s="89"/>
+      <c r="AF181" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG181" s="23"/>
+      <c r="AG181" s="89"/>
       <c r="AH181" s="23"/>
       <c r="AI181" s="23"/>
       <c r="AJ181" s="23"/>
       <c r="AK181" s="23"/>
       <c r="AL181" s="23"/>
       <c r="AM181" s="23"/>
-      <c r="AN181" s="98" t="str">
+      <c r="AN181" s="23"/>
+      <c r="AO181" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO181" s="97"/>
-[...8 lines deleted...]
-      <c r="AX181" s="99" t="str">
+      <c r="AP181" s="89"/>
+      <c r="AQ181" s="89"/>
+      <c r="AR181" s="89"/>
+      <c r="AS181" s="89"/>
+      <c r="AT181" s="89"/>
+      <c r="AU181" s="89"/>
+      <c r="AV181" s="89"/>
+      <c r="AW181" s="89"/>
+      <c r="AX181" s="89"/>
+      <c r="AY181" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY181" s="97"/>
-      <c r="AZ181" s="99" t="str">
+      <c r="AZ181" s="89"/>
+      <c r="BA181" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA181" s="97"/>
-[...1 lines deleted...]
-      <c r="BC181" s="99" t="str">
+      <c r="BB181" s="89"/>
+      <c r="BC181" s="89"/>
+      <c r="BD181" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD181" s="97"/>
-[...3 lines deleted...]
-      <c r="BH181" s="99" t="str">
+      <c r="BE181" s="89"/>
+      <c r="BF181" s="89"/>
+      <c r="BG181" s="89"/>
+      <c r="BH181" s="89"/>
+      <c r="BI181" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI181" s="99" t="str">
+      <c r="BJ181" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ181" s="22"/>
-[...13 lines deleted...]
-    <row r="182" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK181" s="22"/>
+      <c r="BL181" s="92"/>
+      <c r="BM181" s="92"/>
+      <c r="BN181" s="92"/>
+      <c r="BO181" s="92"/>
+      <c r="BP181" s="92"/>
+      <c r="BQ181" s="92"/>
+      <c r="BR181" s="92"/>
+      <c r="BS181" s="92"/>
+      <c r="BT181" s="92"/>
+      <c r="BU181" s="92"/>
+      <c r="BV181" s="92"/>
+      <c r="BW181" s="92"/>
+    </row>
+    <row r="182" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A182" s="22"/>
       <c r="B182" s="21"/>
       <c r="C182" s="22"/>
       <c r="D182" s="22"/>
       <c r="E182" s="22"/>
       <c r="F182" s="21"/>
       <c r="G182" s="22"/>
       <c r="H182" s="22"/>
       <c r="I182" s="23"/>
       <c r="J182" s="23"/>
-      <c r="K182" s="93"/>
-[...2 lines deleted...]
-      <c r="N182" s="95" t="str">
+      <c r="K182" s="85"/>
+      <c r="L182" s="86"/>
+      <c r="M182" s="86"/>
+      <c r="N182" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O182" s="96"/>
-[...1 lines deleted...]
-      <c r="Q182" s="96"/>
+      <c r="O182" s="88"/>
+      <c r="P182" s="88"/>
+      <c r="Q182" s="88"/>
       <c r="R182" s="23"/>
       <c r="S182" s="23"/>
-      <c r="T182" s="97"/>
+      <c r="T182" s="89"/>
       <c r="U182" s="23"/>
       <c r="V182" s="23"/>
-      <c r="W182" s="97"/>
-[...8 lines deleted...]
-      <c r="AF182" s="98" t="str">
+      <c r="W182" s="89"/>
+      <c r="X182" s="89"/>
+      <c r="Y182" s="89"/>
+      <c r="Z182" s="89"/>
+      <c r="AA182" s="89"/>
+      <c r="AB182" s="89"/>
+      <c r="AC182" s="89"/>
+      <c r="AD182" s="89"/>
+      <c r="AE182" s="89"/>
+      <c r="AF182" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG182" s="23"/>
+      <c r="AG182" s="89"/>
       <c r="AH182" s="23"/>
       <c r="AI182" s="23"/>
       <c r="AJ182" s="23"/>
       <c r="AK182" s="23"/>
       <c r="AL182" s="23"/>
       <c r="AM182" s="23"/>
-      <c r="AN182" s="98" t="str">
+      <c r="AN182" s="23"/>
+      <c r="AO182" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO182" s="97"/>
-[...8 lines deleted...]
-      <c r="AX182" s="99" t="str">
+      <c r="AP182" s="89"/>
+      <c r="AQ182" s="89"/>
+      <c r="AR182" s="89"/>
+      <c r="AS182" s="89"/>
+      <c r="AT182" s="89"/>
+      <c r="AU182" s="89"/>
+      <c r="AV182" s="89"/>
+      <c r="AW182" s="89"/>
+      <c r="AX182" s="89"/>
+      <c r="AY182" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY182" s="97"/>
-      <c r="AZ182" s="99" t="str">
+      <c r="AZ182" s="89"/>
+      <c r="BA182" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA182" s="97"/>
-[...1 lines deleted...]
-      <c r="BC182" s="99" t="str">
+      <c r="BB182" s="89"/>
+      <c r="BC182" s="89"/>
+      <c r="BD182" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD182" s="97"/>
-[...3 lines deleted...]
-      <c r="BH182" s="99" t="str">
+      <c r="BE182" s="89"/>
+      <c r="BF182" s="89"/>
+      <c r="BG182" s="89"/>
+      <c r="BH182" s="89"/>
+      <c r="BI182" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI182" s="99" t="str">
+      <c r="BJ182" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ182" s="22"/>
-[...13 lines deleted...]
-    <row r="183" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK182" s="22"/>
+      <c r="BL182" s="92"/>
+      <c r="BM182" s="92"/>
+      <c r="BN182" s="92"/>
+      <c r="BO182" s="92"/>
+      <c r="BP182" s="92"/>
+      <c r="BQ182" s="92"/>
+      <c r="BR182" s="92"/>
+      <c r="BS182" s="92"/>
+      <c r="BT182" s="92"/>
+      <c r="BU182" s="92"/>
+      <c r="BV182" s="92"/>
+      <c r="BW182" s="92"/>
+    </row>
+    <row r="183" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A183" s="22"/>
       <c r="B183" s="21"/>
       <c r="C183" s="22"/>
       <c r="D183" s="22"/>
       <c r="E183" s="22"/>
       <c r="F183" s="21"/>
       <c r="G183" s="22"/>
       <c r="H183" s="22"/>
       <c r="I183" s="23"/>
       <c r="J183" s="23"/>
-      <c r="K183" s="93"/>
-[...2 lines deleted...]
-      <c r="N183" s="95" t="str">
+      <c r="K183" s="85"/>
+      <c r="L183" s="86"/>
+      <c r="M183" s="86"/>
+      <c r="N183" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O183" s="96"/>
-[...1 lines deleted...]
-      <c r="Q183" s="96"/>
+      <c r="O183" s="88"/>
+      <c r="P183" s="88"/>
+      <c r="Q183" s="88"/>
       <c r="R183" s="23"/>
       <c r="S183" s="23"/>
-      <c r="T183" s="97"/>
+      <c r="T183" s="89"/>
       <c r="U183" s="23"/>
       <c r="V183" s="23"/>
-      <c r="W183" s="97"/>
-[...8 lines deleted...]
-      <c r="AF183" s="98" t="str">
+      <c r="W183" s="89"/>
+      <c r="X183" s="89"/>
+      <c r="Y183" s="89"/>
+      <c r="Z183" s="89"/>
+      <c r="AA183" s="89"/>
+      <c r="AB183" s="89"/>
+      <c r="AC183" s="89"/>
+      <c r="AD183" s="89"/>
+      <c r="AE183" s="89"/>
+      <c r="AF183" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG183" s="23"/>
+      <c r="AG183" s="89"/>
       <c r="AH183" s="23"/>
       <c r="AI183" s="23"/>
       <c r="AJ183" s="23"/>
       <c r="AK183" s="23"/>
       <c r="AL183" s="23"/>
       <c r="AM183" s="23"/>
-      <c r="AN183" s="98" t="str">
+      <c r="AN183" s="23"/>
+      <c r="AO183" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO183" s="97"/>
-[...8 lines deleted...]
-      <c r="AX183" s="99" t="str">
+      <c r="AP183" s="89"/>
+      <c r="AQ183" s="89"/>
+      <c r="AR183" s="89"/>
+      <c r="AS183" s="89"/>
+      <c r="AT183" s="89"/>
+      <c r="AU183" s="89"/>
+      <c r="AV183" s="89"/>
+      <c r="AW183" s="89"/>
+      <c r="AX183" s="89"/>
+      <c r="AY183" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY183" s="97"/>
-      <c r="AZ183" s="99" t="str">
+      <c r="AZ183" s="89"/>
+      <c r="BA183" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA183" s="97"/>
-[...1 lines deleted...]
-      <c r="BC183" s="99" t="str">
+      <c r="BB183" s="89"/>
+      <c r="BC183" s="89"/>
+      <c r="BD183" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD183" s="97"/>
-[...3 lines deleted...]
-      <c r="BH183" s="99" t="str">
+      <c r="BE183" s="89"/>
+      <c r="BF183" s="89"/>
+      <c r="BG183" s="89"/>
+      <c r="BH183" s="89"/>
+      <c r="BI183" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI183" s="99" t="str">
+      <c r="BJ183" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ183" s="22"/>
-[...13 lines deleted...]
-    <row r="184" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK183" s="22"/>
+      <c r="BL183" s="92"/>
+      <c r="BM183" s="92"/>
+      <c r="BN183" s="92"/>
+      <c r="BO183" s="92"/>
+      <c r="BP183" s="92"/>
+      <c r="BQ183" s="92"/>
+      <c r="BR183" s="92"/>
+      <c r="BS183" s="92"/>
+      <c r="BT183" s="92"/>
+      <c r="BU183" s="92"/>
+      <c r="BV183" s="92"/>
+      <c r="BW183" s="92"/>
+    </row>
+    <row r="184" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A184" s="22"/>
       <c r="B184" s="21"/>
       <c r="C184" s="22"/>
       <c r="D184" s="22"/>
       <c r="E184" s="22"/>
       <c r="F184" s="21"/>
       <c r="G184" s="22"/>
       <c r="H184" s="22"/>
       <c r="I184" s="23"/>
       <c r="J184" s="23"/>
-      <c r="K184" s="93"/>
-[...2 lines deleted...]
-      <c r="N184" s="95" t="str">
+      <c r="K184" s="85"/>
+      <c r="L184" s="86"/>
+      <c r="M184" s="86"/>
+      <c r="N184" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O184" s="96"/>
-[...1 lines deleted...]
-      <c r="Q184" s="96"/>
+      <c r="O184" s="88"/>
+      <c r="P184" s="88"/>
+      <c r="Q184" s="88"/>
       <c r="R184" s="23"/>
       <c r="S184" s="23"/>
-      <c r="T184" s="97"/>
+      <c r="T184" s="89"/>
       <c r="U184" s="23"/>
       <c r="V184" s="23"/>
-      <c r="W184" s="97"/>
-[...8 lines deleted...]
-      <c r="AF184" s="98" t="str">
+      <c r="W184" s="89"/>
+      <c r="X184" s="89"/>
+      <c r="Y184" s="89"/>
+      <c r="Z184" s="89"/>
+      <c r="AA184" s="89"/>
+      <c r="AB184" s="89"/>
+      <c r="AC184" s="89"/>
+      <c r="AD184" s="89"/>
+      <c r="AE184" s="89"/>
+      <c r="AF184" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG184" s="23"/>
+      <c r="AG184" s="89"/>
       <c r="AH184" s="23"/>
       <c r="AI184" s="23"/>
       <c r="AJ184" s="23"/>
       <c r="AK184" s="23"/>
       <c r="AL184" s="23"/>
       <c r="AM184" s="23"/>
-      <c r="AN184" s="98" t="str">
+      <c r="AN184" s="23"/>
+      <c r="AO184" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO184" s="97"/>
-[...8 lines deleted...]
-      <c r="AX184" s="99" t="str">
+      <c r="AP184" s="89"/>
+      <c r="AQ184" s="89"/>
+      <c r="AR184" s="89"/>
+      <c r="AS184" s="89"/>
+      <c r="AT184" s="89"/>
+      <c r="AU184" s="89"/>
+      <c r="AV184" s="89"/>
+      <c r="AW184" s="89"/>
+      <c r="AX184" s="89"/>
+      <c r="AY184" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY184" s="97"/>
-      <c r="AZ184" s="99" t="str">
+      <c r="AZ184" s="89"/>
+      <c r="BA184" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA184" s="97"/>
-[...1 lines deleted...]
-      <c r="BC184" s="99" t="str">
+      <c r="BB184" s="89"/>
+      <c r="BC184" s="89"/>
+      <c r="BD184" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD184" s="97"/>
-[...3 lines deleted...]
-      <c r="BH184" s="99" t="str">
+      <c r="BE184" s="89"/>
+      <c r="BF184" s="89"/>
+      <c r="BG184" s="89"/>
+      <c r="BH184" s="89"/>
+      <c r="BI184" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI184" s="99" t="str">
+      <c r="BJ184" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ184" s="22"/>
-[...13 lines deleted...]
-    <row r="185" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK184" s="22"/>
+      <c r="BL184" s="92"/>
+      <c r="BM184" s="92"/>
+      <c r="BN184" s="92"/>
+      <c r="BO184" s="92"/>
+      <c r="BP184" s="92"/>
+      <c r="BQ184" s="92"/>
+      <c r="BR184" s="92"/>
+      <c r="BS184" s="92"/>
+      <c r="BT184" s="92"/>
+      <c r="BU184" s="92"/>
+      <c r="BV184" s="92"/>
+      <c r="BW184" s="92"/>
+    </row>
+    <row r="185" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A185" s="22"/>
       <c r="B185" s="21"/>
       <c r="C185" s="22"/>
       <c r="D185" s="22"/>
       <c r="E185" s="22"/>
       <c r="F185" s="21"/>
       <c r="G185" s="22"/>
       <c r="H185" s="22"/>
       <c r="I185" s="23"/>
       <c r="J185" s="23"/>
-      <c r="K185" s="93"/>
-[...2 lines deleted...]
-      <c r="N185" s="95" t="str">
+      <c r="K185" s="85"/>
+      <c r="L185" s="86"/>
+      <c r="M185" s="86"/>
+      <c r="N185" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O185" s="96"/>
-[...1 lines deleted...]
-      <c r="Q185" s="96"/>
+      <c r="O185" s="88"/>
+      <c r="P185" s="88"/>
+      <c r="Q185" s="88"/>
       <c r="R185" s="23"/>
       <c r="S185" s="23"/>
-      <c r="T185" s="97"/>
+      <c r="T185" s="89"/>
       <c r="U185" s="23"/>
       <c r="V185" s="23"/>
-      <c r="W185" s="97"/>
-[...8 lines deleted...]
-      <c r="AF185" s="98" t="str">
+      <c r="W185" s="89"/>
+      <c r="X185" s="89"/>
+      <c r="Y185" s="89"/>
+      <c r="Z185" s="89"/>
+      <c r="AA185" s="89"/>
+      <c r="AB185" s="89"/>
+      <c r="AC185" s="89"/>
+      <c r="AD185" s="89"/>
+      <c r="AE185" s="89"/>
+      <c r="AF185" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG185" s="23"/>
+      <c r="AG185" s="89"/>
       <c r="AH185" s="23"/>
       <c r="AI185" s="23"/>
       <c r="AJ185" s="23"/>
       <c r="AK185" s="23"/>
       <c r="AL185" s="23"/>
       <c r="AM185" s="23"/>
-      <c r="AN185" s="98" t="str">
+      <c r="AN185" s="23"/>
+      <c r="AO185" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO185" s="97"/>
-[...8 lines deleted...]
-      <c r="AX185" s="99" t="str">
+      <c r="AP185" s="89"/>
+      <c r="AQ185" s="89"/>
+      <c r="AR185" s="89"/>
+      <c r="AS185" s="89"/>
+      <c r="AT185" s="89"/>
+      <c r="AU185" s="89"/>
+      <c r="AV185" s="89"/>
+      <c r="AW185" s="89"/>
+      <c r="AX185" s="89"/>
+      <c r="AY185" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY185" s="97"/>
-      <c r="AZ185" s="99" t="str">
+      <c r="AZ185" s="89"/>
+      <c r="BA185" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA185" s="97"/>
-[...1 lines deleted...]
-      <c r="BC185" s="99" t="str">
+      <c r="BB185" s="89"/>
+      <c r="BC185" s="89"/>
+      <c r="BD185" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD185" s="97"/>
-[...3 lines deleted...]
-      <c r="BH185" s="99" t="str">
+      <c r="BE185" s="89"/>
+      <c r="BF185" s="89"/>
+      <c r="BG185" s="89"/>
+      <c r="BH185" s="89"/>
+      <c r="BI185" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI185" s="99" t="str">
+      <c r="BJ185" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ185" s="22"/>
-[...13 lines deleted...]
-    <row r="186" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK185" s="22"/>
+      <c r="BL185" s="92"/>
+      <c r="BM185" s="92"/>
+      <c r="BN185" s="92"/>
+      <c r="BO185" s="92"/>
+      <c r="BP185" s="92"/>
+      <c r="BQ185" s="92"/>
+      <c r="BR185" s="92"/>
+      <c r="BS185" s="92"/>
+      <c r="BT185" s="92"/>
+      <c r="BU185" s="92"/>
+      <c r="BV185" s="92"/>
+      <c r="BW185" s="92"/>
+    </row>
+    <row r="186" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A186" s="22"/>
       <c r="B186" s="21"/>
       <c r="C186" s="22"/>
       <c r="D186" s="22"/>
       <c r="E186" s="22"/>
       <c r="F186" s="21"/>
       <c r="G186" s="22"/>
       <c r="H186" s="22"/>
       <c r="I186" s="23"/>
       <c r="J186" s="23"/>
-      <c r="K186" s="93"/>
-[...2 lines deleted...]
-      <c r="N186" s="95" t="str">
+      <c r="K186" s="85"/>
+      <c r="L186" s="86"/>
+      <c r="M186" s="86"/>
+      <c r="N186" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O186" s="96"/>
-[...1 lines deleted...]
-      <c r="Q186" s="96"/>
+      <c r="O186" s="88"/>
+      <c r="P186" s="88"/>
+      <c r="Q186" s="88"/>
       <c r="R186" s="23"/>
       <c r="S186" s="23"/>
-      <c r="T186" s="97"/>
+      <c r="T186" s="89"/>
       <c r="U186" s="23"/>
       <c r="V186" s="23"/>
-      <c r="W186" s="97"/>
-[...8 lines deleted...]
-      <c r="AF186" s="98" t="str">
+      <c r="W186" s="89"/>
+      <c r="X186" s="89"/>
+      <c r="Y186" s="89"/>
+      <c r="Z186" s="89"/>
+      <c r="AA186" s="89"/>
+      <c r="AB186" s="89"/>
+      <c r="AC186" s="89"/>
+      <c r="AD186" s="89"/>
+      <c r="AE186" s="89"/>
+      <c r="AF186" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG186" s="23"/>
+      <c r="AG186" s="89"/>
       <c r="AH186" s="23"/>
       <c r="AI186" s="23"/>
       <c r="AJ186" s="23"/>
       <c r="AK186" s="23"/>
       <c r="AL186" s="23"/>
       <c r="AM186" s="23"/>
-      <c r="AN186" s="98" t="str">
+      <c r="AN186" s="23"/>
+      <c r="AO186" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO186" s="97"/>
-[...8 lines deleted...]
-      <c r="AX186" s="99" t="str">
+      <c r="AP186" s="89"/>
+      <c r="AQ186" s="89"/>
+      <c r="AR186" s="89"/>
+      <c r="AS186" s="89"/>
+      <c r="AT186" s="89"/>
+      <c r="AU186" s="89"/>
+      <c r="AV186" s="89"/>
+      <c r="AW186" s="89"/>
+      <c r="AX186" s="89"/>
+      <c r="AY186" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY186" s="97"/>
-      <c r="AZ186" s="99" t="str">
+      <c r="AZ186" s="89"/>
+      <c r="BA186" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA186" s="97"/>
-[...1 lines deleted...]
-      <c r="BC186" s="99" t="str">
+      <c r="BB186" s="89"/>
+      <c r="BC186" s="89"/>
+      <c r="BD186" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD186" s="97"/>
-[...3 lines deleted...]
-      <c r="BH186" s="99" t="str">
+      <c r="BE186" s="89"/>
+      <c r="BF186" s="89"/>
+      <c r="BG186" s="89"/>
+      <c r="BH186" s="89"/>
+      <c r="BI186" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI186" s="99" t="str">
+      <c r="BJ186" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ186" s="22"/>
-[...13 lines deleted...]
-    <row r="187" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK186" s="22"/>
+      <c r="BL186" s="92"/>
+      <c r="BM186" s="92"/>
+      <c r="BN186" s="92"/>
+      <c r="BO186" s="92"/>
+      <c r="BP186" s="92"/>
+      <c r="BQ186" s="92"/>
+      <c r="BR186" s="92"/>
+      <c r="BS186" s="92"/>
+      <c r="BT186" s="92"/>
+      <c r="BU186" s="92"/>
+      <c r="BV186" s="92"/>
+      <c r="BW186" s="92"/>
+    </row>
+    <row r="187" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A187" s="22"/>
       <c r="B187" s="21"/>
       <c r="C187" s="22"/>
       <c r="D187" s="22"/>
       <c r="E187" s="22"/>
       <c r="F187" s="21"/>
       <c r="G187" s="22"/>
       <c r="H187" s="22"/>
       <c r="I187" s="23"/>
       <c r="J187" s="23"/>
-      <c r="K187" s="93"/>
-[...2 lines deleted...]
-      <c r="N187" s="95" t="str">
+      <c r="K187" s="85"/>
+      <c r="L187" s="86"/>
+      <c r="M187" s="86"/>
+      <c r="N187" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O187" s="96"/>
-[...1 lines deleted...]
-      <c r="Q187" s="96"/>
+      <c r="O187" s="88"/>
+      <c r="P187" s="88"/>
+      <c r="Q187" s="88"/>
       <c r="R187" s="23"/>
       <c r="S187" s="23"/>
-      <c r="T187" s="97"/>
+      <c r="T187" s="89"/>
       <c r="U187" s="23"/>
       <c r="V187" s="23"/>
-      <c r="W187" s="97"/>
-[...8 lines deleted...]
-      <c r="AF187" s="98" t="str">
+      <c r="W187" s="89"/>
+      <c r="X187" s="89"/>
+      <c r="Y187" s="89"/>
+      <c r="Z187" s="89"/>
+      <c r="AA187" s="89"/>
+      <c r="AB187" s="89"/>
+      <c r="AC187" s="89"/>
+      <c r="AD187" s="89"/>
+      <c r="AE187" s="89"/>
+      <c r="AF187" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG187" s="23"/>
+      <c r="AG187" s="89"/>
       <c r="AH187" s="23"/>
       <c r="AI187" s="23"/>
       <c r="AJ187" s="23"/>
       <c r="AK187" s="23"/>
       <c r="AL187" s="23"/>
       <c r="AM187" s="23"/>
-      <c r="AN187" s="98" t="str">
+      <c r="AN187" s="23"/>
+      <c r="AO187" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO187" s="97"/>
-[...8 lines deleted...]
-      <c r="AX187" s="99" t="str">
+      <c r="AP187" s="89"/>
+      <c r="AQ187" s="89"/>
+      <c r="AR187" s="89"/>
+      <c r="AS187" s="89"/>
+      <c r="AT187" s="89"/>
+      <c r="AU187" s="89"/>
+      <c r="AV187" s="89"/>
+      <c r="AW187" s="89"/>
+      <c r="AX187" s="89"/>
+      <c r="AY187" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY187" s="97"/>
-      <c r="AZ187" s="99" t="str">
+      <c r="AZ187" s="89"/>
+      <c r="BA187" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA187" s="97"/>
-[...1 lines deleted...]
-      <c r="BC187" s="99" t="str">
+      <c r="BB187" s="89"/>
+      <c r="BC187" s="89"/>
+      <c r="BD187" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD187" s="97"/>
-[...3 lines deleted...]
-      <c r="BH187" s="99" t="str">
+      <c r="BE187" s="89"/>
+      <c r="BF187" s="89"/>
+      <c r="BG187" s="89"/>
+      <c r="BH187" s="89"/>
+      <c r="BI187" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI187" s="99" t="str">
+      <c r="BJ187" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ187" s="22"/>
-[...13 lines deleted...]
-    <row r="188" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK187" s="22"/>
+      <c r="BL187" s="92"/>
+      <c r="BM187" s="92"/>
+      <c r="BN187" s="92"/>
+      <c r="BO187" s="92"/>
+      <c r="BP187" s="92"/>
+      <c r="BQ187" s="92"/>
+      <c r="BR187" s="92"/>
+      <c r="BS187" s="92"/>
+      <c r="BT187" s="92"/>
+      <c r="BU187" s="92"/>
+      <c r="BV187" s="92"/>
+      <c r="BW187" s="92"/>
+    </row>
+    <row r="188" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A188" s="22"/>
       <c r="B188" s="21"/>
       <c r="C188" s="22"/>
       <c r="D188" s="22"/>
       <c r="E188" s="22"/>
       <c r="F188" s="21"/>
       <c r="G188" s="22"/>
       <c r="H188" s="22"/>
       <c r="I188" s="23"/>
       <c r="J188" s="23"/>
-      <c r="K188" s="93"/>
-[...2 lines deleted...]
-      <c r="N188" s="95" t="str">
+      <c r="K188" s="85"/>
+      <c r="L188" s="86"/>
+      <c r="M188" s="86"/>
+      <c r="N188" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O188" s="96"/>
-[...1 lines deleted...]
-      <c r="Q188" s="96"/>
+      <c r="O188" s="88"/>
+      <c r="P188" s="88"/>
+      <c r="Q188" s="88"/>
       <c r="R188" s="23"/>
       <c r="S188" s="23"/>
-      <c r="T188" s="97"/>
+      <c r="T188" s="89"/>
       <c r="U188" s="23"/>
       <c r="V188" s="23"/>
-      <c r="W188" s="97"/>
-[...8 lines deleted...]
-      <c r="AF188" s="98" t="str">
+      <c r="W188" s="89"/>
+      <c r="X188" s="89"/>
+      <c r="Y188" s="89"/>
+      <c r="Z188" s="89"/>
+      <c r="AA188" s="89"/>
+      <c r="AB188" s="89"/>
+      <c r="AC188" s="89"/>
+      <c r="AD188" s="89"/>
+      <c r="AE188" s="89"/>
+      <c r="AF188" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG188" s="23"/>
+      <c r="AG188" s="89"/>
       <c r="AH188" s="23"/>
       <c r="AI188" s="23"/>
       <c r="AJ188" s="23"/>
       <c r="AK188" s="23"/>
       <c r="AL188" s="23"/>
       <c r="AM188" s="23"/>
-      <c r="AN188" s="98" t="str">
+      <c r="AN188" s="23"/>
+      <c r="AO188" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO188" s="97"/>
-[...8 lines deleted...]
-      <c r="AX188" s="99" t="str">
+      <c r="AP188" s="89"/>
+      <c r="AQ188" s="89"/>
+      <c r="AR188" s="89"/>
+      <c r="AS188" s="89"/>
+      <c r="AT188" s="89"/>
+      <c r="AU188" s="89"/>
+      <c r="AV188" s="89"/>
+      <c r="AW188" s="89"/>
+      <c r="AX188" s="89"/>
+      <c r="AY188" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY188" s="97"/>
-      <c r="AZ188" s="99" t="str">
+      <c r="AZ188" s="89"/>
+      <c r="BA188" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA188" s="97"/>
-[...1 lines deleted...]
-      <c r="BC188" s="99" t="str">
+      <c r="BB188" s="89"/>
+      <c r="BC188" s="89"/>
+      <c r="BD188" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD188" s="97"/>
-[...3 lines deleted...]
-      <c r="BH188" s="99" t="str">
+      <c r="BE188" s="89"/>
+      <c r="BF188" s="89"/>
+      <c r="BG188" s="89"/>
+      <c r="BH188" s="89"/>
+      <c r="BI188" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI188" s="99" t="str">
+      <c r="BJ188" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ188" s="22"/>
-[...13 lines deleted...]
-    <row r="189" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK188" s="22"/>
+      <c r="BL188" s="92"/>
+      <c r="BM188" s="92"/>
+      <c r="BN188" s="92"/>
+      <c r="BO188" s="92"/>
+      <c r="BP188" s="92"/>
+      <c r="BQ188" s="92"/>
+      <c r="BR188" s="92"/>
+      <c r="BS188" s="92"/>
+      <c r="BT188" s="92"/>
+      <c r="BU188" s="92"/>
+      <c r="BV188" s="92"/>
+      <c r="BW188" s="92"/>
+    </row>
+    <row r="189" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A189" s="22"/>
       <c r="B189" s="21"/>
       <c r="C189" s="22"/>
       <c r="D189" s="22"/>
       <c r="E189" s="22"/>
       <c r="F189" s="21"/>
       <c r="G189" s="22"/>
       <c r="H189" s="22"/>
       <c r="I189" s="23"/>
       <c r="J189" s="23"/>
-      <c r="K189" s="93"/>
-[...2 lines deleted...]
-      <c r="N189" s="95" t="str">
+      <c r="K189" s="85"/>
+      <c r="L189" s="86"/>
+      <c r="M189" s="86"/>
+      <c r="N189" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O189" s="96"/>
-[...1 lines deleted...]
-      <c r="Q189" s="96"/>
+      <c r="O189" s="88"/>
+      <c r="P189" s="88"/>
+      <c r="Q189" s="88"/>
       <c r="R189" s="23"/>
       <c r="S189" s="23"/>
-      <c r="T189" s="97"/>
+      <c r="T189" s="89"/>
       <c r="U189" s="23"/>
       <c r="V189" s="23"/>
-      <c r="W189" s="97"/>
-[...8 lines deleted...]
-      <c r="AF189" s="98" t="str">
+      <c r="W189" s="89"/>
+      <c r="X189" s="89"/>
+      <c r="Y189" s="89"/>
+      <c r="Z189" s="89"/>
+      <c r="AA189" s="89"/>
+      <c r="AB189" s="89"/>
+      <c r="AC189" s="89"/>
+      <c r="AD189" s="89"/>
+      <c r="AE189" s="89"/>
+      <c r="AF189" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG189" s="23"/>
+      <c r="AG189" s="89"/>
       <c r="AH189" s="23"/>
       <c r="AI189" s="23"/>
       <c r="AJ189" s="23"/>
       <c r="AK189" s="23"/>
       <c r="AL189" s="23"/>
       <c r="AM189" s="23"/>
-      <c r="AN189" s="98" t="str">
+      <c r="AN189" s="23"/>
+      <c r="AO189" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO189" s="97"/>
-[...8 lines deleted...]
-      <c r="AX189" s="99" t="str">
+      <c r="AP189" s="89"/>
+      <c r="AQ189" s="89"/>
+      <c r="AR189" s="89"/>
+      <c r="AS189" s="89"/>
+      <c r="AT189" s="89"/>
+      <c r="AU189" s="89"/>
+      <c r="AV189" s="89"/>
+      <c r="AW189" s="89"/>
+      <c r="AX189" s="89"/>
+      <c r="AY189" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY189" s="97"/>
-      <c r="AZ189" s="99" t="str">
+      <c r="AZ189" s="89"/>
+      <c r="BA189" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA189" s="97"/>
-[...1 lines deleted...]
-      <c r="BC189" s="99" t="str">
+      <c r="BB189" s="89"/>
+      <c r="BC189" s="89"/>
+      <c r="BD189" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD189" s="97"/>
-[...3 lines deleted...]
-      <c r="BH189" s="99" t="str">
+      <c r="BE189" s="89"/>
+      <c r="BF189" s="89"/>
+      <c r="BG189" s="89"/>
+      <c r="BH189" s="89"/>
+      <c r="BI189" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI189" s="99" t="str">
+      <c r="BJ189" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ189" s="22"/>
-[...13 lines deleted...]
-    <row r="190" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK189" s="22"/>
+      <c r="BL189" s="92"/>
+      <c r="BM189" s="92"/>
+      <c r="BN189" s="92"/>
+      <c r="BO189" s="92"/>
+      <c r="BP189" s="92"/>
+      <c r="BQ189" s="92"/>
+      <c r="BR189" s="92"/>
+      <c r="BS189" s="92"/>
+      <c r="BT189" s="92"/>
+      <c r="BU189" s="92"/>
+      <c r="BV189" s="92"/>
+      <c r="BW189" s="92"/>
+    </row>
+    <row r="190" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A190" s="22"/>
       <c r="B190" s="21"/>
       <c r="C190" s="22"/>
       <c r="D190" s="22"/>
       <c r="E190" s="22"/>
       <c r="F190" s="21"/>
       <c r="G190" s="22"/>
       <c r="H190" s="22"/>
       <c r="I190" s="23"/>
       <c r="J190" s="23"/>
-      <c r="K190" s="93"/>
-[...2 lines deleted...]
-      <c r="N190" s="95" t="str">
+      <c r="K190" s="85"/>
+      <c r="L190" s="86"/>
+      <c r="M190" s="86"/>
+      <c r="N190" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O190" s="96"/>
-[...1 lines deleted...]
-      <c r="Q190" s="96"/>
+      <c r="O190" s="88"/>
+      <c r="P190" s="88"/>
+      <c r="Q190" s="88"/>
       <c r="R190" s="23"/>
       <c r="S190" s="23"/>
-      <c r="T190" s="97"/>
+      <c r="T190" s="89"/>
       <c r="U190" s="23"/>
       <c r="V190" s="23"/>
-      <c r="W190" s="97"/>
-[...8 lines deleted...]
-      <c r="AF190" s="98" t="str">
+      <c r="W190" s="89"/>
+      <c r="X190" s="89"/>
+      <c r="Y190" s="89"/>
+      <c r="Z190" s="89"/>
+      <c r="AA190" s="89"/>
+      <c r="AB190" s="89"/>
+      <c r="AC190" s="89"/>
+      <c r="AD190" s="89"/>
+      <c r="AE190" s="89"/>
+      <c r="AF190" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG190" s="23"/>
+      <c r="AG190" s="89"/>
       <c r="AH190" s="23"/>
       <c r="AI190" s="23"/>
       <c r="AJ190" s="23"/>
       <c r="AK190" s="23"/>
       <c r="AL190" s="23"/>
       <c r="AM190" s="23"/>
-      <c r="AN190" s="98" t="str">
+      <c r="AN190" s="23"/>
+      <c r="AO190" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO190" s="97"/>
-[...8 lines deleted...]
-      <c r="AX190" s="99" t="str">
+      <c r="AP190" s="89"/>
+      <c r="AQ190" s="89"/>
+      <c r="AR190" s="89"/>
+      <c r="AS190" s="89"/>
+      <c r="AT190" s="89"/>
+      <c r="AU190" s="89"/>
+      <c r="AV190" s="89"/>
+      <c r="AW190" s="89"/>
+      <c r="AX190" s="89"/>
+      <c r="AY190" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY190" s="97"/>
-      <c r="AZ190" s="99" t="str">
+      <c r="AZ190" s="89"/>
+      <c r="BA190" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA190" s="97"/>
-[...1 lines deleted...]
-      <c r="BC190" s="99" t="str">
+      <c r="BB190" s="89"/>
+      <c r="BC190" s="89"/>
+      <c r="BD190" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD190" s="97"/>
-[...3 lines deleted...]
-      <c r="BH190" s="99" t="str">
+      <c r="BE190" s="89"/>
+      <c r="BF190" s="89"/>
+      <c r="BG190" s="89"/>
+      <c r="BH190" s="89"/>
+      <c r="BI190" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI190" s="99" t="str">
+      <c r="BJ190" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ190" s="22"/>
-[...13 lines deleted...]
-    <row r="191" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK190" s="22"/>
+      <c r="BL190" s="92"/>
+      <c r="BM190" s="92"/>
+      <c r="BN190" s="92"/>
+      <c r="BO190" s="92"/>
+      <c r="BP190" s="92"/>
+      <c r="BQ190" s="92"/>
+      <c r="BR190" s="92"/>
+      <c r="BS190" s="92"/>
+      <c r="BT190" s="92"/>
+      <c r="BU190" s="92"/>
+      <c r="BV190" s="92"/>
+      <c r="BW190" s="92"/>
+    </row>
+    <row r="191" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A191" s="22"/>
       <c r="B191" s="21"/>
       <c r="C191" s="22"/>
       <c r="D191" s="22"/>
       <c r="E191" s="22"/>
       <c r="F191" s="21"/>
       <c r="G191" s="22"/>
       <c r="H191" s="22"/>
       <c r="I191" s="23"/>
       <c r="J191" s="23"/>
-      <c r="K191" s="93"/>
-[...2 lines deleted...]
-      <c r="N191" s="95" t="str">
+      <c r="K191" s="85"/>
+      <c r="L191" s="86"/>
+      <c r="M191" s="86"/>
+      <c r="N191" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O191" s="96"/>
-[...1 lines deleted...]
-      <c r="Q191" s="96"/>
+      <c r="O191" s="88"/>
+      <c r="P191" s="88"/>
+      <c r="Q191" s="88"/>
       <c r="R191" s="23"/>
       <c r="S191" s="23"/>
-      <c r="T191" s="97"/>
+      <c r="T191" s="89"/>
       <c r="U191" s="23"/>
       <c r="V191" s="23"/>
-      <c r="W191" s="97"/>
-[...8 lines deleted...]
-      <c r="AF191" s="98" t="str">
+      <c r="W191" s="89"/>
+      <c r="X191" s="89"/>
+      <c r="Y191" s="89"/>
+      <c r="Z191" s="89"/>
+      <c r="AA191" s="89"/>
+      <c r="AB191" s="89"/>
+      <c r="AC191" s="89"/>
+      <c r="AD191" s="89"/>
+      <c r="AE191" s="89"/>
+      <c r="AF191" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG191" s="23"/>
+      <c r="AG191" s="89"/>
       <c r="AH191" s="23"/>
       <c r="AI191" s="23"/>
       <c r="AJ191" s="23"/>
       <c r="AK191" s="23"/>
       <c r="AL191" s="23"/>
       <c r="AM191" s="23"/>
-      <c r="AN191" s="98" t="str">
+      <c r="AN191" s="23"/>
+      <c r="AO191" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO191" s="97"/>
-[...8 lines deleted...]
-      <c r="AX191" s="99" t="str">
+      <c r="AP191" s="89"/>
+      <c r="AQ191" s="89"/>
+      <c r="AR191" s="89"/>
+      <c r="AS191" s="89"/>
+      <c r="AT191" s="89"/>
+      <c r="AU191" s="89"/>
+      <c r="AV191" s="89"/>
+      <c r="AW191" s="89"/>
+      <c r="AX191" s="89"/>
+      <c r="AY191" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY191" s="97"/>
-      <c r="AZ191" s="99" t="str">
+      <c r="AZ191" s="89"/>
+      <c r="BA191" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA191" s="97"/>
-[...1 lines deleted...]
-      <c r="BC191" s="99" t="str">
+      <c r="BB191" s="89"/>
+      <c r="BC191" s="89"/>
+      <c r="BD191" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD191" s="97"/>
-[...3 lines deleted...]
-      <c r="BH191" s="99" t="str">
+      <c r="BE191" s="89"/>
+      <c r="BF191" s="89"/>
+      <c r="BG191" s="89"/>
+      <c r="BH191" s="89"/>
+      <c r="BI191" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI191" s="99" t="str">
+      <c r="BJ191" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ191" s="22"/>
-[...13 lines deleted...]
-    <row r="192" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK191" s="22"/>
+      <c r="BL191" s="92"/>
+      <c r="BM191" s="92"/>
+      <c r="BN191" s="92"/>
+      <c r="BO191" s="92"/>
+      <c r="BP191" s="92"/>
+      <c r="BQ191" s="92"/>
+      <c r="BR191" s="92"/>
+      <c r="BS191" s="92"/>
+      <c r="BT191" s="92"/>
+      <c r="BU191" s="92"/>
+      <c r="BV191" s="92"/>
+      <c r="BW191" s="92"/>
+    </row>
+    <row r="192" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A192" s="22"/>
       <c r="B192" s="21"/>
       <c r="C192" s="22"/>
       <c r="D192" s="22"/>
       <c r="E192" s="22"/>
       <c r="F192" s="21"/>
       <c r="G192" s="22"/>
       <c r="H192" s="22"/>
       <c r="I192" s="23"/>
       <c r="J192" s="23"/>
-      <c r="K192" s="93"/>
-[...2 lines deleted...]
-      <c r="N192" s="95" t="str">
+      <c r="K192" s="85"/>
+      <c r="L192" s="86"/>
+      <c r="M192" s="86"/>
+      <c r="N192" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O192" s="96"/>
-[...1 lines deleted...]
-      <c r="Q192" s="96"/>
+      <c r="O192" s="88"/>
+      <c r="P192" s="88"/>
+      <c r="Q192" s="88"/>
       <c r="R192" s="23"/>
       <c r="S192" s="23"/>
-      <c r="T192" s="97"/>
+      <c r="T192" s="89"/>
       <c r="U192" s="23"/>
       <c r="V192" s="23"/>
-      <c r="W192" s="97"/>
-[...8 lines deleted...]
-      <c r="AF192" s="98" t="str">
+      <c r="W192" s="89"/>
+      <c r="X192" s="89"/>
+      <c r="Y192" s="89"/>
+      <c r="Z192" s="89"/>
+      <c r="AA192" s="89"/>
+      <c r="AB192" s="89"/>
+      <c r="AC192" s="89"/>
+      <c r="AD192" s="89"/>
+      <c r="AE192" s="89"/>
+      <c r="AF192" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG192" s="23"/>
+      <c r="AG192" s="89"/>
       <c r="AH192" s="23"/>
       <c r="AI192" s="23"/>
       <c r="AJ192" s="23"/>
       <c r="AK192" s="23"/>
       <c r="AL192" s="23"/>
       <c r="AM192" s="23"/>
-      <c r="AN192" s="98" t="str">
+      <c r="AN192" s="23"/>
+      <c r="AO192" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO192" s="97"/>
-[...8 lines deleted...]
-      <c r="AX192" s="99" t="str">
+      <c r="AP192" s="89"/>
+      <c r="AQ192" s="89"/>
+      <c r="AR192" s="89"/>
+      <c r="AS192" s="89"/>
+      <c r="AT192" s="89"/>
+      <c r="AU192" s="89"/>
+      <c r="AV192" s="89"/>
+      <c r="AW192" s="89"/>
+      <c r="AX192" s="89"/>
+      <c r="AY192" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY192" s="97"/>
-      <c r="AZ192" s="99" t="str">
+      <c r="AZ192" s="89"/>
+      <c r="BA192" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA192" s="97"/>
-[...1 lines deleted...]
-      <c r="BC192" s="99" t="str">
+      <c r="BB192" s="89"/>
+      <c r="BC192" s="89"/>
+      <c r="BD192" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD192" s="97"/>
-[...3 lines deleted...]
-      <c r="BH192" s="99" t="str">
+      <c r="BE192" s="89"/>
+      <c r="BF192" s="89"/>
+      <c r="BG192" s="89"/>
+      <c r="BH192" s="89"/>
+      <c r="BI192" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI192" s="99" t="str">
+      <c r="BJ192" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ192" s="22"/>
-[...13 lines deleted...]
-    <row r="193" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK192" s="22"/>
+      <c r="BL192" s="92"/>
+      <c r="BM192" s="92"/>
+      <c r="BN192" s="92"/>
+      <c r="BO192" s="92"/>
+      <c r="BP192" s="92"/>
+      <c r="BQ192" s="92"/>
+      <c r="BR192" s="92"/>
+      <c r="BS192" s="92"/>
+      <c r="BT192" s="92"/>
+      <c r="BU192" s="92"/>
+      <c r="BV192" s="92"/>
+      <c r="BW192" s="92"/>
+    </row>
+    <row r="193" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A193" s="22"/>
       <c r="B193" s="21"/>
       <c r="C193" s="22"/>
       <c r="D193" s="22"/>
       <c r="E193" s="22"/>
       <c r="F193" s="21"/>
       <c r="G193" s="22"/>
       <c r="H193" s="22"/>
       <c r="I193" s="23"/>
       <c r="J193" s="23"/>
-      <c r="K193" s="93"/>
-[...2 lines deleted...]
-      <c r="N193" s="95" t="str">
+      <c r="K193" s="85"/>
+      <c r="L193" s="86"/>
+      <c r="M193" s="86"/>
+      <c r="N193" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O193" s="96"/>
-[...1 lines deleted...]
-      <c r="Q193" s="96"/>
+      <c r="O193" s="88"/>
+      <c r="P193" s="88"/>
+      <c r="Q193" s="88"/>
       <c r="R193" s="23"/>
       <c r="S193" s="23"/>
-      <c r="T193" s="97"/>
+      <c r="T193" s="89"/>
       <c r="U193" s="23"/>
       <c r="V193" s="23"/>
-      <c r="W193" s="97"/>
-[...8 lines deleted...]
-      <c r="AF193" s="98" t="str">
+      <c r="W193" s="89"/>
+      <c r="X193" s="89"/>
+      <c r="Y193" s="89"/>
+      <c r="Z193" s="89"/>
+      <c r="AA193" s="89"/>
+      <c r="AB193" s="89"/>
+      <c r="AC193" s="89"/>
+      <c r="AD193" s="89"/>
+      <c r="AE193" s="89"/>
+      <c r="AF193" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG193" s="23"/>
+      <c r="AG193" s="89"/>
       <c r="AH193" s="23"/>
       <c r="AI193" s="23"/>
       <c r="AJ193" s="23"/>
       <c r="AK193" s="23"/>
       <c r="AL193" s="23"/>
       <c r="AM193" s="23"/>
-      <c r="AN193" s="98" t="str">
+      <c r="AN193" s="23"/>
+      <c r="AO193" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO193" s="97"/>
-[...8 lines deleted...]
-      <c r="AX193" s="99" t="str">
+      <c r="AP193" s="89"/>
+      <c r="AQ193" s="89"/>
+      <c r="AR193" s="89"/>
+      <c r="AS193" s="89"/>
+      <c r="AT193" s="89"/>
+      <c r="AU193" s="89"/>
+      <c r="AV193" s="89"/>
+      <c r="AW193" s="89"/>
+      <c r="AX193" s="89"/>
+      <c r="AY193" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY193" s="97"/>
-      <c r="AZ193" s="99" t="str">
+      <c r="AZ193" s="89"/>
+      <c r="BA193" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA193" s="97"/>
-[...1 lines deleted...]
-      <c r="BC193" s="99" t="str">
+      <c r="BB193" s="89"/>
+      <c r="BC193" s="89"/>
+      <c r="BD193" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD193" s="97"/>
-[...3 lines deleted...]
-      <c r="BH193" s="99" t="str">
+      <c r="BE193" s="89"/>
+      <c r="BF193" s="89"/>
+      <c r="BG193" s="89"/>
+      <c r="BH193" s="89"/>
+      <c r="BI193" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI193" s="99" t="str">
+      <c r="BJ193" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ193" s="22"/>
-[...13 lines deleted...]
-    <row r="194" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK193" s="22"/>
+      <c r="BL193" s="92"/>
+      <c r="BM193" s="92"/>
+      <c r="BN193" s="92"/>
+      <c r="BO193" s="92"/>
+      <c r="BP193" s="92"/>
+      <c r="BQ193" s="92"/>
+      <c r="BR193" s="92"/>
+      <c r="BS193" s="92"/>
+      <c r="BT193" s="92"/>
+      <c r="BU193" s="92"/>
+      <c r="BV193" s="92"/>
+      <c r="BW193" s="92"/>
+    </row>
+    <row r="194" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A194" s="22"/>
       <c r="B194" s="21"/>
       <c r="C194" s="22"/>
       <c r="D194" s="22"/>
       <c r="E194" s="22"/>
       <c r="F194" s="21"/>
       <c r="G194" s="22"/>
       <c r="H194" s="22"/>
       <c r="I194" s="23"/>
       <c r="J194" s="23"/>
-      <c r="K194" s="93"/>
-[...2 lines deleted...]
-      <c r="N194" s="95" t="str">
+      <c r="K194" s="85"/>
+      <c r="L194" s="86"/>
+      <c r="M194" s="86"/>
+      <c r="N194" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O194" s="96"/>
-[...1 lines deleted...]
-      <c r="Q194" s="96"/>
+      <c r="O194" s="88"/>
+      <c r="P194" s="88"/>
+      <c r="Q194" s="88"/>
       <c r="R194" s="23"/>
       <c r="S194" s="23"/>
-      <c r="T194" s="97"/>
+      <c r="T194" s="89"/>
       <c r="U194" s="23"/>
       <c r="V194" s="23"/>
-      <c r="W194" s="97"/>
-[...8 lines deleted...]
-      <c r="AF194" s="98" t="str">
+      <c r="W194" s="89"/>
+      <c r="X194" s="89"/>
+      <c r="Y194" s="89"/>
+      <c r="Z194" s="89"/>
+      <c r="AA194" s="89"/>
+      <c r="AB194" s="89"/>
+      <c r="AC194" s="89"/>
+      <c r="AD194" s="89"/>
+      <c r="AE194" s="89"/>
+      <c r="AF194" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG194" s="23"/>
+      <c r="AG194" s="89"/>
       <c r="AH194" s="23"/>
       <c r="AI194" s="23"/>
       <c r="AJ194" s="23"/>
       <c r="AK194" s="23"/>
       <c r="AL194" s="23"/>
       <c r="AM194" s="23"/>
-      <c r="AN194" s="98" t="str">
+      <c r="AN194" s="23"/>
+      <c r="AO194" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO194" s="97"/>
-[...8 lines deleted...]
-      <c r="AX194" s="99" t="str">
+      <c r="AP194" s="89"/>
+      <c r="AQ194" s="89"/>
+      <c r="AR194" s="89"/>
+      <c r="AS194" s="89"/>
+      <c r="AT194" s="89"/>
+      <c r="AU194" s="89"/>
+      <c r="AV194" s="89"/>
+      <c r="AW194" s="89"/>
+      <c r="AX194" s="89"/>
+      <c r="AY194" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY194" s="97"/>
-      <c r="AZ194" s="99" t="str">
+      <c r="AZ194" s="89"/>
+      <c r="BA194" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA194" s="97"/>
-[...1 lines deleted...]
-      <c r="BC194" s="99" t="str">
+      <c r="BB194" s="89"/>
+      <c r="BC194" s="89"/>
+      <c r="BD194" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD194" s="97"/>
-[...3 lines deleted...]
-      <c r="BH194" s="99" t="str">
+      <c r="BE194" s="89"/>
+      <c r="BF194" s="89"/>
+      <c r="BG194" s="89"/>
+      <c r="BH194" s="89"/>
+      <c r="BI194" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI194" s="99" t="str">
+      <c r="BJ194" s="91" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="BJ194" s="22"/>
-[...13 lines deleted...]
-    <row r="195" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK194" s="22"/>
+      <c r="BL194" s="92"/>
+      <c r="BM194" s="92"/>
+      <c r="BN194" s="92"/>
+      <c r="BO194" s="92"/>
+      <c r="BP194" s="92"/>
+      <c r="BQ194" s="92"/>
+      <c r="BR194" s="92"/>
+      <c r="BS194" s="92"/>
+      <c r="BT194" s="92"/>
+      <c r="BU194" s="92"/>
+      <c r="BV194" s="92"/>
+      <c r="BW194" s="92"/>
+    </row>
+    <row r="195" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A195" s="22"/>
       <c r="B195" s="21"/>
       <c r="C195" s="22"/>
       <c r="D195" s="22"/>
       <c r="E195" s="22"/>
       <c r="F195" s="21"/>
       <c r="G195" s="22"/>
       <c r="H195" s="22"/>
       <c r="I195" s="23"/>
       <c r="J195" s="23"/>
-      <c r="K195" s="93"/>
-[...2 lines deleted...]
-      <c r="N195" s="95" t="str">
+      <c r="K195" s="85"/>
+      <c r="L195" s="86"/>
+      <c r="M195" s="86"/>
+      <c r="N195" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O195" s="96"/>
-[...1 lines deleted...]
-      <c r="Q195" s="96"/>
+      <c r="O195" s="88"/>
+      <c r="P195" s="88"/>
+      <c r="Q195" s="88"/>
       <c r="R195" s="23"/>
       <c r="S195" s="23"/>
-      <c r="T195" s="97"/>
+      <c r="T195" s="89"/>
       <c r="U195" s="23"/>
       <c r="V195" s="23"/>
-      <c r="W195" s="97"/>
-[...8 lines deleted...]
-      <c r="AF195" s="98" t="str">
+      <c r="W195" s="89"/>
+      <c r="X195" s="89"/>
+      <c r="Y195" s="89"/>
+      <c r="Z195" s="89"/>
+      <c r="AA195" s="89"/>
+      <c r="AB195" s="89"/>
+      <c r="AC195" s="89"/>
+      <c r="AD195" s="89"/>
+      <c r="AE195" s="89"/>
+      <c r="AF195" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG195" s="23"/>
+      <c r="AG195" s="89"/>
       <c r="AH195" s="23"/>
       <c r="AI195" s="23"/>
       <c r="AJ195" s="23"/>
       <c r="AK195" s="23"/>
       <c r="AL195" s="23"/>
       <c r="AM195" s="23"/>
-      <c r="AN195" s="98" t="str">
+      <c r="AN195" s="23"/>
+      <c r="AO195" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO195" s="97"/>
-[...8 lines deleted...]
-      <c r="AX195" s="99" t="str">
+      <c r="AP195" s="89"/>
+      <c r="AQ195" s="89"/>
+      <c r="AR195" s="89"/>
+      <c r="AS195" s="89"/>
+      <c r="AT195" s="89"/>
+      <c r="AU195" s="89"/>
+      <c r="AV195" s="89"/>
+      <c r="AW195" s="89"/>
+      <c r="AX195" s="89"/>
+      <c r="AY195" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY195" s="97"/>
-      <c r="AZ195" s="99" t="str">
+      <c r="AZ195" s="89"/>
+      <c r="BA195" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA195" s="97"/>
-[...1 lines deleted...]
-      <c r="BC195" s="99" t="str">
+      <c r="BB195" s="89"/>
+      <c r="BC195" s="89"/>
+      <c r="BD195" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD195" s="97"/>
-[...3 lines deleted...]
-      <c r="BH195" s="99" t="str">
+      <c r="BE195" s="89"/>
+      <c r="BF195" s="89"/>
+      <c r="BG195" s="89"/>
+      <c r="BH195" s="89"/>
+      <c r="BI195" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI195" s="99" t="str">
-[...17 lines deleted...]
-    <row r="196" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BJ195" s="91" t="str">
+        <f t="shared" ref="BJ195:BJ258" si="4">IF(SUM(AP195,AQ195,BA195,BD195,BI195)&lt;&gt;0, SUM(AP195,AQ195,BA195,BD195,BI195), "")</f>
+        <v/>
+      </c>
+      <c r="BK195" s="22"/>
+      <c r="BL195" s="92"/>
+      <c r="BM195" s="92"/>
+      <c r="BN195" s="92"/>
+      <c r="BO195" s="92"/>
+      <c r="BP195" s="92"/>
+      <c r="BQ195" s="92"/>
+      <c r="BR195" s="92"/>
+      <c r="BS195" s="92"/>
+      <c r="BT195" s="92"/>
+      <c r="BU195" s="92"/>
+      <c r="BV195" s="92"/>
+      <c r="BW195" s="92"/>
+    </row>
+    <row r="196" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A196" s="22"/>
       <c r="B196" s="21"/>
       <c r="C196" s="22"/>
       <c r="D196" s="22"/>
       <c r="E196" s="22"/>
       <c r="F196" s="21"/>
       <c r="G196" s="22"/>
       <c r="H196" s="22"/>
       <c r="I196" s="23"/>
       <c r="J196" s="23"/>
-      <c r="K196" s="93"/>
-[...2 lines deleted...]
-      <c r="N196" s="95" t="str">
+      <c r="K196" s="85"/>
+      <c r="L196" s="86"/>
+      <c r="M196" s="86"/>
+      <c r="N196" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O196" s="96"/>
-[...1 lines deleted...]
-      <c r="Q196" s="96"/>
+      <c r="O196" s="88"/>
+      <c r="P196" s="88"/>
+      <c r="Q196" s="88"/>
       <c r="R196" s="23"/>
       <c r="S196" s="23"/>
-      <c r="T196" s="97"/>
+      <c r="T196" s="89"/>
       <c r="U196" s="23"/>
       <c r="V196" s="23"/>
-      <c r="W196" s="97"/>
-[...8 lines deleted...]
-      <c r="AF196" s="98" t="str">
+      <c r="W196" s="89"/>
+      <c r="X196" s="89"/>
+      <c r="Y196" s="89"/>
+      <c r="Z196" s="89"/>
+      <c r="AA196" s="89"/>
+      <c r="AB196" s="89"/>
+      <c r="AC196" s="89"/>
+      <c r="AD196" s="89"/>
+      <c r="AE196" s="89"/>
+      <c r="AF196" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG196" s="23"/>
+      <c r="AG196" s="89"/>
       <c r="AH196" s="23"/>
       <c r="AI196" s="23"/>
       <c r="AJ196" s="23"/>
       <c r="AK196" s="23"/>
       <c r="AL196" s="23"/>
       <c r="AM196" s="23"/>
-      <c r="AN196" s="98" t="str">
+      <c r="AN196" s="23"/>
+      <c r="AO196" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO196" s="97"/>
-[...8 lines deleted...]
-      <c r="AX196" s="99" t="str">
+      <c r="AP196" s="89"/>
+      <c r="AQ196" s="89"/>
+      <c r="AR196" s="89"/>
+      <c r="AS196" s="89"/>
+      <c r="AT196" s="89"/>
+      <c r="AU196" s="89"/>
+      <c r="AV196" s="89"/>
+      <c r="AW196" s="89"/>
+      <c r="AX196" s="89"/>
+      <c r="AY196" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY196" s="97"/>
-      <c r="AZ196" s="99" t="str">
+      <c r="AZ196" s="89"/>
+      <c r="BA196" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA196" s="97"/>
-[...1 lines deleted...]
-      <c r="BC196" s="99" t="str">
+      <c r="BB196" s="89"/>
+      <c r="BC196" s="89"/>
+      <c r="BD196" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD196" s="97"/>
-[...3 lines deleted...]
-      <c r="BH196" s="99" t="str">
+      <c r="BE196" s="89"/>
+      <c r="BF196" s="89"/>
+      <c r="BG196" s="89"/>
+      <c r="BH196" s="89"/>
+      <c r="BI196" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI196" s="99" t="str">
+      <c r="BJ196" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ196" s="22"/>
-[...13 lines deleted...]
-    <row r="197" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK196" s="22"/>
+      <c r="BL196" s="92"/>
+      <c r="BM196" s="92"/>
+      <c r="BN196" s="92"/>
+      <c r="BO196" s="92"/>
+      <c r="BP196" s="92"/>
+      <c r="BQ196" s="92"/>
+      <c r="BR196" s="92"/>
+      <c r="BS196" s="92"/>
+      <c r="BT196" s="92"/>
+      <c r="BU196" s="92"/>
+      <c r="BV196" s="92"/>
+      <c r="BW196" s="92"/>
+    </row>
+    <row r="197" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A197" s="22"/>
       <c r="B197" s="21"/>
       <c r="C197" s="22"/>
       <c r="D197" s="22"/>
       <c r="E197" s="22"/>
       <c r="F197" s="21"/>
       <c r="G197" s="22"/>
       <c r="H197" s="22"/>
       <c r="I197" s="23"/>
       <c r="J197" s="23"/>
-      <c r="K197" s="93"/>
-[...2 lines deleted...]
-      <c r="N197" s="95" t="str">
+      <c r="K197" s="85"/>
+      <c r="L197" s="86"/>
+      <c r="M197" s="86"/>
+      <c r="N197" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O197" s="96"/>
-[...1 lines deleted...]
-      <c r="Q197" s="96"/>
+      <c r="O197" s="88"/>
+      <c r="P197" s="88"/>
+      <c r="Q197" s="88"/>
       <c r="R197" s="23"/>
       <c r="S197" s="23"/>
-      <c r="T197" s="97"/>
+      <c r="T197" s="89"/>
       <c r="U197" s="23"/>
       <c r="V197" s="23"/>
-      <c r="W197" s="97"/>
-[...8 lines deleted...]
-      <c r="AF197" s="98" t="str">
+      <c r="W197" s="89"/>
+      <c r="X197" s="89"/>
+      <c r="Y197" s="89"/>
+      <c r="Z197" s="89"/>
+      <c r="AA197" s="89"/>
+      <c r="AB197" s="89"/>
+      <c r="AC197" s="89"/>
+      <c r="AD197" s="89"/>
+      <c r="AE197" s="89"/>
+      <c r="AF197" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG197" s="23"/>
+      <c r="AG197" s="89"/>
       <c r="AH197" s="23"/>
       <c r="AI197" s="23"/>
       <c r="AJ197" s="23"/>
       <c r="AK197" s="23"/>
       <c r="AL197" s="23"/>
       <c r="AM197" s="23"/>
-      <c r="AN197" s="98" t="str">
+      <c r="AN197" s="23"/>
+      <c r="AO197" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO197" s="97"/>
-[...8 lines deleted...]
-      <c r="AX197" s="99" t="str">
+      <c r="AP197" s="89"/>
+      <c r="AQ197" s="89"/>
+      <c r="AR197" s="89"/>
+      <c r="AS197" s="89"/>
+      <c r="AT197" s="89"/>
+      <c r="AU197" s="89"/>
+      <c r="AV197" s="89"/>
+      <c r="AW197" s="89"/>
+      <c r="AX197" s="89"/>
+      <c r="AY197" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY197" s="97"/>
-      <c r="AZ197" s="99" t="str">
+      <c r="AZ197" s="89"/>
+      <c r="BA197" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA197" s="97"/>
-[...1 lines deleted...]
-      <c r="BC197" s="99" t="str">
+      <c r="BB197" s="89"/>
+      <c r="BC197" s="89"/>
+      <c r="BD197" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD197" s="97"/>
-[...3 lines deleted...]
-      <c r="BH197" s="99" t="str">
+      <c r="BE197" s="89"/>
+      <c r="BF197" s="89"/>
+      <c r="BG197" s="89"/>
+      <c r="BH197" s="89"/>
+      <c r="BI197" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI197" s="99" t="str">
+      <c r="BJ197" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ197" s="22"/>
-[...13 lines deleted...]
-    <row r="198" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK197" s="22"/>
+      <c r="BL197" s="92"/>
+      <c r="BM197" s="92"/>
+      <c r="BN197" s="92"/>
+      <c r="BO197" s="92"/>
+      <c r="BP197" s="92"/>
+      <c r="BQ197" s="92"/>
+      <c r="BR197" s="92"/>
+      <c r="BS197" s="92"/>
+      <c r="BT197" s="92"/>
+      <c r="BU197" s="92"/>
+      <c r="BV197" s="92"/>
+      <c r="BW197" s="92"/>
+    </row>
+    <row r="198" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A198" s="22"/>
       <c r="B198" s="21"/>
       <c r="C198" s="22"/>
       <c r="D198" s="22"/>
       <c r="E198" s="22"/>
       <c r="F198" s="21"/>
       <c r="G198" s="22"/>
       <c r="H198" s="22"/>
       <c r="I198" s="23"/>
       <c r="J198" s="23"/>
-      <c r="K198" s="93"/>
-[...2 lines deleted...]
-      <c r="N198" s="95" t="str">
+      <c r="K198" s="85"/>
+      <c r="L198" s="86"/>
+      <c r="M198" s="86"/>
+      <c r="N198" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O198" s="96"/>
-[...1 lines deleted...]
-      <c r="Q198" s="96"/>
+      <c r="O198" s="88"/>
+      <c r="P198" s="88"/>
+      <c r="Q198" s="88"/>
       <c r="R198" s="23"/>
       <c r="S198" s="23"/>
-      <c r="T198" s="97"/>
+      <c r="T198" s="89"/>
       <c r="U198" s="23"/>
       <c r="V198" s="23"/>
-      <c r="W198" s="97"/>
-[...8 lines deleted...]
-      <c r="AF198" s="98" t="str">
+      <c r="W198" s="89"/>
+      <c r="X198" s="89"/>
+      <c r="Y198" s="89"/>
+      <c r="Z198" s="89"/>
+      <c r="AA198" s="89"/>
+      <c r="AB198" s="89"/>
+      <c r="AC198" s="89"/>
+      <c r="AD198" s="89"/>
+      <c r="AE198" s="89"/>
+      <c r="AF198" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG198" s="23"/>
+      <c r="AG198" s="89"/>
       <c r="AH198" s="23"/>
       <c r="AI198" s="23"/>
       <c r="AJ198" s="23"/>
       <c r="AK198" s="23"/>
       <c r="AL198" s="23"/>
       <c r="AM198" s="23"/>
-      <c r="AN198" s="98" t="str">
+      <c r="AN198" s="23"/>
+      <c r="AO198" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO198" s="97"/>
-[...8 lines deleted...]
-      <c r="AX198" s="99" t="str">
+      <c r="AP198" s="89"/>
+      <c r="AQ198" s="89"/>
+      <c r="AR198" s="89"/>
+      <c r="AS198" s="89"/>
+      <c r="AT198" s="89"/>
+      <c r="AU198" s="89"/>
+      <c r="AV198" s="89"/>
+      <c r="AW198" s="89"/>
+      <c r="AX198" s="89"/>
+      <c r="AY198" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY198" s="97"/>
-      <c r="AZ198" s="99" t="str">
+      <c r="AZ198" s="89"/>
+      <c r="BA198" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA198" s="97"/>
-[...1 lines deleted...]
-      <c r="BC198" s="99" t="str">
+      <c r="BB198" s="89"/>
+      <c r="BC198" s="89"/>
+      <c r="BD198" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD198" s="97"/>
-[...3 lines deleted...]
-      <c r="BH198" s="99" t="str">
+      <c r="BE198" s="89"/>
+      <c r="BF198" s="89"/>
+      <c r="BG198" s="89"/>
+      <c r="BH198" s="89"/>
+      <c r="BI198" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI198" s="99" t="str">
+      <c r="BJ198" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ198" s="22"/>
-[...13 lines deleted...]
-    <row r="199" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK198" s="22"/>
+      <c r="BL198" s="92"/>
+      <c r="BM198" s="92"/>
+      <c r="BN198" s="92"/>
+      <c r="BO198" s="92"/>
+      <c r="BP198" s="92"/>
+      <c r="BQ198" s="92"/>
+      <c r="BR198" s="92"/>
+      <c r="BS198" s="92"/>
+      <c r="BT198" s="92"/>
+      <c r="BU198" s="92"/>
+      <c r="BV198" s="92"/>
+      <c r="BW198" s="92"/>
+    </row>
+    <row r="199" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A199" s="22"/>
       <c r="B199" s="21"/>
       <c r="C199" s="22"/>
       <c r="D199" s="22"/>
       <c r="E199" s="22"/>
       <c r="F199" s="21"/>
       <c r="G199" s="22"/>
       <c r="H199" s="22"/>
       <c r="I199" s="23"/>
       <c r="J199" s="23"/>
-      <c r="K199" s="93"/>
-[...2 lines deleted...]
-      <c r="N199" s="95" t="str">
+      <c r="K199" s="85"/>
+      <c r="L199" s="86"/>
+      <c r="M199" s="86"/>
+      <c r="N199" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O199" s="96"/>
-[...1 lines deleted...]
-      <c r="Q199" s="96"/>
+      <c r="O199" s="88"/>
+      <c r="P199" s="88"/>
+      <c r="Q199" s="88"/>
       <c r="R199" s="23"/>
       <c r="S199" s="23"/>
-      <c r="T199" s="97"/>
+      <c r="T199" s="89"/>
       <c r="U199" s="23"/>
       <c r="V199" s="23"/>
-      <c r="W199" s="97"/>
-[...8 lines deleted...]
-      <c r="AF199" s="98" t="str">
+      <c r="W199" s="89"/>
+      <c r="X199" s="89"/>
+      <c r="Y199" s="89"/>
+      <c r="Z199" s="89"/>
+      <c r="AA199" s="89"/>
+      <c r="AB199" s="89"/>
+      <c r="AC199" s="89"/>
+      <c r="AD199" s="89"/>
+      <c r="AE199" s="89"/>
+      <c r="AF199" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG199" s="23"/>
+      <c r="AG199" s="89"/>
       <c r="AH199" s="23"/>
       <c r="AI199" s="23"/>
       <c r="AJ199" s="23"/>
       <c r="AK199" s="23"/>
       <c r="AL199" s="23"/>
       <c r="AM199" s="23"/>
-      <c r="AN199" s="98" t="str">
+      <c r="AN199" s="23"/>
+      <c r="AO199" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO199" s="97"/>
-[...8 lines deleted...]
-      <c r="AX199" s="99" t="str">
+      <c r="AP199" s="89"/>
+      <c r="AQ199" s="89"/>
+      <c r="AR199" s="89"/>
+      <c r="AS199" s="89"/>
+      <c r="AT199" s="89"/>
+      <c r="AU199" s="89"/>
+      <c r="AV199" s="89"/>
+      <c r="AW199" s="89"/>
+      <c r="AX199" s="89"/>
+      <c r="AY199" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY199" s="97"/>
-      <c r="AZ199" s="99" t="str">
+      <c r="AZ199" s="89"/>
+      <c r="BA199" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA199" s="97"/>
-[...1 lines deleted...]
-      <c r="BC199" s="99" t="str">
+      <c r="BB199" s="89"/>
+      <c r="BC199" s="89"/>
+      <c r="BD199" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD199" s="97"/>
-[...3 lines deleted...]
-      <c r="BH199" s="99" t="str">
+      <c r="BE199" s="89"/>
+      <c r="BF199" s="89"/>
+      <c r="BG199" s="89"/>
+      <c r="BH199" s="89"/>
+      <c r="BI199" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI199" s="99" t="str">
+      <c r="BJ199" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ199" s="22"/>
-[...13 lines deleted...]
-    <row r="200" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK199" s="22"/>
+      <c r="BL199" s="92"/>
+      <c r="BM199" s="92"/>
+      <c r="BN199" s="92"/>
+      <c r="BO199" s="92"/>
+      <c r="BP199" s="92"/>
+      <c r="BQ199" s="92"/>
+      <c r="BR199" s="92"/>
+      <c r="BS199" s="92"/>
+      <c r="BT199" s="92"/>
+      <c r="BU199" s="92"/>
+      <c r="BV199" s="92"/>
+      <c r="BW199" s="92"/>
+    </row>
+    <row r="200" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A200" s="22"/>
       <c r="B200" s="21"/>
       <c r="C200" s="22"/>
       <c r="D200" s="22"/>
       <c r="E200" s="22"/>
       <c r="F200" s="21"/>
       <c r="G200" s="22"/>
       <c r="H200" s="22"/>
       <c r="I200" s="23"/>
       <c r="J200" s="23"/>
-      <c r="K200" s="93"/>
-[...2 lines deleted...]
-      <c r="N200" s="95" t="str">
+      <c r="K200" s="85"/>
+      <c r="L200" s="86"/>
+      <c r="M200" s="86"/>
+      <c r="N200" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O200" s="96"/>
-[...1 lines deleted...]
-      <c r="Q200" s="96"/>
+      <c r="O200" s="88"/>
+      <c r="P200" s="88"/>
+      <c r="Q200" s="88"/>
       <c r="R200" s="23"/>
       <c r="S200" s="23"/>
-      <c r="T200" s="97"/>
+      <c r="T200" s="89"/>
       <c r="U200" s="23"/>
       <c r="V200" s="23"/>
-      <c r="W200" s="97"/>
-[...8 lines deleted...]
-      <c r="AF200" s="98" t="str">
+      <c r="W200" s="89"/>
+      <c r="X200" s="89"/>
+      <c r="Y200" s="89"/>
+      <c r="Z200" s="89"/>
+      <c r="AA200" s="89"/>
+      <c r="AB200" s="89"/>
+      <c r="AC200" s="89"/>
+      <c r="AD200" s="89"/>
+      <c r="AE200" s="89"/>
+      <c r="AF200" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG200" s="23"/>
+      <c r="AG200" s="89"/>
       <c r="AH200" s="23"/>
       <c r="AI200" s="23"/>
       <c r="AJ200" s="23"/>
       <c r="AK200" s="23"/>
       <c r="AL200" s="23"/>
       <c r="AM200" s="23"/>
-      <c r="AN200" s="98" t="str">
+      <c r="AN200" s="23"/>
+      <c r="AO200" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO200" s="97"/>
-[...8 lines deleted...]
-      <c r="AX200" s="99" t="str">
+      <c r="AP200" s="89"/>
+      <c r="AQ200" s="89"/>
+      <c r="AR200" s="89"/>
+      <c r="AS200" s="89"/>
+      <c r="AT200" s="89"/>
+      <c r="AU200" s="89"/>
+      <c r="AV200" s="89"/>
+      <c r="AW200" s="89"/>
+      <c r="AX200" s="89"/>
+      <c r="AY200" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY200" s="97"/>
-      <c r="AZ200" s="99" t="str">
+      <c r="AZ200" s="89"/>
+      <c r="BA200" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA200" s="97"/>
-[...1 lines deleted...]
-      <c r="BC200" s="99" t="str">
+      <c r="BB200" s="89"/>
+      <c r="BC200" s="89"/>
+      <c r="BD200" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD200" s="97"/>
-[...3 lines deleted...]
-      <c r="BH200" s="99" t="str">
+      <c r="BE200" s="89"/>
+      <c r="BF200" s="89"/>
+      <c r="BG200" s="89"/>
+      <c r="BH200" s="89"/>
+      <c r="BI200" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI200" s="99" t="str">
+      <c r="BJ200" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ200" s="22"/>
-[...13 lines deleted...]
-    <row r="201" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK200" s="22"/>
+      <c r="BL200" s="92"/>
+      <c r="BM200" s="92"/>
+      <c r="BN200" s="92"/>
+      <c r="BO200" s="92"/>
+      <c r="BP200" s="92"/>
+      <c r="BQ200" s="92"/>
+      <c r="BR200" s="92"/>
+      <c r="BS200" s="92"/>
+      <c r="BT200" s="92"/>
+      <c r="BU200" s="92"/>
+      <c r="BV200" s="92"/>
+      <c r="BW200" s="92"/>
+    </row>
+    <row r="201" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A201" s="22"/>
       <c r="B201" s="21"/>
       <c r="C201" s="22"/>
       <c r="D201" s="22"/>
       <c r="E201" s="22"/>
       <c r="F201" s="21"/>
       <c r="G201" s="22"/>
       <c r="H201" s="22"/>
       <c r="I201" s="23"/>
       <c r="J201" s="23"/>
-      <c r="K201" s="93"/>
-[...2 lines deleted...]
-      <c r="N201" s="95" t="str">
+      <c r="K201" s="85"/>
+      <c r="L201" s="86"/>
+      <c r="M201" s="86"/>
+      <c r="N201" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O201" s="96"/>
-[...1 lines deleted...]
-      <c r="Q201" s="96"/>
+      <c r="O201" s="88"/>
+      <c r="P201" s="88"/>
+      <c r="Q201" s="88"/>
       <c r="R201" s="23"/>
       <c r="S201" s="23"/>
-      <c r="T201" s="97"/>
+      <c r="T201" s="89"/>
       <c r="U201" s="23"/>
       <c r="V201" s="23"/>
-      <c r="W201" s="97"/>
-[...8 lines deleted...]
-      <c r="AF201" s="98" t="str">
+      <c r="W201" s="89"/>
+      <c r="X201" s="89"/>
+      <c r="Y201" s="89"/>
+      <c r="Z201" s="89"/>
+      <c r="AA201" s="89"/>
+      <c r="AB201" s="89"/>
+      <c r="AC201" s="89"/>
+      <c r="AD201" s="89"/>
+      <c r="AE201" s="89"/>
+      <c r="AF201" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG201" s="23"/>
+      <c r="AG201" s="89"/>
       <c r="AH201" s="23"/>
       <c r="AI201" s="23"/>
       <c r="AJ201" s="23"/>
       <c r="AK201" s="23"/>
       <c r="AL201" s="23"/>
       <c r="AM201" s="23"/>
-      <c r="AN201" s="98" t="str">
+      <c r="AN201" s="23"/>
+      <c r="AO201" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO201" s="97"/>
-[...8 lines deleted...]
-      <c r="AX201" s="99" t="str">
+      <c r="AP201" s="89"/>
+      <c r="AQ201" s="89"/>
+      <c r="AR201" s="89"/>
+      <c r="AS201" s="89"/>
+      <c r="AT201" s="89"/>
+      <c r="AU201" s="89"/>
+      <c r="AV201" s="89"/>
+      <c r="AW201" s="89"/>
+      <c r="AX201" s="89"/>
+      <c r="AY201" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY201" s="97"/>
-      <c r="AZ201" s="99" t="str">
+      <c r="AZ201" s="89"/>
+      <c r="BA201" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA201" s="97"/>
-[...1 lines deleted...]
-      <c r="BC201" s="99" t="str">
+      <c r="BB201" s="89"/>
+      <c r="BC201" s="89"/>
+      <c r="BD201" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD201" s="97"/>
-[...3 lines deleted...]
-      <c r="BH201" s="99" t="str">
+      <c r="BE201" s="89"/>
+      <c r="BF201" s="89"/>
+      <c r="BG201" s="89"/>
+      <c r="BH201" s="89"/>
+      <c r="BI201" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI201" s="99" t="str">
+      <c r="BJ201" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ201" s="22"/>
-[...13 lines deleted...]
-    <row r="202" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK201" s="22"/>
+      <c r="BL201" s="92"/>
+      <c r="BM201" s="92"/>
+      <c r="BN201" s="92"/>
+      <c r="BO201" s="92"/>
+      <c r="BP201" s="92"/>
+      <c r="BQ201" s="92"/>
+      <c r="BR201" s="92"/>
+      <c r="BS201" s="92"/>
+      <c r="BT201" s="92"/>
+      <c r="BU201" s="92"/>
+      <c r="BV201" s="92"/>
+      <c r="BW201" s="92"/>
+    </row>
+    <row r="202" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A202" s="22"/>
       <c r="B202" s="21"/>
       <c r="C202" s="22"/>
       <c r="D202" s="22"/>
       <c r="E202" s="22"/>
       <c r="F202" s="21"/>
       <c r="G202" s="22"/>
       <c r="H202" s="22"/>
       <c r="I202" s="23"/>
       <c r="J202" s="23"/>
-      <c r="K202" s="93"/>
-[...2 lines deleted...]
-      <c r="N202" s="95" t="str">
+      <c r="K202" s="85"/>
+      <c r="L202" s="86"/>
+      <c r="M202" s="86"/>
+      <c r="N202" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O202" s="96"/>
-[...1 lines deleted...]
-      <c r="Q202" s="96"/>
+      <c r="O202" s="88"/>
+      <c r="P202" s="88"/>
+      <c r="Q202" s="88"/>
       <c r="R202" s="23"/>
       <c r="S202" s="23"/>
-      <c r="T202" s="97"/>
+      <c r="T202" s="89"/>
       <c r="U202" s="23"/>
       <c r="V202" s="23"/>
-      <c r="W202" s="97"/>
-[...8 lines deleted...]
-      <c r="AF202" s="98" t="str">
+      <c r="W202" s="89"/>
+      <c r="X202" s="89"/>
+      <c r="Y202" s="89"/>
+      <c r="Z202" s="89"/>
+      <c r="AA202" s="89"/>
+      <c r="AB202" s="89"/>
+      <c r="AC202" s="89"/>
+      <c r="AD202" s="89"/>
+      <c r="AE202" s="89"/>
+      <c r="AF202" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG202" s="23"/>
+      <c r="AG202" s="89"/>
       <c r="AH202" s="23"/>
       <c r="AI202" s="23"/>
       <c r="AJ202" s="23"/>
       <c r="AK202" s="23"/>
       <c r="AL202" s="23"/>
       <c r="AM202" s="23"/>
-      <c r="AN202" s="98" t="str">
+      <c r="AN202" s="23"/>
+      <c r="AO202" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO202" s="97"/>
-[...8 lines deleted...]
-      <c r="AX202" s="99" t="str">
+      <c r="AP202" s="89"/>
+      <c r="AQ202" s="89"/>
+      <c r="AR202" s="89"/>
+      <c r="AS202" s="89"/>
+      <c r="AT202" s="89"/>
+      <c r="AU202" s="89"/>
+      <c r="AV202" s="89"/>
+      <c r="AW202" s="89"/>
+      <c r="AX202" s="89"/>
+      <c r="AY202" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY202" s="97"/>
-      <c r="AZ202" s="99" t="str">
+      <c r="AZ202" s="89"/>
+      <c r="BA202" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA202" s="97"/>
-[...1 lines deleted...]
-      <c r="BC202" s="99" t="str">
+      <c r="BB202" s="89"/>
+      <c r="BC202" s="89"/>
+      <c r="BD202" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD202" s="97"/>
-[...3 lines deleted...]
-      <c r="BH202" s="99" t="str">
+      <c r="BE202" s="89"/>
+      <c r="BF202" s="89"/>
+      <c r="BG202" s="89"/>
+      <c r="BH202" s="89"/>
+      <c r="BI202" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI202" s="99" t="str">
+      <c r="BJ202" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ202" s="22"/>
-[...13 lines deleted...]
-    <row r="203" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK202" s="22"/>
+      <c r="BL202" s="92"/>
+      <c r="BM202" s="92"/>
+      <c r="BN202" s="92"/>
+      <c r="BO202" s="92"/>
+      <c r="BP202" s="92"/>
+      <c r="BQ202" s="92"/>
+      <c r="BR202" s="92"/>
+      <c r="BS202" s="92"/>
+      <c r="BT202" s="92"/>
+      <c r="BU202" s="92"/>
+      <c r="BV202" s="92"/>
+      <c r="BW202" s="92"/>
+    </row>
+    <row r="203" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A203" s="22"/>
       <c r="B203" s="21"/>
       <c r="C203" s="22"/>
       <c r="D203" s="22"/>
       <c r="E203" s="22"/>
       <c r="F203" s="21"/>
       <c r="G203" s="22"/>
       <c r="H203" s="22"/>
       <c r="I203" s="23"/>
       <c r="J203" s="23"/>
-      <c r="K203" s="93"/>
-[...2 lines deleted...]
-      <c r="N203" s="95" t="str">
+      <c r="K203" s="85"/>
+      <c r="L203" s="86"/>
+      <c r="M203" s="86"/>
+      <c r="N203" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O203" s="96"/>
-[...1 lines deleted...]
-      <c r="Q203" s="96"/>
+      <c r="O203" s="88"/>
+      <c r="P203" s="88"/>
+      <c r="Q203" s="88"/>
       <c r="R203" s="23"/>
       <c r="S203" s="23"/>
-      <c r="T203" s="97"/>
+      <c r="T203" s="89"/>
       <c r="U203" s="23"/>
       <c r="V203" s="23"/>
-      <c r="W203" s="97"/>
-[...8 lines deleted...]
-      <c r="AF203" s="98" t="str">
+      <c r="W203" s="89"/>
+      <c r="X203" s="89"/>
+      <c r="Y203" s="89"/>
+      <c r="Z203" s="89"/>
+      <c r="AA203" s="89"/>
+      <c r="AB203" s="89"/>
+      <c r="AC203" s="89"/>
+      <c r="AD203" s="89"/>
+      <c r="AE203" s="89"/>
+      <c r="AF203" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG203" s="23"/>
+      <c r="AG203" s="89"/>
       <c r="AH203" s="23"/>
       <c r="AI203" s="23"/>
       <c r="AJ203" s="23"/>
       <c r="AK203" s="23"/>
       <c r="AL203" s="23"/>
       <c r="AM203" s="23"/>
-      <c r="AN203" s="98" t="str">
+      <c r="AN203" s="23"/>
+      <c r="AO203" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO203" s="97"/>
-[...8 lines deleted...]
-      <c r="AX203" s="99" t="str">
+      <c r="AP203" s="89"/>
+      <c r="AQ203" s="89"/>
+      <c r="AR203" s="89"/>
+      <c r="AS203" s="89"/>
+      <c r="AT203" s="89"/>
+      <c r="AU203" s="89"/>
+      <c r="AV203" s="89"/>
+      <c r="AW203" s="89"/>
+      <c r="AX203" s="89"/>
+      <c r="AY203" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY203" s="97"/>
-      <c r="AZ203" s="99" t="str">
+      <c r="AZ203" s="89"/>
+      <c r="BA203" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA203" s="97"/>
-[...1 lines deleted...]
-      <c r="BC203" s="99" t="str">
+      <c r="BB203" s="89"/>
+      <c r="BC203" s="89"/>
+      <c r="BD203" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD203" s="97"/>
-[...3 lines deleted...]
-      <c r="BH203" s="99" t="str">
+      <c r="BE203" s="89"/>
+      <c r="BF203" s="89"/>
+      <c r="BG203" s="89"/>
+      <c r="BH203" s="89"/>
+      <c r="BI203" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI203" s="99" t="str">
+      <c r="BJ203" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ203" s="22"/>
-[...13 lines deleted...]
-    <row r="204" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK203" s="22"/>
+      <c r="BL203" s="92"/>
+      <c r="BM203" s="92"/>
+      <c r="BN203" s="92"/>
+      <c r="BO203" s="92"/>
+      <c r="BP203" s="92"/>
+      <c r="BQ203" s="92"/>
+      <c r="BR203" s="92"/>
+      <c r="BS203" s="92"/>
+      <c r="BT203" s="92"/>
+      <c r="BU203" s="92"/>
+      <c r="BV203" s="92"/>
+      <c r="BW203" s="92"/>
+    </row>
+    <row r="204" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A204" s="22"/>
       <c r="B204" s="21"/>
       <c r="C204" s="22"/>
       <c r="D204" s="22"/>
       <c r="E204" s="22"/>
       <c r="F204" s="21"/>
       <c r="G204" s="22"/>
       <c r="H204" s="22"/>
       <c r="I204" s="23"/>
       <c r="J204" s="23"/>
-      <c r="K204" s="93"/>
-[...2 lines deleted...]
-      <c r="N204" s="95" t="str">
+      <c r="K204" s="85"/>
+      <c r="L204" s="86"/>
+      <c r="M204" s="86"/>
+      <c r="N204" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O204" s="96"/>
-[...1 lines deleted...]
-      <c r="Q204" s="96"/>
+      <c r="O204" s="88"/>
+      <c r="P204" s="88"/>
+      <c r="Q204" s="88"/>
       <c r="R204" s="23"/>
       <c r="S204" s="23"/>
-      <c r="T204" s="97"/>
+      <c r="T204" s="89"/>
       <c r="U204" s="23"/>
       <c r="V204" s="23"/>
-      <c r="W204" s="97"/>
-[...8 lines deleted...]
-      <c r="AF204" s="98" t="str">
+      <c r="W204" s="89"/>
+      <c r="X204" s="89"/>
+      <c r="Y204" s="89"/>
+      <c r="Z204" s="89"/>
+      <c r="AA204" s="89"/>
+      <c r="AB204" s="89"/>
+      <c r="AC204" s="89"/>
+      <c r="AD204" s="89"/>
+      <c r="AE204" s="89"/>
+      <c r="AF204" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG204" s="23"/>
+      <c r="AG204" s="89"/>
       <c r="AH204" s="23"/>
       <c r="AI204" s="23"/>
       <c r="AJ204" s="23"/>
       <c r="AK204" s="23"/>
       <c r="AL204" s="23"/>
       <c r="AM204" s="23"/>
-      <c r="AN204" s="98" t="str">
+      <c r="AN204" s="23"/>
+      <c r="AO204" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO204" s="97"/>
-[...8 lines deleted...]
-      <c r="AX204" s="99" t="str">
+      <c r="AP204" s="89"/>
+      <c r="AQ204" s="89"/>
+      <c r="AR204" s="89"/>
+      <c r="AS204" s="89"/>
+      <c r="AT204" s="89"/>
+      <c r="AU204" s="89"/>
+      <c r="AV204" s="89"/>
+      <c r="AW204" s="89"/>
+      <c r="AX204" s="89"/>
+      <c r="AY204" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY204" s="97"/>
-      <c r="AZ204" s="99" t="str">
+      <c r="AZ204" s="89"/>
+      <c r="BA204" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA204" s="97"/>
-[...1 lines deleted...]
-      <c r="BC204" s="99" t="str">
+      <c r="BB204" s="89"/>
+      <c r="BC204" s="89"/>
+      <c r="BD204" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD204" s="97"/>
-[...3 lines deleted...]
-      <c r="BH204" s="99" t="str">
+      <c r="BE204" s="89"/>
+      <c r="BF204" s="89"/>
+      <c r="BG204" s="89"/>
+      <c r="BH204" s="89"/>
+      <c r="BI204" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI204" s="99" t="str">
+      <c r="BJ204" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ204" s="22"/>
-[...13 lines deleted...]
-    <row r="205" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK204" s="22"/>
+      <c r="BL204" s="92"/>
+      <c r="BM204" s="92"/>
+      <c r="BN204" s="92"/>
+      <c r="BO204" s="92"/>
+      <c r="BP204" s="92"/>
+      <c r="BQ204" s="92"/>
+      <c r="BR204" s="92"/>
+      <c r="BS204" s="92"/>
+      <c r="BT204" s="92"/>
+      <c r="BU204" s="92"/>
+      <c r="BV204" s="92"/>
+      <c r="BW204" s="92"/>
+    </row>
+    <row r="205" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A205" s="22"/>
       <c r="B205" s="21"/>
       <c r="C205" s="22"/>
       <c r="D205" s="22"/>
       <c r="E205" s="22"/>
       <c r="F205" s="21"/>
       <c r="G205" s="22"/>
       <c r="H205" s="22"/>
       <c r="I205" s="23"/>
       <c r="J205" s="23"/>
-      <c r="K205" s="93"/>
-[...2 lines deleted...]
-      <c r="N205" s="95" t="str">
+      <c r="K205" s="85"/>
+      <c r="L205" s="86"/>
+      <c r="M205" s="86"/>
+      <c r="N205" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O205" s="96"/>
-[...1 lines deleted...]
-      <c r="Q205" s="96"/>
+      <c r="O205" s="88"/>
+      <c r="P205" s="88"/>
+      <c r="Q205" s="88"/>
       <c r="R205" s="23"/>
       <c r="S205" s="23"/>
-      <c r="T205" s="97"/>
+      <c r="T205" s="89"/>
       <c r="U205" s="23"/>
       <c r="V205" s="23"/>
-      <c r="W205" s="97"/>
-[...8 lines deleted...]
-      <c r="AF205" s="98" t="str">
+      <c r="W205" s="89"/>
+      <c r="X205" s="89"/>
+      <c r="Y205" s="89"/>
+      <c r="Z205" s="89"/>
+      <c r="AA205" s="89"/>
+      <c r="AB205" s="89"/>
+      <c r="AC205" s="89"/>
+      <c r="AD205" s="89"/>
+      <c r="AE205" s="89"/>
+      <c r="AF205" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG205" s="23"/>
+      <c r="AG205" s="89"/>
       <c r="AH205" s="23"/>
       <c r="AI205" s="23"/>
       <c r="AJ205" s="23"/>
       <c r="AK205" s="23"/>
       <c r="AL205" s="23"/>
       <c r="AM205" s="23"/>
-      <c r="AN205" s="98" t="str">
+      <c r="AN205" s="23"/>
+      <c r="AO205" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO205" s="97"/>
-[...8 lines deleted...]
-      <c r="AX205" s="99" t="str">
+      <c r="AP205" s="89"/>
+      <c r="AQ205" s="89"/>
+      <c r="AR205" s="89"/>
+      <c r="AS205" s="89"/>
+      <c r="AT205" s="89"/>
+      <c r="AU205" s="89"/>
+      <c r="AV205" s="89"/>
+      <c r="AW205" s="89"/>
+      <c r="AX205" s="89"/>
+      <c r="AY205" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY205" s="97"/>
-      <c r="AZ205" s="99" t="str">
+      <c r="AZ205" s="89"/>
+      <c r="BA205" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA205" s="97"/>
-[...1 lines deleted...]
-      <c r="BC205" s="99" t="str">
+      <c r="BB205" s="89"/>
+      <c r="BC205" s="89"/>
+      <c r="BD205" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD205" s="97"/>
-[...3 lines deleted...]
-      <c r="BH205" s="99" t="str">
+      <c r="BE205" s="89"/>
+      <c r="BF205" s="89"/>
+      <c r="BG205" s="89"/>
+      <c r="BH205" s="89"/>
+      <c r="BI205" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI205" s="99" t="str">
+      <c r="BJ205" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ205" s="22"/>
-[...13 lines deleted...]
-    <row r="206" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK205" s="22"/>
+      <c r="BL205" s="92"/>
+      <c r="BM205" s="92"/>
+      <c r="BN205" s="92"/>
+      <c r="BO205" s="92"/>
+      <c r="BP205" s="92"/>
+      <c r="BQ205" s="92"/>
+      <c r="BR205" s="92"/>
+      <c r="BS205" s="92"/>
+      <c r="BT205" s="92"/>
+      <c r="BU205" s="92"/>
+      <c r="BV205" s="92"/>
+      <c r="BW205" s="92"/>
+    </row>
+    <row r="206" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A206" s="22"/>
       <c r="B206" s="21"/>
       <c r="C206" s="22"/>
       <c r="D206" s="22"/>
       <c r="E206" s="22"/>
       <c r="F206" s="21"/>
       <c r="G206" s="22"/>
       <c r="H206" s="22"/>
       <c r="I206" s="23"/>
       <c r="J206" s="23"/>
-      <c r="K206" s="93"/>
-[...2 lines deleted...]
-      <c r="N206" s="95" t="str">
+      <c r="K206" s="85"/>
+      <c r="L206" s="86"/>
+      <c r="M206" s="86"/>
+      <c r="N206" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O206" s="96"/>
-[...1 lines deleted...]
-      <c r="Q206" s="96"/>
+      <c r="O206" s="88"/>
+      <c r="P206" s="88"/>
+      <c r="Q206" s="88"/>
       <c r="R206" s="23"/>
       <c r="S206" s="23"/>
-      <c r="T206" s="97"/>
+      <c r="T206" s="89"/>
       <c r="U206" s="23"/>
       <c r="V206" s="23"/>
-      <c r="W206" s="97"/>
-[...8 lines deleted...]
-      <c r="AF206" s="98" t="str">
+      <c r="W206" s="89"/>
+      <c r="X206" s="89"/>
+      <c r="Y206" s="89"/>
+      <c r="Z206" s="89"/>
+      <c r="AA206" s="89"/>
+      <c r="AB206" s="89"/>
+      <c r="AC206" s="89"/>
+      <c r="AD206" s="89"/>
+      <c r="AE206" s="89"/>
+      <c r="AF206" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG206" s="23"/>
+      <c r="AG206" s="89"/>
       <c r="AH206" s="23"/>
       <c r="AI206" s="23"/>
       <c r="AJ206" s="23"/>
       <c r="AK206" s="23"/>
       <c r="AL206" s="23"/>
       <c r="AM206" s="23"/>
-      <c r="AN206" s="98" t="str">
+      <c r="AN206" s="23"/>
+      <c r="AO206" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO206" s="97"/>
-[...8 lines deleted...]
-      <c r="AX206" s="99" t="str">
+      <c r="AP206" s="89"/>
+      <c r="AQ206" s="89"/>
+      <c r="AR206" s="89"/>
+      <c r="AS206" s="89"/>
+      <c r="AT206" s="89"/>
+      <c r="AU206" s="89"/>
+      <c r="AV206" s="89"/>
+      <c r="AW206" s="89"/>
+      <c r="AX206" s="89"/>
+      <c r="AY206" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY206" s="97"/>
-      <c r="AZ206" s="99" t="str">
+      <c r="AZ206" s="89"/>
+      <c r="BA206" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA206" s="97"/>
-[...1 lines deleted...]
-      <c r="BC206" s="99" t="str">
+      <c r="BB206" s="89"/>
+      <c r="BC206" s="89"/>
+      <c r="BD206" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD206" s="97"/>
-[...3 lines deleted...]
-      <c r="BH206" s="99" t="str">
+      <c r="BE206" s="89"/>
+      <c r="BF206" s="89"/>
+      <c r="BG206" s="89"/>
+      <c r="BH206" s="89"/>
+      <c r="BI206" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI206" s="99" t="str">
+      <c r="BJ206" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ206" s="22"/>
-[...13 lines deleted...]
-    <row r="207" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK206" s="22"/>
+      <c r="BL206" s="92"/>
+      <c r="BM206" s="92"/>
+      <c r="BN206" s="92"/>
+      <c r="BO206" s="92"/>
+      <c r="BP206" s="92"/>
+      <c r="BQ206" s="92"/>
+      <c r="BR206" s="92"/>
+      <c r="BS206" s="92"/>
+      <c r="BT206" s="92"/>
+      <c r="BU206" s="92"/>
+      <c r="BV206" s="92"/>
+      <c r="BW206" s="92"/>
+    </row>
+    <row r="207" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A207" s="22"/>
       <c r="B207" s="21"/>
       <c r="C207" s="22"/>
       <c r="D207" s="22"/>
       <c r="E207" s="22"/>
       <c r="F207" s="21"/>
       <c r="G207" s="22"/>
       <c r="H207" s="22"/>
       <c r="I207" s="23"/>
       <c r="J207" s="23"/>
-      <c r="K207" s="93"/>
-[...2 lines deleted...]
-      <c r="N207" s="95" t="str">
+      <c r="K207" s="85"/>
+      <c r="L207" s="86"/>
+      <c r="M207" s="86"/>
+      <c r="N207" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O207" s="96"/>
-[...1 lines deleted...]
-      <c r="Q207" s="96"/>
+      <c r="O207" s="88"/>
+      <c r="P207" s="88"/>
+      <c r="Q207" s="88"/>
       <c r="R207" s="23"/>
       <c r="S207" s="23"/>
-      <c r="T207" s="97"/>
+      <c r="T207" s="89"/>
       <c r="U207" s="23"/>
       <c r="V207" s="23"/>
-      <c r="W207" s="97"/>
-[...8 lines deleted...]
-      <c r="AF207" s="98" t="str">
+      <c r="W207" s="89"/>
+      <c r="X207" s="89"/>
+      <c r="Y207" s="89"/>
+      <c r="Z207" s="89"/>
+      <c r="AA207" s="89"/>
+      <c r="AB207" s="89"/>
+      <c r="AC207" s="89"/>
+      <c r="AD207" s="89"/>
+      <c r="AE207" s="89"/>
+      <c r="AF207" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG207" s="23"/>
+      <c r="AG207" s="89"/>
       <c r="AH207" s="23"/>
       <c r="AI207" s="23"/>
       <c r="AJ207" s="23"/>
       <c r="AK207" s="23"/>
       <c r="AL207" s="23"/>
       <c r="AM207" s="23"/>
-      <c r="AN207" s="98" t="str">
+      <c r="AN207" s="23"/>
+      <c r="AO207" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO207" s="97"/>
-[...8 lines deleted...]
-      <c r="AX207" s="99" t="str">
+      <c r="AP207" s="89"/>
+      <c r="AQ207" s="89"/>
+      <c r="AR207" s="89"/>
+      <c r="AS207" s="89"/>
+      <c r="AT207" s="89"/>
+      <c r="AU207" s="89"/>
+      <c r="AV207" s="89"/>
+      <c r="AW207" s="89"/>
+      <c r="AX207" s="89"/>
+      <c r="AY207" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY207" s="97"/>
-      <c r="AZ207" s="99" t="str">
+      <c r="AZ207" s="89"/>
+      <c r="BA207" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA207" s="97"/>
-[...1 lines deleted...]
-      <c r="BC207" s="99" t="str">
+      <c r="BB207" s="89"/>
+      <c r="BC207" s="89"/>
+      <c r="BD207" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD207" s="97"/>
-[...3 lines deleted...]
-      <c r="BH207" s="99" t="str">
+      <c r="BE207" s="89"/>
+      <c r="BF207" s="89"/>
+      <c r="BG207" s="89"/>
+      <c r="BH207" s="89"/>
+      <c r="BI207" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI207" s="99" t="str">
+      <c r="BJ207" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ207" s="22"/>
-[...13 lines deleted...]
-    <row r="208" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK207" s="22"/>
+      <c r="BL207" s="92"/>
+      <c r="BM207" s="92"/>
+      <c r="BN207" s="92"/>
+      <c r="BO207" s="92"/>
+      <c r="BP207" s="92"/>
+      <c r="BQ207" s="92"/>
+      <c r="BR207" s="92"/>
+      <c r="BS207" s="92"/>
+      <c r="BT207" s="92"/>
+      <c r="BU207" s="92"/>
+      <c r="BV207" s="92"/>
+      <c r="BW207" s="92"/>
+    </row>
+    <row r="208" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A208" s="22"/>
       <c r="B208" s="21"/>
       <c r="C208" s="22"/>
       <c r="D208" s="22"/>
       <c r="E208" s="22"/>
       <c r="F208" s="21"/>
       <c r="G208" s="22"/>
       <c r="H208" s="22"/>
       <c r="I208" s="23"/>
       <c r="J208" s="23"/>
-      <c r="K208" s="93"/>
-[...2 lines deleted...]
-      <c r="N208" s="95" t="str">
+      <c r="K208" s="85"/>
+      <c r="L208" s="86"/>
+      <c r="M208" s="86"/>
+      <c r="N208" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O208" s="96"/>
-[...1 lines deleted...]
-      <c r="Q208" s="96"/>
+      <c r="O208" s="88"/>
+      <c r="P208" s="88"/>
+      <c r="Q208" s="88"/>
       <c r="R208" s="23"/>
       <c r="S208" s="23"/>
-      <c r="T208" s="97"/>
+      <c r="T208" s="89"/>
       <c r="U208" s="23"/>
       <c r="V208" s="23"/>
-      <c r="W208" s="97"/>
-[...8 lines deleted...]
-      <c r="AF208" s="98" t="str">
+      <c r="W208" s="89"/>
+      <c r="X208" s="89"/>
+      <c r="Y208" s="89"/>
+      <c r="Z208" s="89"/>
+      <c r="AA208" s="89"/>
+      <c r="AB208" s="89"/>
+      <c r="AC208" s="89"/>
+      <c r="AD208" s="89"/>
+      <c r="AE208" s="89"/>
+      <c r="AF208" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG208" s="23"/>
+      <c r="AG208" s="89"/>
       <c r="AH208" s="23"/>
       <c r="AI208" s="23"/>
       <c r="AJ208" s="23"/>
       <c r="AK208" s="23"/>
       <c r="AL208" s="23"/>
       <c r="AM208" s="23"/>
-      <c r="AN208" s="98" t="str">
+      <c r="AN208" s="23"/>
+      <c r="AO208" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO208" s="97"/>
-[...8 lines deleted...]
-      <c r="AX208" s="99" t="str">
+      <c r="AP208" s="89"/>
+      <c r="AQ208" s="89"/>
+      <c r="AR208" s="89"/>
+      <c r="AS208" s="89"/>
+      <c r="AT208" s="89"/>
+      <c r="AU208" s="89"/>
+      <c r="AV208" s="89"/>
+      <c r="AW208" s="89"/>
+      <c r="AX208" s="89"/>
+      <c r="AY208" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY208" s="97"/>
-      <c r="AZ208" s="99" t="str">
+      <c r="AZ208" s="89"/>
+      <c r="BA208" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA208" s="97"/>
-[...1 lines deleted...]
-      <c r="BC208" s="99" t="str">
+      <c r="BB208" s="89"/>
+      <c r="BC208" s="89"/>
+      <c r="BD208" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD208" s="97"/>
-[...3 lines deleted...]
-      <c r="BH208" s="99" t="str">
+      <c r="BE208" s="89"/>
+      <c r="BF208" s="89"/>
+      <c r="BG208" s="89"/>
+      <c r="BH208" s="89"/>
+      <c r="BI208" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI208" s="99" t="str">
+      <c r="BJ208" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ208" s="22"/>
-[...13 lines deleted...]
-    <row r="209" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK208" s="22"/>
+      <c r="BL208" s="92"/>
+      <c r="BM208" s="92"/>
+      <c r="BN208" s="92"/>
+      <c r="BO208" s="92"/>
+      <c r="BP208" s="92"/>
+      <c r="BQ208" s="92"/>
+      <c r="BR208" s="92"/>
+      <c r="BS208" s="92"/>
+      <c r="BT208" s="92"/>
+      <c r="BU208" s="92"/>
+      <c r="BV208" s="92"/>
+      <c r="BW208" s="92"/>
+    </row>
+    <row r="209" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A209" s="22"/>
       <c r="B209" s="21"/>
       <c r="C209" s="22"/>
       <c r="D209" s="22"/>
       <c r="E209" s="22"/>
       <c r="F209" s="21"/>
       <c r="G209" s="22"/>
       <c r="H209" s="22"/>
       <c r="I209" s="23"/>
       <c r="J209" s="23"/>
-      <c r="K209" s="93"/>
-[...2 lines deleted...]
-      <c r="N209" s="95" t="str">
+      <c r="K209" s="85"/>
+      <c r="L209" s="86"/>
+      <c r="M209" s="86"/>
+      <c r="N209" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O209" s="96"/>
-[...1 lines deleted...]
-      <c r="Q209" s="96"/>
+      <c r="O209" s="88"/>
+      <c r="P209" s="88"/>
+      <c r="Q209" s="88"/>
       <c r="R209" s="23"/>
       <c r="S209" s="23"/>
-      <c r="T209" s="97"/>
+      <c r="T209" s="89"/>
       <c r="U209" s="23"/>
       <c r="V209" s="23"/>
-      <c r="W209" s="97"/>
-[...8 lines deleted...]
-      <c r="AF209" s="98" t="str">
+      <c r="W209" s="89"/>
+      <c r="X209" s="89"/>
+      <c r="Y209" s="89"/>
+      <c r="Z209" s="89"/>
+      <c r="AA209" s="89"/>
+      <c r="AB209" s="89"/>
+      <c r="AC209" s="89"/>
+      <c r="AD209" s="89"/>
+      <c r="AE209" s="89"/>
+      <c r="AF209" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG209" s="23"/>
+      <c r="AG209" s="89"/>
       <c r="AH209" s="23"/>
       <c r="AI209" s="23"/>
       <c r="AJ209" s="23"/>
       <c r="AK209" s="23"/>
       <c r="AL209" s="23"/>
       <c r="AM209" s="23"/>
-      <c r="AN209" s="98" t="str">
+      <c r="AN209" s="23"/>
+      <c r="AO209" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO209" s="97"/>
-[...8 lines deleted...]
-      <c r="AX209" s="99" t="str">
+      <c r="AP209" s="89"/>
+      <c r="AQ209" s="89"/>
+      <c r="AR209" s="89"/>
+      <c r="AS209" s="89"/>
+      <c r="AT209" s="89"/>
+      <c r="AU209" s="89"/>
+      <c r="AV209" s="89"/>
+      <c r="AW209" s="89"/>
+      <c r="AX209" s="89"/>
+      <c r="AY209" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY209" s="97"/>
-      <c r="AZ209" s="99" t="str">
+      <c r="AZ209" s="89"/>
+      <c r="BA209" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA209" s="97"/>
-[...1 lines deleted...]
-      <c r="BC209" s="99" t="str">
+      <c r="BB209" s="89"/>
+      <c r="BC209" s="89"/>
+      <c r="BD209" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD209" s="97"/>
-[...3 lines deleted...]
-      <c r="BH209" s="99" t="str">
+      <c r="BE209" s="89"/>
+      <c r="BF209" s="89"/>
+      <c r="BG209" s="89"/>
+      <c r="BH209" s="89"/>
+      <c r="BI209" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI209" s="99" t="str">
+      <c r="BJ209" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ209" s="22"/>
-[...13 lines deleted...]
-    <row r="210" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK209" s="22"/>
+      <c r="BL209" s="92"/>
+      <c r="BM209" s="92"/>
+      <c r="BN209" s="92"/>
+      <c r="BO209" s="92"/>
+      <c r="BP209" s="92"/>
+      <c r="BQ209" s="92"/>
+      <c r="BR209" s="92"/>
+      <c r="BS209" s="92"/>
+      <c r="BT209" s="92"/>
+      <c r="BU209" s="92"/>
+      <c r="BV209" s="92"/>
+      <c r="BW209" s="92"/>
+    </row>
+    <row r="210" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A210" s="22"/>
       <c r="B210" s="21"/>
       <c r="C210" s="22"/>
       <c r="D210" s="22"/>
       <c r="E210" s="22"/>
       <c r="F210" s="21"/>
       <c r="G210" s="22"/>
       <c r="H210" s="22"/>
       <c r="I210" s="23"/>
       <c r="J210" s="23"/>
-      <c r="K210" s="93"/>
-[...2 lines deleted...]
-      <c r="N210" s="95" t="str">
+      <c r="K210" s="85"/>
+      <c r="L210" s="86"/>
+      <c r="M210" s="86"/>
+      <c r="N210" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O210" s="96"/>
-[...1 lines deleted...]
-      <c r="Q210" s="96"/>
+      <c r="O210" s="88"/>
+      <c r="P210" s="88"/>
+      <c r="Q210" s="88"/>
       <c r="R210" s="23"/>
       <c r="S210" s="23"/>
-      <c r="T210" s="97"/>
+      <c r="T210" s="89"/>
       <c r="U210" s="23"/>
       <c r="V210" s="23"/>
-      <c r="W210" s="97"/>
-[...8 lines deleted...]
-      <c r="AF210" s="98" t="str">
+      <c r="W210" s="89"/>
+      <c r="X210" s="89"/>
+      <c r="Y210" s="89"/>
+      <c r="Z210" s="89"/>
+      <c r="AA210" s="89"/>
+      <c r="AB210" s="89"/>
+      <c r="AC210" s="89"/>
+      <c r="AD210" s="89"/>
+      <c r="AE210" s="89"/>
+      <c r="AF210" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG210" s="23"/>
+      <c r="AG210" s="89"/>
       <c r="AH210" s="23"/>
       <c r="AI210" s="23"/>
       <c r="AJ210" s="23"/>
       <c r="AK210" s="23"/>
       <c r="AL210" s="23"/>
       <c r="AM210" s="23"/>
-      <c r="AN210" s="98" t="str">
+      <c r="AN210" s="23"/>
+      <c r="AO210" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO210" s="97"/>
-[...8 lines deleted...]
-      <c r="AX210" s="99" t="str">
+      <c r="AP210" s="89"/>
+      <c r="AQ210" s="89"/>
+      <c r="AR210" s="89"/>
+      <c r="AS210" s="89"/>
+      <c r="AT210" s="89"/>
+      <c r="AU210" s="89"/>
+      <c r="AV210" s="89"/>
+      <c r="AW210" s="89"/>
+      <c r="AX210" s="89"/>
+      <c r="AY210" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY210" s="97"/>
-      <c r="AZ210" s="99" t="str">
+      <c r="AZ210" s="89"/>
+      <c r="BA210" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA210" s="97"/>
-[...1 lines deleted...]
-      <c r="BC210" s="99" t="str">
+      <c r="BB210" s="89"/>
+      <c r="BC210" s="89"/>
+      <c r="BD210" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD210" s="97"/>
-[...3 lines deleted...]
-      <c r="BH210" s="99" t="str">
+      <c r="BE210" s="89"/>
+      <c r="BF210" s="89"/>
+      <c r="BG210" s="89"/>
+      <c r="BH210" s="89"/>
+      <c r="BI210" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI210" s="99" t="str">
+      <c r="BJ210" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ210" s="22"/>
-[...13 lines deleted...]
-    <row r="211" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK210" s="22"/>
+      <c r="BL210" s="92"/>
+      <c r="BM210" s="92"/>
+      <c r="BN210" s="92"/>
+      <c r="BO210" s="92"/>
+      <c r="BP210" s="92"/>
+      <c r="BQ210" s="92"/>
+      <c r="BR210" s="92"/>
+      <c r="BS210" s="92"/>
+      <c r="BT210" s="92"/>
+      <c r="BU210" s="92"/>
+      <c r="BV210" s="92"/>
+      <c r="BW210" s="92"/>
+    </row>
+    <row r="211" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A211" s="22"/>
       <c r="B211" s="21"/>
       <c r="C211" s="22"/>
       <c r="D211" s="22"/>
       <c r="E211" s="22"/>
       <c r="F211" s="21"/>
       <c r="G211" s="22"/>
       <c r="H211" s="22"/>
       <c r="I211" s="23"/>
       <c r="J211" s="23"/>
-      <c r="K211" s="93"/>
-[...2 lines deleted...]
-      <c r="N211" s="95" t="str">
+      <c r="K211" s="85"/>
+      <c r="L211" s="86"/>
+      <c r="M211" s="86"/>
+      <c r="N211" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O211" s="96"/>
-[...1 lines deleted...]
-      <c r="Q211" s="96"/>
+      <c r="O211" s="88"/>
+      <c r="P211" s="88"/>
+      <c r="Q211" s="88"/>
       <c r="R211" s="23"/>
       <c r="S211" s="23"/>
-      <c r="T211" s="97"/>
+      <c r="T211" s="89"/>
       <c r="U211" s="23"/>
       <c r="V211" s="23"/>
-      <c r="W211" s="97"/>
-[...8 lines deleted...]
-      <c r="AF211" s="98" t="str">
+      <c r="W211" s="89"/>
+      <c r="X211" s="89"/>
+      <c r="Y211" s="89"/>
+      <c r="Z211" s="89"/>
+      <c r="AA211" s="89"/>
+      <c r="AB211" s="89"/>
+      <c r="AC211" s="89"/>
+      <c r="AD211" s="89"/>
+      <c r="AE211" s="89"/>
+      <c r="AF211" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG211" s="23"/>
+      <c r="AG211" s="89"/>
       <c r="AH211" s="23"/>
       <c r="AI211" s="23"/>
       <c r="AJ211" s="23"/>
       <c r="AK211" s="23"/>
       <c r="AL211" s="23"/>
       <c r="AM211" s="23"/>
-      <c r="AN211" s="98" t="str">
+      <c r="AN211" s="23"/>
+      <c r="AO211" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO211" s="97"/>
-[...8 lines deleted...]
-      <c r="AX211" s="99" t="str">
+      <c r="AP211" s="89"/>
+      <c r="AQ211" s="89"/>
+      <c r="AR211" s="89"/>
+      <c r="AS211" s="89"/>
+      <c r="AT211" s="89"/>
+      <c r="AU211" s="89"/>
+      <c r="AV211" s="89"/>
+      <c r="AW211" s="89"/>
+      <c r="AX211" s="89"/>
+      <c r="AY211" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY211" s="97"/>
-      <c r="AZ211" s="99" t="str">
+      <c r="AZ211" s="89"/>
+      <c r="BA211" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA211" s="97"/>
-[...1 lines deleted...]
-      <c r="BC211" s="99" t="str">
+      <c r="BB211" s="89"/>
+      <c r="BC211" s="89"/>
+      <c r="BD211" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD211" s="97"/>
-[...3 lines deleted...]
-      <c r="BH211" s="99" t="str">
+      <c r="BE211" s="89"/>
+      <c r="BF211" s="89"/>
+      <c r="BG211" s="89"/>
+      <c r="BH211" s="89"/>
+      <c r="BI211" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI211" s="99" t="str">
+      <c r="BJ211" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ211" s="22"/>
-[...13 lines deleted...]
-    <row r="212" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK211" s="22"/>
+      <c r="BL211" s="92"/>
+      <c r="BM211" s="92"/>
+      <c r="BN211" s="92"/>
+      <c r="BO211" s="92"/>
+      <c r="BP211" s="92"/>
+      <c r="BQ211" s="92"/>
+      <c r="BR211" s="92"/>
+      <c r="BS211" s="92"/>
+      <c r="BT211" s="92"/>
+      <c r="BU211" s="92"/>
+      <c r="BV211" s="92"/>
+      <c r="BW211" s="92"/>
+    </row>
+    <row r="212" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A212" s="22"/>
       <c r="B212" s="21"/>
       <c r="C212" s="22"/>
       <c r="D212" s="22"/>
       <c r="E212" s="22"/>
       <c r="F212" s="21"/>
       <c r="G212" s="22"/>
       <c r="H212" s="22"/>
       <c r="I212" s="23"/>
       <c r="J212" s="23"/>
-      <c r="K212" s="93"/>
-[...2 lines deleted...]
-      <c r="N212" s="95" t="str">
+      <c r="K212" s="85"/>
+      <c r="L212" s="86"/>
+      <c r="M212" s="86"/>
+      <c r="N212" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O212" s="96"/>
-[...1 lines deleted...]
-      <c r="Q212" s="96"/>
+      <c r="O212" s="88"/>
+      <c r="P212" s="88"/>
+      <c r="Q212" s="88"/>
       <c r="R212" s="23"/>
       <c r="S212" s="23"/>
-      <c r="T212" s="97"/>
+      <c r="T212" s="89"/>
       <c r="U212" s="23"/>
       <c r="V212" s="23"/>
-      <c r="W212" s="97"/>
-[...8 lines deleted...]
-      <c r="AF212" s="98" t="str">
+      <c r="W212" s="89"/>
+      <c r="X212" s="89"/>
+      <c r="Y212" s="89"/>
+      <c r="Z212" s="89"/>
+      <c r="AA212" s="89"/>
+      <c r="AB212" s="89"/>
+      <c r="AC212" s="89"/>
+      <c r="AD212" s="89"/>
+      <c r="AE212" s="89"/>
+      <c r="AF212" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG212" s="23"/>
+      <c r="AG212" s="89"/>
       <c r="AH212" s="23"/>
       <c r="AI212" s="23"/>
       <c r="AJ212" s="23"/>
       <c r="AK212" s="23"/>
       <c r="AL212" s="23"/>
       <c r="AM212" s="23"/>
-      <c r="AN212" s="98" t="str">
+      <c r="AN212" s="23"/>
+      <c r="AO212" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO212" s="97"/>
-[...8 lines deleted...]
-      <c r="AX212" s="99" t="str">
+      <c r="AP212" s="89"/>
+      <c r="AQ212" s="89"/>
+      <c r="AR212" s="89"/>
+      <c r="AS212" s="89"/>
+      <c r="AT212" s="89"/>
+      <c r="AU212" s="89"/>
+      <c r="AV212" s="89"/>
+      <c r="AW212" s="89"/>
+      <c r="AX212" s="89"/>
+      <c r="AY212" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY212" s="97"/>
-      <c r="AZ212" s="99" t="str">
+      <c r="AZ212" s="89"/>
+      <c r="BA212" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA212" s="97"/>
-[...1 lines deleted...]
-      <c r="BC212" s="99" t="str">
+      <c r="BB212" s="89"/>
+      <c r="BC212" s="89"/>
+      <c r="BD212" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD212" s="97"/>
-[...3 lines deleted...]
-      <c r="BH212" s="99" t="str">
+      <c r="BE212" s="89"/>
+      <c r="BF212" s="89"/>
+      <c r="BG212" s="89"/>
+      <c r="BH212" s="89"/>
+      <c r="BI212" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI212" s="99" t="str">
+      <c r="BJ212" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ212" s="22"/>
-[...13 lines deleted...]
-    <row r="213" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK212" s="22"/>
+      <c r="BL212" s="92"/>
+      <c r="BM212" s="92"/>
+      <c r="BN212" s="92"/>
+      <c r="BO212" s="92"/>
+      <c r="BP212" s="92"/>
+      <c r="BQ212" s="92"/>
+      <c r="BR212" s="92"/>
+      <c r="BS212" s="92"/>
+      <c r="BT212" s="92"/>
+      <c r="BU212" s="92"/>
+      <c r="BV212" s="92"/>
+      <c r="BW212" s="92"/>
+    </row>
+    <row r="213" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A213" s="22"/>
       <c r="B213" s="21"/>
       <c r="C213" s="22"/>
       <c r="D213" s="22"/>
       <c r="E213" s="22"/>
       <c r="F213" s="21"/>
       <c r="G213" s="22"/>
       <c r="H213" s="22"/>
       <c r="I213" s="23"/>
       <c r="J213" s="23"/>
-      <c r="K213" s="93"/>
-[...2 lines deleted...]
-      <c r="N213" s="95" t="str">
+      <c r="K213" s="85"/>
+      <c r="L213" s="86"/>
+      <c r="M213" s="86"/>
+      <c r="N213" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O213" s="96"/>
-[...1 lines deleted...]
-      <c r="Q213" s="96"/>
+      <c r="O213" s="88"/>
+      <c r="P213" s="88"/>
+      <c r="Q213" s="88"/>
       <c r="R213" s="23"/>
       <c r="S213" s="23"/>
-      <c r="T213" s="97"/>
+      <c r="T213" s="89"/>
       <c r="U213" s="23"/>
       <c r="V213" s="23"/>
-      <c r="W213" s="97"/>
-[...8 lines deleted...]
-      <c r="AF213" s="98" t="str">
+      <c r="W213" s="89"/>
+      <c r="X213" s="89"/>
+      <c r="Y213" s="89"/>
+      <c r="Z213" s="89"/>
+      <c r="AA213" s="89"/>
+      <c r="AB213" s="89"/>
+      <c r="AC213" s="89"/>
+      <c r="AD213" s="89"/>
+      <c r="AE213" s="89"/>
+      <c r="AF213" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG213" s="23"/>
+      <c r="AG213" s="89"/>
       <c r="AH213" s="23"/>
       <c r="AI213" s="23"/>
       <c r="AJ213" s="23"/>
       <c r="AK213" s="23"/>
       <c r="AL213" s="23"/>
       <c r="AM213" s="23"/>
-      <c r="AN213" s="98" t="str">
+      <c r="AN213" s="23"/>
+      <c r="AO213" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO213" s="97"/>
-[...8 lines deleted...]
-      <c r="AX213" s="99" t="str">
+      <c r="AP213" s="89"/>
+      <c r="AQ213" s="89"/>
+      <c r="AR213" s="89"/>
+      <c r="AS213" s="89"/>
+      <c r="AT213" s="89"/>
+      <c r="AU213" s="89"/>
+      <c r="AV213" s="89"/>
+      <c r="AW213" s="89"/>
+      <c r="AX213" s="89"/>
+      <c r="AY213" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY213" s="97"/>
-      <c r="AZ213" s="99" t="str">
+      <c r="AZ213" s="89"/>
+      <c r="BA213" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA213" s="97"/>
-[...1 lines deleted...]
-      <c r="BC213" s="99" t="str">
+      <c r="BB213" s="89"/>
+      <c r="BC213" s="89"/>
+      <c r="BD213" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD213" s="97"/>
-[...3 lines deleted...]
-      <c r="BH213" s="99" t="str">
+      <c r="BE213" s="89"/>
+      <c r="BF213" s="89"/>
+      <c r="BG213" s="89"/>
+      <c r="BH213" s="89"/>
+      <c r="BI213" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI213" s="99" t="str">
+      <c r="BJ213" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ213" s="22"/>
-[...13 lines deleted...]
-    <row r="214" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK213" s="22"/>
+      <c r="BL213" s="92"/>
+      <c r="BM213" s="92"/>
+      <c r="BN213" s="92"/>
+      <c r="BO213" s="92"/>
+      <c r="BP213" s="92"/>
+      <c r="BQ213" s="92"/>
+      <c r="BR213" s="92"/>
+      <c r="BS213" s="92"/>
+      <c r="BT213" s="92"/>
+      <c r="BU213" s="92"/>
+      <c r="BV213" s="92"/>
+      <c r="BW213" s="92"/>
+    </row>
+    <row r="214" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A214" s="22"/>
       <c r="B214" s="21"/>
       <c r="C214" s="22"/>
       <c r="D214" s="22"/>
       <c r="E214" s="22"/>
       <c r="F214" s="21"/>
       <c r="G214" s="22"/>
       <c r="H214" s="22"/>
       <c r="I214" s="23"/>
       <c r="J214" s="23"/>
-      <c r="K214" s="93"/>
-[...2 lines deleted...]
-      <c r="N214" s="95" t="str">
+      <c r="K214" s="85"/>
+      <c r="L214" s="86"/>
+      <c r="M214" s="86"/>
+      <c r="N214" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O214" s="96"/>
-[...1 lines deleted...]
-      <c r="Q214" s="96"/>
+      <c r="O214" s="88"/>
+      <c r="P214" s="88"/>
+      <c r="Q214" s="88"/>
       <c r="R214" s="23"/>
       <c r="S214" s="23"/>
-      <c r="T214" s="97"/>
+      <c r="T214" s="89"/>
       <c r="U214" s="23"/>
       <c r="V214" s="23"/>
-      <c r="W214" s="97"/>
-[...8 lines deleted...]
-      <c r="AF214" s="98" t="str">
+      <c r="W214" s="89"/>
+      <c r="X214" s="89"/>
+      <c r="Y214" s="89"/>
+      <c r="Z214" s="89"/>
+      <c r="AA214" s="89"/>
+      <c r="AB214" s="89"/>
+      <c r="AC214" s="89"/>
+      <c r="AD214" s="89"/>
+      <c r="AE214" s="89"/>
+      <c r="AF214" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG214" s="23"/>
+      <c r="AG214" s="89"/>
       <c r="AH214" s="23"/>
       <c r="AI214" s="23"/>
       <c r="AJ214" s="23"/>
       <c r="AK214" s="23"/>
       <c r="AL214" s="23"/>
       <c r="AM214" s="23"/>
-      <c r="AN214" s="98" t="str">
+      <c r="AN214" s="23"/>
+      <c r="AO214" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO214" s="97"/>
-[...8 lines deleted...]
-      <c r="AX214" s="99" t="str">
+      <c r="AP214" s="89"/>
+      <c r="AQ214" s="89"/>
+      <c r="AR214" s="89"/>
+      <c r="AS214" s="89"/>
+      <c r="AT214" s="89"/>
+      <c r="AU214" s="89"/>
+      <c r="AV214" s="89"/>
+      <c r="AW214" s="89"/>
+      <c r="AX214" s="89"/>
+      <c r="AY214" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY214" s="97"/>
-      <c r="AZ214" s="99" t="str">
+      <c r="AZ214" s="89"/>
+      <c r="BA214" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA214" s="97"/>
-[...1 lines deleted...]
-      <c r="BC214" s="99" t="str">
+      <c r="BB214" s="89"/>
+      <c r="BC214" s="89"/>
+      <c r="BD214" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD214" s="97"/>
-[...3 lines deleted...]
-      <c r="BH214" s="99" t="str">
+      <c r="BE214" s="89"/>
+      <c r="BF214" s="89"/>
+      <c r="BG214" s="89"/>
+      <c r="BH214" s="89"/>
+      <c r="BI214" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI214" s="99" t="str">
+      <c r="BJ214" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ214" s="22"/>
-[...13 lines deleted...]
-    <row r="215" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK214" s="22"/>
+      <c r="BL214" s="92"/>
+      <c r="BM214" s="92"/>
+      <c r="BN214" s="92"/>
+      <c r="BO214" s="92"/>
+      <c r="BP214" s="92"/>
+      <c r="BQ214" s="92"/>
+      <c r="BR214" s="92"/>
+      <c r="BS214" s="92"/>
+      <c r="BT214" s="92"/>
+      <c r="BU214" s="92"/>
+      <c r="BV214" s="92"/>
+      <c r="BW214" s="92"/>
+    </row>
+    <row r="215" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A215" s="22"/>
       <c r="B215" s="21"/>
       <c r="C215" s="22"/>
       <c r="D215" s="22"/>
       <c r="E215" s="22"/>
       <c r="F215" s="21"/>
       <c r="G215" s="22"/>
       <c r="H215" s="22"/>
       <c r="I215" s="23"/>
       <c r="J215" s="23"/>
-      <c r="K215" s="93"/>
-[...2 lines deleted...]
-      <c r="N215" s="95" t="str">
+      <c r="K215" s="85"/>
+      <c r="L215" s="86"/>
+      <c r="M215" s="86"/>
+      <c r="N215" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O215" s="96"/>
-[...1 lines deleted...]
-      <c r="Q215" s="96"/>
+      <c r="O215" s="88"/>
+      <c r="P215" s="88"/>
+      <c r="Q215" s="88"/>
       <c r="R215" s="23"/>
       <c r="S215" s="23"/>
-      <c r="T215" s="97"/>
+      <c r="T215" s="89"/>
       <c r="U215" s="23"/>
       <c r="V215" s="23"/>
-      <c r="W215" s="97"/>
-[...8 lines deleted...]
-      <c r="AF215" s="98" t="str">
+      <c r="W215" s="89"/>
+      <c r="X215" s="89"/>
+      <c r="Y215" s="89"/>
+      <c r="Z215" s="89"/>
+      <c r="AA215" s="89"/>
+      <c r="AB215" s="89"/>
+      <c r="AC215" s="89"/>
+      <c r="AD215" s="89"/>
+      <c r="AE215" s="89"/>
+      <c r="AF215" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG215" s="23"/>
+      <c r="AG215" s="89"/>
       <c r="AH215" s="23"/>
       <c r="AI215" s="23"/>
       <c r="AJ215" s="23"/>
       <c r="AK215" s="23"/>
       <c r="AL215" s="23"/>
       <c r="AM215" s="23"/>
-      <c r="AN215" s="98" t="str">
+      <c r="AN215" s="23"/>
+      <c r="AO215" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO215" s="97"/>
-[...8 lines deleted...]
-      <c r="AX215" s="99" t="str">
+      <c r="AP215" s="89"/>
+      <c r="AQ215" s="89"/>
+      <c r="AR215" s="89"/>
+      <c r="AS215" s="89"/>
+      <c r="AT215" s="89"/>
+      <c r="AU215" s="89"/>
+      <c r="AV215" s="89"/>
+      <c r="AW215" s="89"/>
+      <c r="AX215" s="89"/>
+      <c r="AY215" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY215" s="97"/>
-      <c r="AZ215" s="99" t="str">
+      <c r="AZ215" s="89"/>
+      <c r="BA215" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA215" s="97"/>
-[...1 lines deleted...]
-      <c r="BC215" s="99" t="str">
+      <c r="BB215" s="89"/>
+      <c r="BC215" s="89"/>
+      <c r="BD215" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD215" s="97"/>
-[...3 lines deleted...]
-      <c r="BH215" s="99" t="str">
+      <c r="BE215" s="89"/>
+      <c r="BF215" s="89"/>
+      <c r="BG215" s="89"/>
+      <c r="BH215" s="89"/>
+      <c r="BI215" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI215" s="99" t="str">
+      <c r="BJ215" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ215" s="22"/>
-[...13 lines deleted...]
-    <row r="216" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK215" s="22"/>
+      <c r="BL215" s="92"/>
+      <c r="BM215" s="92"/>
+      <c r="BN215" s="92"/>
+      <c r="BO215" s="92"/>
+      <c r="BP215" s="92"/>
+      <c r="BQ215" s="92"/>
+      <c r="BR215" s="92"/>
+      <c r="BS215" s="92"/>
+      <c r="BT215" s="92"/>
+      <c r="BU215" s="92"/>
+      <c r="BV215" s="92"/>
+      <c r="BW215" s="92"/>
+    </row>
+    <row r="216" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A216" s="22"/>
       <c r="B216" s="21"/>
       <c r="C216" s="22"/>
       <c r="D216" s="22"/>
       <c r="E216" s="22"/>
       <c r="F216" s="21"/>
       <c r="G216" s="22"/>
       <c r="H216" s="22"/>
       <c r="I216" s="23"/>
       <c r="J216" s="23"/>
-      <c r="K216" s="93"/>
-[...2 lines deleted...]
-      <c r="N216" s="95" t="str">
+      <c r="K216" s="85"/>
+      <c r="L216" s="86"/>
+      <c r="M216" s="86"/>
+      <c r="N216" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O216" s="96"/>
-[...1 lines deleted...]
-      <c r="Q216" s="96"/>
+      <c r="O216" s="88"/>
+      <c r="P216" s="88"/>
+      <c r="Q216" s="88"/>
       <c r="R216" s="23"/>
       <c r="S216" s="23"/>
-      <c r="T216" s="97"/>
+      <c r="T216" s="89"/>
       <c r="U216" s="23"/>
       <c r="V216" s="23"/>
-      <c r="W216" s="97"/>
-[...8 lines deleted...]
-      <c r="AF216" s="98" t="str">
+      <c r="W216" s="89"/>
+      <c r="X216" s="89"/>
+      <c r="Y216" s="89"/>
+      <c r="Z216" s="89"/>
+      <c r="AA216" s="89"/>
+      <c r="AB216" s="89"/>
+      <c r="AC216" s="89"/>
+      <c r="AD216" s="89"/>
+      <c r="AE216" s="89"/>
+      <c r="AF216" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG216" s="23"/>
+      <c r="AG216" s="89"/>
       <c r="AH216" s="23"/>
       <c r="AI216" s="23"/>
       <c r="AJ216" s="23"/>
       <c r="AK216" s="23"/>
       <c r="AL216" s="23"/>
       <c r="AM216" s="23"/>
-      <c r="AN216" s="98" t="str">
+      <c r="AN216" s="23"/>
+      <c r="AO216" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO216" s="97"/>
-[...8 lines deleted...]
-      <c r="AX216" s="99" t="str">
+      <c r="AP216" s="89"/>
+      <c r="AQ216" s="89"/>
+      <c r="AR216" s="89"/>
+      <c r="AS216" s="89"/>
+      <c r="AT216" s="89"/>
+      <c r="AU216" s="89"/>
+      <c r="AV216" s="89"/>
+      <c r="AW216" s="89"/>
+      <c r="AX216" s="89"/>
+      <c r="AY216" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY216" s="97"/>
-      <c r="AZ216" s="99" t="str">
+      <c r="AZ216" s="89"/>
+      <c r="BA216" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA216" s="97"/>
-[...1 lines deleted...]
-      <c r="BC216" s="99" t="str">
+      <c r="BB216" s="89"/>
+      <c r="BC216" s="89"/>
+      <c r="BD216" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD216" s="97"/>
-[...3 lines deleted...]
-      <c r="BH216" s="99" t="str">
+      <c r="BE216" s="89"/>
+      <c r="BF216" s="89"/>
+      <c r="BG216" s="89"/>
+      <c r="BH216" s="89"/>
+      <c r="BI216" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI216" s="99" t="str">
+      <c r="BJ216" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ216" s="22"/>
-[...13 lines deleted...]
-    <row r="217" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK216" s="22"/>
+      <c r="BL216" s="92"/>
+      <c r="BM216" s="92"/>
+      <c r="BN216" s="92"/>
+      <c r="BO216" s="92"/>
+      <c r="BP216" s="92"/>
+      <c r="BQ216" s="92"/>
+      <c r="BR216" s="92"/>
+      <c r="BS216" s="92"/>
+      <c r="BT216" s="92"/>
+      <c r="BU216" s="92"/>
+      <c r="BV216" s="92"/>
+      <c r="BW216" s="92"/>
+    </row>
+    <row r="217" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A217" s="22"/>
       <c r="B217" s="21"/>
       <c r="C217" s="22"/>
       <c r="D217" s="22"/>
       <c r="E217" s="22"/>
       <c r="F217" s="21"/>
       <c r="G217" s="22"/>
       <c r="H217" s="22"/>
       <c r="I217" s="23"/>
       <c r="J217" s="23"/>
-      <c r="K217" s="93"/>
-[...2 lines deleted...]
-      <c r="N217" s="95" t="str">
+      <c r="K217" s="85"/>
+      <c r="L217" s="86"/>
+      <c r="M217" s="86"/>
+      <c r="N217" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O217" s="96"/>
-[...1 lines deleted...]
-      <c r="Q217" s="96"/>
+      <c r="O217" s="88"/>
+      <c r="P217" s="88"/>
+      <c r="Q217" s="88"/>
       <c r="R217" s="23"/>
       <c r="S217" s="23"/>
-      <c r="T217" s="97"/>
+      <c r="T217" s="89"/>
       <c r="U217" s="23"/>
       <c r="V217" s="23"/>
-      <c r="W217" s="97"/>
-[...8 lines deleted...]
-      <c r="AF217" s="98" t="str">
+      <c r="W217" s="89"/>
+      <c r="X217" s="89"/>
+      <c r="Y217" s="89"/>
+      <c r="Z217" s="89"/>
+      <c r="AA217" s="89"/>
+      <c r="AB217" s="89"/>
+      <c r="AC217" s="89"/>
+      <c r="AD217" s="89"/>
+      <c r="AE217" s="89"/>
+      <c r="AF217" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG217" s="23"/>
+      <c r="AG217" s="89"/>
       <c r="AH217" s="23"/>
       <c r="AI217" s="23"/>
       <c r="AJ217" s="23"/>
       <c r="AK217" s="23"/>
       <c r="AL217" s="23"/>
       <c r="AM217" s="23"/>
-      <c r="AN217" s="98" t="str">
+      <c r="AN217" s="23"/>
+      <c r="AO217" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO217" s="97"/>
-[...8 lines deleted...]
-      <c r="AX217" s="99" t="str">
+      <c r="AP217" s="89"/>
+      <c r="AQ217" s="89"/>
+      <c r="AR217" s="89"/>
+      <c r="AS217" s="89"/>
+      <c r="AT217" s="89"/>
+      <c r="AU217" s="89"/>
+      <c r="AV217" s="89"/>
+      <c r="AW217" s="89"/>
+      <c r="AX217" s="89"/>
+      <c r="AY217" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY217" s="97"/>
-      <c r="AZ217" s="99" t="str">
+      <c r="AZ217" s="89"/>
+      <c r="BA217" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA217" s="97"/>
-[...1 lines deleted...]
-      <c r="BC217" s="99" t="str">
+      <c r="BB217" s="89"/>
+      <c r="BC217" s="89"/>
+      <c r="BD217" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD217" s="97"/>
-[...3 lines deleted...]
-      <c r="BH217" s="99" t="str">
+      <c r="BE217" s="89"/>
+      <c r="BF217" s="89"/>
+      <c r="BG217" s="89"/>
+      <c r="BH217" s="89"/>
+      <c r="BI217" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI217" s="99" t="str">
+      <c r="BJ217" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ217" s="22"/>
-[...13 lines deleted...]
-    <row r="218" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK217" s="22"/>
+      <c r="BL217" s="92"/>
+      <c r="BM217" s="92"/>
+      <c r="BN217" s="92"/>
+      <c r="BO217" s="92"/>
+      <c r="BP217" s="92"/>
+      <c r="BQ217" s="92"/>
+      <c r="BR217" s="92"/>
+      <c r="BS217" s="92"/>
+      <c r="BT217" s="92"/>
+      <c r="BU217" s="92"/>
+      <c r="BV217" s="92"/>
+      <c r="BW217" s="92"/>
+    </row>
+    <row r="218" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A218" s="22"/>
       <c r="B218" s="21"/>
       <c r="C218" s="22"/>
       <c r="D218" s="22"/>
       <c r="E218" s="22"/>
       <c r="F218" s="21"/>
       <c r="G218" s="22"/>
       <c r="H218" s="22"/>
       <c r="I218" s="23"/>
       <c r="J218" s="23"/>
-      <c r="K218" s="93"/>
-[...2 lines deleted...]
-      <c r="N218" s="95" t="str">
+      <c r="K218" s="85"/>
+      <c r="L218" s="86"/>
+      <c r="M218" s="86"/>
+      <c r="N218" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O218" s="96"/>
-[...1 lines deleted...]
-      <c r="Q218" s="96"/>
+      <c r="O218" s="88"/>
+      <c r="P218" s="88"/>
+      <c r="Q218" s="88"/>
       <c r="R218" s="23"/>
       <c r="S218" s="23"/>
-      <c r="T218" s="97"/>
+      <c r="T218" s="89"/>
       <c r="U218" s="23"/>
       <c r="V218" s="23"/>
-      <c r="W218" s="97"/>
-[...8 lines deleted...]
-      <c r="AF218" s="98" t="str">
+      <c r="W218" s="89"/>
+      <c r="X218" s="89"/>
+      <c r="Y218" s="89"/>
+      <c r="Z218" s="89"/>
+      <c r="AA218" s="89"/>
+      <c r="AB218" s="89"/>
+      <c r="AC218" s="89"/>
+      <c r="AD218" s="89"/>
+      <c r="AE218" s="89"/>
+      <c r="AF218" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG218" s="23"/>
+      <c r="AG218" s="89"/>
       <c r="AH218" s="23"/>
       <c r="AI218" s="23"/>
       <c r="AJ218" s="23"/>
       <c r="AK218" s="23"/>
       <c r="AL218" s="23"/>
       <c r="AM218" s="23"/>
-      <c r="AN218" s="98" t="str">
+      <c r="AN218" s="23"/>
+      <c r="AO218" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO218" s="97"/>
-[...8 lines deleted...]
-      <c r="AX218" s="99" t="str">
+      <c r="AP218" s="89"/>
+      <c r="AQ218" s="89"/>
+      <c r="AR218" s="89"/>
+      <c r="AS218" s="89"/>
+      <c r="AT218" s="89"/>
+      <c r="AU218" s="89"/>
+      <c r="AV218" s="89"/>
+      <c r="AW218" s="89"/>
+      <c r="AX218" s="89"/>
+      <c r="AY218" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY218" s="97"/>
-      <c r="AZ218" s="99" t="str">
+      <c r="AZ218" s="89"/>
+      <c r="BA218" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA218" s="97"/>
-[...1 lines deleted...]
-      <c r="BC218" s="99" t="str">
+      <c r="BB218" s="89"/>
+      <c r="BC218" s="89"/>
+      <c r="BD218" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD218" s="97"/>
-[...3 lines deleted...]
-      <c r="BH218" s="99" t="str">
+      <c r="BE218" s="89"/>
+      <c r="BF218" s="89"/>
+      <c r="BG218" s="89"/>
+      <c r="BH218" s="89"/>
+      <c r="BI218" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI218" s="99" t="str">
+      <c r="BJ218" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ218" s="22"/>
-[...13 lines deleted...]
-    <row r="219" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK218" s="22"/>
+      <c r="BL218" s="92"/>
+      <c r="BM218" s="92"/>
+      <c r="BN218" s="92"/>
+      <c r="BO218" s="92"/>
+      <c r="BP218" s="92"/>
+      <c r="BQ218" s="92"/>
+      <c r="BR218" s="92"/>
+      <c r="BS218" s="92"/>
+      <c r="BT218" s="92"/>
+      <c r="BU218" s="92"/>
+      <c r="BV218" s="92"/>
+      <c r="BW218" s="92"/>
+    </row>
+    <row r="219" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A219" s="22"/>
       <c r="B219" s="21"/>
       <c r="C219" s="22"/>
       <c r="D219" s="22"/>
       <c r="E219" s="22"/>
       <c r="F219" s="21"/>
       <c r="G219" s="22"/>
       <c r="H219" s="22"/>
       <c r="I219" s="23"/>
       <c r="J219" s="23"/>
-      <c r="K219" s="93"/>
-[...2 lines deleted...]
-      <c r="N219" s="95" t="str">
+      <c r="K219" s="85"/>
+      <c r="L219" s="86"/>
+      <c r="M219" s="86"/>
+      <c r="N219" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O219" s="96"/>
-[...1 lines deleted...]
-      <c r="Q219" s="96"/>
+      <c r="O219" s="88"/>
+      <c r="P219" s="88"/>
+      <c r="Q219" s="88"/>
       <c r="R219" s="23"/>
       <c r="S219" s="23"/>
-      <c r="T219" s="97"/>
+      <c r="T219" s="89"/>
       <c r="U219" s="23"/>
       <c r="V219" s="23"/>
-      <c r="W219" s="97"/>
-[...8 lines deleted...]
-      <c r="AF219" s="98" t="str">
+      <c r="W219" s="89"/>
+      <c r="X219" s="89"/>
+      <c r="Y219" s="89"/>
+      <c r="Z219" s="89"/>
+      <c r="AA219" s="89"/>
+      <c r="AB219" s="89"/>
+      <c r="AC219" s="89"/>
+      <c r="AD219" s="89"/>
+      <c r="AE219" s="89"/>
+      <c r="AF219" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG219" s="23"/>
+      <c r="AG219" s="89"/>
       <c r="AH219" s="23"/>
       <c r="AI219" s="23"/>
       <c r="AJ219" s="23"/>
       <c r="AK219" s="23"/>
       <c r="AL219" s="23"/>
       <c r="AM219" s="23"/>
-      <c r="AN219" s="98" t="str">
+      <c r="AN219" s="23"/>
+      <c r="AO219" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO219" s="97"/>
-[...8 lines deleted...]
-      <c r="AX219" s="99" t="str">
+      <c r="AP219" s="89"/>
+      <c r="AQ219" s="89"/>
+      <c r="AR219" s="89"/>
+      <c r="AS219" s="89"/>
+      <c r="AT219" s="89"/>
+      <c r="AU219" s="89"/>
+      <c r="AV219" s="89"/>
+      <c r="AW219" s="89"/>
+      <c r="AX219" s="89"/>
+      <c r="AY219" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY219" s="97"/>
-      <c r="AZ219" s="99" t="str">
+      <c r="AZ219" s="89"/>
+      <c r="BA219" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA219" s="97"/>
-[...1 lines deleted...]
-      <c r="BC219" s="99" t="str">
+      <c r="BB219" s="89"/>
+      <c r="BC219" s="89"/>
+      <c r="BD219" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD219" s="97"/>
-[...3 lines deleted...]
-      <c r="BH219" s="99" t="str">
+      <c r="BE219" s="89"/>
+      <c r="BF219" s="89"/>
+      <c r="BG219" s="89"/>
+      <c r="BH219" s="89"/>
+      <c r="BI219" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI219" s="99" t="str">
+      <c r="BJ219" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ219" s="22"/>
-[...13 lines deleted...]
-    <row r="220" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK219" s="22"/>
+      <c r="BL219" s="92"/>
+      <c r="BM219" s="92"/>
+      <c r="BN219" s="92"/>
+      <c r="BO219" s="92"/>
+      <c r="BP219" s="92"/>
+      <c r="BQ219" s="92"/>
+      <c r="BR219" s="92"/>
+      <c r="BS219" s="92"/>
+      <c r="BT219" s="92"/>
+      <c r="BU219" s="92"/>
+      <c r="BV219" s="92"/>
+      <c r="BW219" s="92"/>
+    </row>
+    <row r="220" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A220" s="22"/>
       <c r="B220" s="21"/>
       <c r="C220" s="22"/>
       <c r="D220" s="22"/>
       <c r="E220" s="22"/>
       <c r="F220" s="21"/>
       <c r="G220" s="22"/>
       <c r="H220" s="22"/>
       <c r="I220" s="23"/>
       <c r="J220" s="23"/>
-      <c r="K220" s="93"/>
-[...2 lines deleted...]
-      <c r="N220" s="95" t="str">
+      <c r="K220" s="85"/>
+      <c r="L220" s="86"/>
+      <c r="M220" s="86"/>
+      <c r="N220" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O220" s="96"/>
-[...1 lines deleted...]
-      <c r="Q220" s="96"/>
+      <c r="O220" s="88"/>
+      <c r="P220" s="88"/>
+      <c r="Q220" s="88"/>
       <c r="R220" s="23"/>
       <c r="S220" s="23"/>
-      <c r="T220" s="97"/>
+      <c r="T220" s="89"/>
       <c r="U220" s="23"/>
       <c r="V220" s="23"/>
-      <c r="W220" s="97"/>
-[...8 lines deleted...]
-      <c r="AF220" s="98" t="str">
+      <c r="W220" s="89"/>
+      <c r="X220" s="89"/>
+      <c r="Y220" s="89"/>
+      <c r="Z220" s="89"/>
+      <c r="AA220" s="89"/>
+      <c r="AB220" s="89"/>
+      <c r="AC220" s="89"/>
+      <c r="AD220" s="89"/>
+      <c r="AE220" s="89"/>
+      <c r="AF220" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG220" s="23"/>
+      <c r="AG220" s="89"/>
       <c r="AH220" s="23"/>
       <c r="AI220" s="23"/>
       <c r="AJ220" s="23"/>
       <c r="AK220" s="23"/>
       <c r="AL220" s="23"/>
       <c r="AM220" s="23"/>
-      <c r="AN220" s="98" t="str">
+      <c r="AN220" s="23"/>
+      <c r="AO220" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO220" s="97"/>
-[...8 lines deleted...]
-      <c r="AX220" s="99" t="str">
+      <c r="AP220" s="89"/>
+      <c r="AQ220" s="89"/>
+      <c r="AR220" s="89"/>
+      <c r="AS220" s="89"/>
+      <c r="AT220" s="89"/>
+      <c r="AU220" s="89"/>
+      <c r="AV220" s="89"/>
+      <c r="AW220" s="89"/>
+      <c r="AX220" s="89"/>
+      <c r="AY220" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY220" s="97"/>
-      <c r="AZ220" s="99" t="str">
+      <c r="AZ220" s="89"/>
+      <c r="BA220" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA220" s="97"/>
-[...1 lines deleted...]
-      <c r="BC220" s="99" t="str">
+      <c r="BB220" s="89"/>
+      <c r="BC220" s="89"/>
+      <c r="BD220" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD220" s="97"/>
-[...3 lines deleted...]
-      <c r="BH220" s="99" t="str">
+      <c r="BE220" s="89"/>
+      <c r="BF220" s="89"/>
+      <c r="BG220" s="89"/>
+      <c r="BH220" s="89"/>
+      <c r="BI220" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI220" s="99" t="str">
+      <c r="BJ220" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ220" s="22"/>
-[...13 lines deleted...]
-    <row r="221" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK220" s="22"/>
+      <c r="BL220" s="92"/>
+      <c r="BM220" s="92"/>
+      <c r="BN220" s="92"/>
+      <c r="BO220" s="92"/>
+      <c r="BP220" s="92"/>
+      <c r="BQ220" s="92"/>
+      <c r="BR220" s="92"/>
+      <c r="BS220" s="92"/>
+      <c r="BT220" s="92"/>
+      <c r="BU220" s="92"/>
+      <c r="BV220" s="92"/>
+      <c r="BW220" s="92"/>
+    </row>
+    <row r="221" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A221" s="22"/>
       <c r="B221" s="21"/>
       <c r="C221" s="22"/>
       <c r="D221" s="22"/>
       <c r="E221" s="22"/>
       <c r="F221" s="21"/>
       <c r="G221" s="22"/>
       <c r="H221" s="22"/>
       <c r="I221" s="23"/>
       <c r="J221" s="23"/>
-      <c r="K221" s="93"/>
-[...2 lines deleted...]
-      <c r="N221" s="95" t="str">
+      <c r="K221" s="85"/>
+      <c r="L221" s="86"/>
+      <c r="M221" s="86"/>
+      <c r="N221" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O221" s="96"/>
-[...1 lines deleted...]
-      <c r="Q221" s="96"/>
+      <c r="O221" s="88"/>
+      <c r="P221" s="88"/>
+      <c r="Q221" s="88"/>
       <c r="R221" s="23"/>
       <c r="S221" s="23"/>
-      <c r="T221" s="97"/>
+      <c r="T221" s="89"/>
       <c r="U221" s="23"/>
       <c r="V221" s="23"/>
-      <c r="W221" s="97"/>
-[...8 lines deleted...]
-      <c r="AF221" s="98" t="str">
+      <c r="W221" s="89"/>
+      <c r="X221" s="89"/>
+      <c r="Y221" s="89"/>
+      <c r="Z221" s="89"/>
+      <c r="AA221" s="89"/>
+      <c r="AB221" s="89"/>
+      <c r="AC221" s="89"/>
+      <c r="AD221" s="89"/>
+      <c r="AE221" s="89"/>
+      <c r="AF221" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG221" s="23"/>
+      <c r="AG221" s="89"/>
       <c r="AH221" s="23"/>
       <c r="AI221" s="23"/>
       <c r="AJ221" s="23"/>
       <c r="AK221" s="23"/>
       <c r="AL221" s="23"/>
       <c r="AM221" s="23"/>
-      <c r="AN221" s="98" t="str">
+      <c r="AN221" s="23"/>
+      <c r="AO221" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO221" s="97"/>
-[...8 lines deleted...]
-      <c r="AX221" s="99" t="str">
+      <c r="AP221" s="89"/>
+      <c r="AQ221" s="89"/>
+      <c r="AR221" s="89"/>
+      <c r="AS221" s="89"/>
+      <c r="AT221" s="89"/>
+      <c r="AU221" s="89"/>
+      <c r="AV221" s="89"/>
+      <c r="AW221" s="89"/>
+      <c r="AX221" s="89"/>
+      <c r="AY221" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY221" s="97"/>
-      <c r="AZ221" s="99" t="str">
+      <c r="AZ221" s="89"/>
+      <c r="BA221" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA221" s="97"/>
-[...1 lines deleted...]
-      <c r="BC221" s="99" t="str">
+      <c r="BB221" s="89"/>
+      <c r="BC221" s="89"/>
+      <c r="BD221" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD221" s="97"/>
-[...3 lines deleted...]
-      <c r="BH221" s="99" t="str">
+      <c r="BE221" s="89"/>
+      <c r="BF221" s="89"/>
+      <c r="BG221" s="89"/>
+      <c r="BH221" s="89"/>
+      <c r="BI221" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI221" s="99" t="str">
+      <c r="BJ221" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ221" s="22"/>
-[...13 lines deleted...]
-    <row r="222" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK221" s="22"/>
+      <c r="BL221" s="92"/>
+      <c r="BM221" s="92"/>
+      <c r="BN221" s="92"/>
+      <c r="BO221" s="92"/>
+      <c r="BP221" s="92"/>
+      <c r="BQ221" s="92"/>
+      <c r="BR221" s="92"/>
+      <c r="BS221" s="92"/>
+      <c r="BT221" s="92"/>
+      <c r="BU221" s="92"/>
+      <c r="BV221" s="92"/>
+      <c r="BW221" s="92"/>
+    </row>
+    <row r="222" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A222" s="22"/>
       <c r="B222" s="21"/>
       <c r="C222" s="22"/>
       <c r="D222" s="22"/>
       <c r="E222" s="22"/>
       <c r="F222" s="21"/>
       <c r="G222" s="22"/>
       <c r="H222" s="22"/>
       <c r="I222" s="23"/>
       <c r="J222" s="23"/>
-      <c r="K222" s="93"/>
-[...2 lines deleted...]
-      <c r="N222" s="95" t="str">
+      <c r="K222" s="85"/>
+      <c r="L222" s="86"/>
+      <c r="M222" s="86"/>
+      <c r="N222" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O222" s="96"/>
-[...1 lines deleted...]
-      <c r="Q222" s="96"/>
+      <c r="O222" s="88"/>
+      <c r="P222" s="88"/>
+      <c r="Q222" s="88"/>
       <c r="R222" s="23"/>
       <c r="S222" s="23"/>
-      <c r="T222" s="97"/>
+      <c r="T222" s="89"/>
       <c r="U222" s="23"/>
       <c r="V222" s="23"/>
-      <c r="W222" s="97"/>
-[...8 lines deleted...]
-      <c r="AF222" s="98" t="str">
+      <c r="W222" s="89"/>
+      <c r="X222" s="89"/>
+      <c r="Y222" s="89"/>
+      <c r="Z222" s="89"/>
+      <c r="AA222" s="89"/>
+      <c r="AB222" s="89"/>
+      <c r="AC222" s="89"/>
+      <c r="AD222" s="89"/>
+      <c r="AE222" s="89"/>
+      <c r="AF222" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG222" s="23"/>
+      <c r="AG222" s="89"/>
       <c r="AH222" s="23"/>
       <c r="AI222" s="23"/>
       <c r="AJ222" s="23"/>
       <c r="AK222" s="23"/>
       <c r="AL222" s="23"/>
       <c r="AM222" s="23"/>
-      <c r="AN222" s="98" t="str">
+      <c r="AN222" s="23"/>
+      <c r="AO222" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO222" s="97"/>
-[...8 lines deleted...]
-      <c r="AX222" s="99" t="str">
+      <c r="AP222" s="89"/>
+      <c r="AQ222" s="89"/>
+      <c r="AR222" s="89"/>
+      <c r="AS222" s="89"/>
+      <c r="AT222" s="89"/>
+      <c r="AU222" s="89"/>
+      <c r="AV222" s="89"/>
+      <c r="AW222" s="89"/>
+      <c r="AX222" s="89"/>
+      <c r="AY222" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY222" s="97"/>
-      <c r="AZ222" s="99" t="str">
+      <c r="AZ222" s="89"/>
+      <c r="BA222" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA222" s="97"/>
-[...1 lines deleted...]
-      <c r="BC222" s="99" t="str">
+      <c r="BB222" s="89"/>
+      <c r="BC222" s="89"/>
+      <c r="BD222" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD222" s="97"/>
-[...3 lines deleted...]
-      <c r="BH222" s="99" t="str">
+      <c r="BE222" s="89"/>
+      <c r="BF222" s="89"/>
+      <c r="BG222" s="89"/>
+      <c r="BH222" s="89"/>
+      <c r="BI222" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI222" s="99" t="str">
+      <c r="BJ222" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ222" s="22"/>
-[...13 lines deleted...]
-    <row r="223" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK222" s="22"/>
+      <c r="BL222" s="92"/>
+      <c r="BM222" s="92"/>
+      <c r="BN222" s="92"/>
+      <c r="BO222" s="92"/>
+      <c r="BP222" s="92"/>
+      <c r="BQ222" s="92"/>
+      <c r="BR222" s="92"/>
+      <c r="BS222" s="92"/>
+      <c r="BT222" s="92"/>
+      <c r="BU222" s="92"/>
+      <c r="BV222" s="92"/>
+      <c r="BW222" s="92"/>
+    </row>
+    <row r="223" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A223" s="22"/>
       <c r="B223" s="21"/>
       <c r="C223" s="22"/>
       <c r="D223" s="22"/>
       <c r="E223" s="22"/>
       <c r="F223" s="21"/>
       <c r="G223" s="22"/>
       <c r="H223" s="22"/>
       <c r="I223" s="23"/>
       <c r="J223" s="23"/>
-      <c r="K223" s="93"/>
-[...2 lines deleted...]
-      <c r="N223" s="95" t="str">
+      <c r="K223" s="85"/>
+      <c r="L223" s="86"/>
+      <c r="M223" s="86"/>
+      <c r="N223" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O223" s="96"/>
-[...1 lines deleted...]
-      <c r="Q223" s="96"/>
+      <c r="O223" s="88"/>
+      <c r="P223" s="88"/>
+      <c r="Q223" s="88"/>
       <c r="R223" s="23"/>
       <c r="S223" s="23"/>
-      <c r="T223" s="97"/>
+      <c r="T223" s="89"/>
       <c r="U223" s="23"/>
       <c r="V223" s="23"/>
-      <c r="W223" s="97"/>
-[...8 lines deleted...]
-      <c r="AF223" s="98" t="str">
+      <c r="W223" s="89"/>
+      <c r="X223" s="89"/>
+      <c r="Y223" s="89"/>
+      <c r="Z223" s="89"/>
+      <c r="AA223" s="89"/>
+      <c r="AB223" s="89"/>
+      <c r="AC223" s="89"/>
+      <c r="AD223" s="89"/>
+      <c r="AE223" s="89"/>
+      <c r="AF223" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG223" s="23"/>
+      <c r="AG223" s="89"/>
       <c r="AH223" s="23"/>
       <c r="AI223" s="23"/>
       <c r="AJ223" s="23"/>
       <c r="AK223" s="23"/>
       <c r="AL223" s="23"/>
       <c r="AM223" s="23"/>
-      <c r="AN223" s="98" t="str">
+      <c r="AN223" s="23"/>
+      <c r="AO223" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO223" s="97"/>
-[...8 lines deleted...]
-      <c r="AX223" s="99" t="str">
+      <c r="AP223" s="89"/>
+      <c r="AQ223" s="89"/>
+      <c r="AR223" s="89"/>
+      <c r="AS223" s="89"/>
+      <c r="AT223" s="89"/>
+      <c r="AU223" s="89"/>
+      <c r="AV223" s="89"/>
+      <c r="AW223" s="89"/>
+      <c r="AX223" s="89"/>
+      <c r="AY223" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY223" s="97"/>
-      <c r="AZ223" s="99" t="str">
+      <c r="AZ223" s="89"/>
+      <c r="BA223" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA223" s="97"/>
-[...1 lines deleted...]
-      <c r="BC223" s="99" t="str">
+      <c r="BB223" s="89"/>
+      <c r="BC223" s="89"/>
+      <c r="BD223" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD223" s="97"/>
-[...3 lines deleted...]
-      <c r="BH223" s="99" t="str">
+      <c r="BE223" s="89"/>
+      <c r="BF223" s="89"/>
+      <c r="BG223" s="89"/>
+      <c r="BH223" s="89"/>
+      <c r="BI223" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI223" s="99" t="str">
+      <c r="BJ223" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ223" s="22"/>
-[...13 lines deleted...]
-    <row r="224" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK223" s="22"/>
+      <c r="BL223" s="92"/>
+      <c r="BM223" s="92"/>
+      <c r="BN223" s="92"/>
+      <c r="BO223" s="92"/>
+      <c r="BP223" s="92"/>
+      <c r="BQ223" s="92"/>
+      <c r="BR223" s="92"/>
+      <c r="BS223" s="92"/>
+      <c r="BT223" s="92"/>
+      <c r="BU223" s="92"/>
+      <c r="BV223" s="92"/>
+      <c r="BW223" s="92"/>
+    </row>
+    <row r="224" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A224" s="22"/>
       <c r="B224" s="21"/>
       <c r="C224" s="22"/>
       <c r="D224" s="22"/>
       <c r="E224" s="22"/>
       <c r="F224" s="21"/>
       <c r="G224" s="22"/>
       <c r="H224" s="22"/>
       <c r="I224" s="23"/>
       <c r="J224" s="23"/>
-      <c r="K224" s="93"/>
-[...2 lines deleted...]
-      <c r="N224" s="95" t="str">
+      <c r="K224" s="85"/>
+      <c r="L224" s="86"/>
+      <c r="M224" s="86"/>
+      <c r="N224" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O224" s="96"/>
-[...1 lines deleted...]
-      <c r="Q224" s="96"/>
+      <c r="O224" s="88"/>
+      <c r="P224" s="88"/>
+      <c r="Q224" s="88"/>
       <c r="R224" s="23"/>
       <c r="S224" s="23"/>
-      <c r="T224" s="97"/>
+      <c r="T224" s="89"/>
       <c r="U224" s="23"/>
       <c r="V224" s="23"/>
-      <c r="W224" s="97"/>
-[...8 lines deleted...]
-      <c r="AF224" s="98" t="str">
+      <c r="W224" s="89"/>
+      <c r="X224" s="89"/>
+      <c r="Y224" s="89"/>
+      <c r="Z224" s="89"/>
+      <c r="AA224" s="89"/>
+      <c r="AB224" s="89"/>
+      <c r="AC224" s="89"/>
+      <c r="AD224" s="89"/>
+      <c r="AE224" s="89"/>
+      <c r="AF224" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG224" s="23"/>
+      <c r="AG224" s="89"/>
       <c r="AH224" s="23"/>
       <c r="AI224" s="23"/>
       <c r="AJ224" s="23"/>
       <c r="AK224" s="23"/>
       <c r="AL224" s="23"/>
       <c r="AM224" s="23"/>
-      <c r="AN224" s="98" t="str">
+      <c r="AN224" s="23"/>
+      <c r="AO224" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO224" s="97"/>
-[...8 lines deleted...]
-      <c r="AX224" s="99" t="str">
+      <c r="AP224" s="89"/>
+      <c r="AQ224" s="89"/>
+      <c r="AR224" s="89"/>
+      <c r="AS224" s="89"/>
+      <c r="AT224" s="89"/>
+      <c r="AU224" s="89"/>
+      <c r="AV224" s="89"/>
+      <c r="AW224" s="89"/>
+      <c r="AX224" s="89"/>
+      <c r="AY224" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY224" s="97"/>
-      <c r="AZ224" s="99" t="str">
+      <c r="AZ224" s="89"/>
+      <c r="BA224" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA224" s="97"/>
-[...1 lines deleted...]
-      <c r="BC224" s="99" t="str">
+      <c r="BB224" s="89"/>
+      <c r="BC224" s="89"/>
+      <c r="BD224" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD224" s="97"/>
-[...3 lines deleted...]
-      <c r="BH224" s="99" t="str">
+      <c r="BE224" s="89"/>
+      <c r="BF224" s="89"/>
+      <c r="BG224" s="89"/>
+      <c r="BH224" s="89"/>
+      <c r="BI224" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI224" s="99" t="str">
+      <c r="BJ224" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ224" s="22"/>
-[...13 lines deleted...]
-    <row r="225" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK224" s="22"/>
+      <c r="BL224" s="92"/>
+      <c r="BM224" s="92"/>
+      <c r="BN224" s="92"/>
+      <c r="BO224" s="92"/>
+      <c r="BP224" s="92"/>
+      <c r="BQ224" s="92"/>
+      <c r="BR224" s="92"/>
+      <c r="BS224" s="92"/>
+      <c r="BT224" s="92"/>
+      <c r="BU224" s="92"/>
+      <c r="BV224" s="92"/>
+      <c r="BW224" s="92"/>
+    </row>
+    <row r="225" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A225" s="22"/>
       <c r="B225" s="21"/>
       <c r="C225" s="22"/>
       <c r="D225" s="22"/>
       <c r="E225" s="22"/>
       <c r="F225" s="21"/>
       <c r="G225" s="22"/>
       <c r="H225" s="22"/>
       <c r="I225" s="23"/>
       <c r="J225" s="23"/>
-      <c r="K225" s="93"/>
-[...2 lines deleted...]
-      <c r="N225" s="95" t="str">
+      <c r="K225" s="85"/>
+      <c r="L225" s="86"/>
+      <c r="M225" s="86"/>
+      <c r="N225" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O225" s="96"/>
-[...1 lines deleted...]
-      <c r="Q225" s="96"/>
+      <c r="O225" s="88"/>
+      <c r="P225" s="88"/>
+      <c r="Q225" s="88"/>
       <c r="R225" s="23"/>
       <c r="S225" s="23"/>
-      <c r="T225" s="97"/>
+      <c r="T225" s="89"/>
       <c r="U225" s="23"/>
       <c r="V225" s="23"/>
-      <c r="W225" s="97"/>
-[...8 lines deleted...]
-      <c r="AF225" s="98" t="str">
+      <c r="W225" s="89"/>
+      <c r="X225" s="89"/>
+      <c r="Y225" s="89"/>
+      <c r="Z225" s="89"/>
+      <c r="AA225" s="89"/>
+      <c r="AB225" s="89"/>
+      <c r="AC225" s="89"/>
+      <c r="AD225" s="89"/>
+      <c r="AE225" s="89"/>
+      <c r="AF225" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG225" s="23"/>
+      <c r="AG225" s="89"/>
       <c r="AH225" s="23"/>
       <c r="AI225" s="23"/>
       <c r="AJ225" s="23"/>
       <c r="AK225" s="23"/>
       <c r="AL225" s="23"/>
       <c r="AM225" s="23"/>
-      <c r="AN225" s="98" t="str">
+      <c r="AN225" s="23"/>
+      <c r="AO225" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO225" s="97"/>
-[...8 lines deleted...]
-      <c r="AX225" s="99" t="str">
+      <c r="AP225" s="89"/>
+      <c r="AQ225" s="89"/>
+      <c r="AR225" s="89"/>
+      <c r="AS225" s="89"/>
+      <c r="AT225" s="89"/>
+      <c r="AU225" s="89"/>
+      <c r="AV225" s="89"/>
+      <c r="AW225" s="89"/>
+      <c r="AX225" s="89"/>
+      <c r="AY225" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY225" s="97"/>
-      <c r="AZ225" s="99" t="str">
+      <c r="AZ225" s="89"/>
+      <c r="BA225" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA225" s="97"/>
-[...1 lines deleted...]
-      <c r="BC225" s="99" t="str">
+      <c r="BB225" s="89"/>
+      <c r="BC225" s="89"/>
+      <c r="BD225" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD225" s="97"/>
-[...3 lines deleted...]
-      <c r="BH225" s="99" t="str">
+      <c r="BE225" s="89"/>
+      <c r="BF225" s="89"/>
+      <c r="BG225" s="89"/>
+      <c r="BH225" s="89"/>
+      <c r="BI225" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI225" s="99" t="str">
+      <c r="BJ225" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ225" s="22"/>
-[...13 lines deleted...]
-    <row r="226" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK225" s="22"/>
+      <c r="BL225" s="92"/>
+      <c r="BM225" s="92"/>
+      <c r="BN225" s="92"/>
+      <c r="BO225" s="92"/>
+      <c r="BP225" s="92"/>
+      <c r="BQ225" s="92"/>
+      <c r="BR225" s="92"/>
+      <c r="BS225" s="92"/>
+      <c r="BT225" s="92"/>
+      <c r="BU225" s="92"/>
+      <c r="BV225" s="92"/>
+      <c r="BW225" s="92"/>
+    </row>
+    <row r="226" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A226" s="22"/>
       <c r="B226" s="21"/>
       <c r="C226" s="22"/>
       <c r="D226" s="22"/>
       <c r="E226" s="22"/>
       <c r="F226" s="21"/>
       <c r="G226" s="22"/>
       <c r="H226" s="22"/>
       <c r="I226" s="23"/>
       <c r="J226" s="23"/>
-      <c r="K226" s="93"/>
-[...2 lines deleted...]
-      <c r="N226" s="95" t="str">
+      <c r="K226" s="85"/>
+      <c r="L226" s="86"/>
+      <c r="M226" s="86"/>
+      <c r="N226" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O226" s="96"/>
-[...1 lines deleted...]
-      <c r="Q226" s="96"/>
+      <c r="O226" s="88"/>
+      <c r="P226" s="88"/>
+      <c r="Q226" s="88"/>
       <c r="R226" s="23"/>
       <c r="S226" s="23"/>
-      <c r="T226" s="97"/>
+      <c r="T226" s="89"/>
       <c r="U226" s="23"/>
       <c r="V226" s="23"/>
-      <c r="W226" s="97"/>
-[...8 lines deleted...]
-      <c r="AF226" s="98" t="str">
+      <c r="W226" s="89"/>
+      <c r="X226" s="89"/>
+      <c r="Y226" s="89"/>
+      <c r="Z226" s="89"/>
+      <c r="AA226" s="89"/>
+      <c r="AB226" s="89"/>
+      <c r="AC226" s="89"/>
+      <c r="AD226" s="89"/>
+      <c r="AE226" s="89"/>
+      <c r="AF226" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG226" s="23"/>
+      <c r="AG226" s="89"/>
       <c r="AH226" s="23"/>
       <c r="AI226" s="23"/>
       <c r="AJ226" s="23"/>
       <c r="AK226" s="23"/>
       <c r="AL226" s="23"/>
       <c r="AM226" s="23"/>
-      <c r="AN226" s="98" t="str">
+      <c r="AN226" s="23"/>
+      <c r="AO226" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO226" s="97"/>
-[...8 lines deleted...]
-      <c r="AX226" s="99" t="str">
+      <c r="AP226" s="89"/>
+      <c r="AQ226" s="89"/>
+      <c r="AR226" s="89"/>
+      <c r="AS226" s="89"/>
+      <c r="AT226" s="89"/>
+      <c r="AU226" s="89"/>
+      <c r="AV226" s="89"/>
+      <c r="AW226" s="89"/>
+      <c r="AX226" s="89"/>
+      <c r="AY226" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY226" s="97"/>
-      <c r="AZ226" s="99" t="str">
+      <c r="AZ226" s="89"/>
+      <c r="BA226" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA226" s="97"/>
-[...1 lines deleted...]
-      <c r="BC226" s="99" t="str">
+      <c r="BB226" s="89"/>
+      <c r="BC226" s="89"/>
+      <c r="BD226" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD226" s="97"/>
-[...3 lines deleted...]
-      <c r="BH226" s="99" t="str">
+      <c r="BE226" s="89"/>
+      <c r="BF226" s="89"/>
+      <c r="BG226" s="89"/>
+      <c r="BH226" s="89"/>
+      <c r="BI226" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI226" s="99" t="str">
+      <c r="BJ226" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ226" s="22"/>
-[...13 lines deleted...]
-    <row r="227" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK226" s="22"/>
+      <c r="BL226" s="92"/>
+      <c r="BM226" s="92"/>
+      <c r="BN226" s="92"/>
+      <c r="BO226" s="92"/>
+      <c r="BP226" s="92"/>
+      <c r="BQ226" s="92"/>
+      <c r="BR226" s="92"/>
+      <c r="BS226" s="92"/>
+      <c r="BT226" s="92"/>
+      <c r="BU226" s="92"/>
+      <c r="BV226" s="92"/>
+      <c r="BW226" s="92"/>
+    </row>
+    <row r="227" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A227" s="22"/>
       <c r="B227" s="21"/>
       <c r="C227" s="22"/>
       <c r="D227" s="22"/>
       <c r="E227" s="22"/>
       <c r="F227" s="21"/>
       <c r="G227" s="22"/>
       <c r="H227" s="22"/>
       <c r="I227" s="23"/>
       <c r="J227" s="23"/>
-      <c r="K227" s="93"/>
-[...2 lines deleted...]
-      <c r="N227" s="95" t="str">
+      <c r="K227" s="85"/>
+      <c r="L227" s="86"/>
+      <c r="M227" s="86"/>
+      <c r="N227" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O227" s="96"/>
-[...1 lines deleted...]
-      <c r="Q227" s="96"/>
+      <c r="O227" s="88"/>
+      <c r="P227" s="88"/>
+      <c r="Q227" s="88"/>
       <c r="R227" s="23"/>
       <c r="S227" s="23"/>
-      <c r="T227" s="97"/>
+      <c r="T227" s="89"/>
       <c r="U227" s="23"/>
       <c r="V227" s="23"/>
-      <c r="W227" s="97"/>
-[...8 lines deleted...]
-      <c r="AF227" s="98" t="str">
+      <c r="W227" s="89"/>
+      <c r="X227" s="89"/>
+      <c r="Y227" s="89"/>
+      <c r="Z227" s="89"/>
+      <c r="AA227" s="89"/>
+      <c r="AB227" s="89"/>
+      <c r="AC227" s="89"/>
+      <c r="AD227" s="89"/>
+      <c r="AE227" s="89"/>
+      <c r="AF227" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG227" s="23"/>
+      <c r="AG227" s="89"/>
       <c r="AH227" s="23"/>
       <c r="AI227" s="23"/>
       <c r="AJ227" s="23"/>
       <c r="AK227" s="23"/>
       <c r="AL227" s="23"/>
       <c r="AM227" s="23"/>
-      <c r="AN227" s="98" t="str">
+      <c r="AN227" s="23"/>
+      <c r="AO227" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO227" s="97"/>
-[...8 lines deleted...]
-      <c r="AX227" s="99" t="str">
+      <c r="AP227" s="89"/>
+      <c r="AQ227" s="89"/>
+      <c r="AR227" s="89"/>
+      <c r="AS227" s="89"/>
+      <c r="AT227" s="89"/>
+      <c r="AU227" s="89"/>
+      <c r="AV227" s="89"/>
+      <c r="AW227" s="89"/>
+      <c r="AX227" s="89"/>
+      <c r="AY227" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY227" s="97"/>
-      <c r="AZ227" s="99" t="str">
+      <c r="AZ227" s="89"/>
+      <c r="BA227" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA227" s="97"/>
-[...1 lines deleted...]
-      <c r="BC227" s="99" t="str">
+      <c r="BB227" s="89"/>
+      <c r="BC227" s="89"/>
+      <c r="BD227" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD227" s="97"/>
-[...3 lines deleted...]
-      <c r="BH227" s="99" t="str">
+      <c r="BE227" s="89"/>
+      <c r="BF227" s="89"/>
+      <c r="BG227" s="89"/>
+      <c r="BH227" s="89"/>
+      <c r="BI227" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI227" s="99" t="str">
+      <c r="BJ227" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ227" s="22"/>
-[...13 lines deleted...]
-    <row r="228" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK227" s="22"/>
+      <c r="BL227" s="92"/>
+      <c r="BM227" s="92"/>
+      <c r="BN227" s="92"/>
+      <c r="BO227" s="92"/>
+      <c r="BP227" s="92"/>
+      <c r="BQ227" s="92"/>
+      <c r="BR227" s="92"/>
+      <c r="BS227" s="92"/>
+      <c r="BT227" s="92"/>
+      <c r="BU227" s="92"/>
+      <c r="BV227" s="92"/>
+      <c r="BW227" s="92"/>
+    </row>
+    <row r="228" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A228" s="22"/>
       <c r="B228" s="21"/>
       <c r="C228" s="22"/>
       <c r="D228" s="22"/>
       <c r="E228" s="22"/>
       <c r="F228" s="21"/>
       <c r="G228" s="22"/>
       <c r="H228" s="22"/>
       <c r="I228" s="23"/>
       <c r="J228" s="23"/>
-      <c r="K228" s="93"/>
-[...2 lines deleted...]
-      <c r="N228" s="95" t="str">
+      <c r="K228" s="85"/>
+      <c r="L228" s="86"/>
+      <c r="M228" s="86"/>
+      <c r="N228" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O228" s="96"/>
-[...1 lines deleted...]
-      <c r="Q228" s="96"/>
+      <c r="O228" s="88"/>
+      <c r="P228" s="88"/>
+      <c r="Q228" s="88"/>
       <c r="R228" s="23"/>
       <c r="S228" s="23"/>
-      <c r="T228" s="97"/>
+      <c r="T228" s="89"/>
       <c r="U228" s="23"/>
       <c r="V228" s="23"/>
-      <c r="W228" s="97"/>
-[...8 lines deleted...]
-      <c r="AF228" s="98" t="str">
+      <c r="W228" s="89"/>
+      <c r="X228" s="89"/>
+      <c r="Y228" s="89"/>
+      <c r="Z228" s="89"/>
+      <c r="AA228" s="89"/>
+      <c r="AB228" s="89"/>
+      <c r="AC228" s="89"/>
+      <c r="AD228" s="89"/>
+      <c r="AE228" s="89"/>
+      <c r="AF228" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG228" s="23"/>
+      <c r="AG228" s="89"/>
       <c r="AH228" s="23"/>
       <c r="AI228" s="23"/>
       <c r="AJ228" s="23"/>
       <c r="AK228" s="23"/>
       <c r="AL228" s="23"/>
       <c r="AM228" s="23"/>
-      <c r="AN228" s="98" t="str">
+      <c r="AN228" s="23"/>
+      <c r="AO228" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO228" s="97"/>
-[...8 lines deleted...]
-      <c r="AX228" s="99" t="str">
+      <c r="AP228" s="89"/>
+      <c r="AQ228" s="89"/>
+      <c r="AR228" s="89"/>
+      <c r="AS228" s="89"/>
+      <c r="AT228" s="89"/>
+      <c r="AU228" s="89"/>
+      <c r="AV228" s="89"/>
+      <c r="AW228" s="89"/>
+      <c r="AX228" s="89"/>
+      <c r="AY228" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY228" s="97"/>
-      <c r="AZ228" s="99" t="str">
+      <c r="AZ228" s="89"/>
+      <c r="BA228" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA228" s="97"/>
-[...1 lines deleted...]
-      <c r="BC228" s="99" t="str">
+      <c r="BB228" s="89"/>
+      <c r="BC228" s="89"/>
+      <c r="BD228" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD228" s="97"/>
-[...3 lines deleted...]
-      <c r="BH228" s="99" t="str">
+      <c r="BE228" s="89"/>
+      <c r="BF228" s="89"/>
+      <c r="BG228" s="89"/>
+      <c r="BH228" s="89"/>
+      <c r="BI228" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI228" s="99" t="str">
+      <c r="BJ228" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ228" s="22"/>
-[...13 lines deleted...]
-    <row r="229" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK228" s="22"/>
+      <c r="BL228" s="92"/>
+      <c r="BM228" s="92"/>
+      <c r="BN228" s="92"/>
+      <c r="BO228" s="92"/>
+      <c r="BP228" s="92"/>
+      <c r="BQ228" s="92"/>
+      <c r="BR228" s="92"/>
+      <c r="BS228" s="92"/>
+      <c r="BT228" s="92"/>
+      <c r="BU228" s="92"/>
+      <c r="BV228" s="92"/>
+      <c r="BW228" s="92"/>
+    </row>
+    <row r="229" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A229" s="22"/>
       <c r="B229" s="21"/>
       <c r="C229" s="22"/>
       <c r="D229" s="22"/>
       <c r="E229" s="22"/>
       <c r="F229" s="21"/>
       <c r="G229" s="22"/>
       <c r="H229" s="22"/>
       <c r="I229" s="23"/>
       <c r="J229" s="23"/>
-      <c r="K229" s="93"/>
-[...2 lines deleted...]
-      <c r="N229" s="95" t="str">
+      <c r="K229" s="85"/>
+      <c r="L229" s="86"/>
+      <c r="M229" s="86"/>
+      <c r="N229" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O229" s="96"/>
-[...1 lines deleted...]
-      <c r="Q229" s="96"/>
+      <c r="O229" s="88"/>
+      <c r="P229" s="88"/>
+      <c r="Q229" s="88"/>
       <c r="R229" s="23"/>
       <c r="S229" s="23"/>
-      <c r="T229" s="97"/>
+      <c r="T229" s="89"/>
       <c r="U229" s="23"/>
       <c r="V229" s="23"/>
-      <c r="W229" s="97"/>
-[...8 lines deleted...]
-      <c r="AF229" s="98" t="str">
+      <c r="W229" s="89"/>
+      <c r="X229" s="89"/>
+      <c r="Y229" s="89"/>
+      <c r="Z229" s="89"/>
+      <c r="AA229" s="89"/>
+      <c r="AB229" s="89"/>
+      <c r="AC229" s="89"/>
+      <c r="AD229" s="89"/>
+      <c r="AE229" s="89"/>
+      <c r="AF229" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG229" s="23"/>
+      <c r="AG229" s="89"/>
       <c r="AH229" s="23"/>
       <c r="AI229" s="23"/>
       <c r="AJ229" s="23"/>
       <c r="AK229" s="23"/>
       <c r="AL229" s="23"/>
       <c r="AM229" s="23"/>
-      <c r="AN229" s="98" t="str">
+      <c r="AN229" s="23"/>
+      <c r="AO229" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO229" s="97"/>
-[...8 lines deleted...]
-      <c r="AX229" s="99" t="str">
+      <c r="AP229" s="89"/>
+      <c r="AQ229" s="89"/>
+      <c r="AR229" s="89"/>
+      <c r="AS229" s="89"/>
+      <c r="AT229" s="89"/>
+      <c r="AU229" s="89"/>
+      <c r="AV229" s="89"/>
+      <c r="AW229" s="89"/>
+      <c r="AX229" s="89"/>
+      <c r="AY229" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY229" s="97"/>
-      <c r="AZ229" s="99" t="str">
+      <c r="AZ229" s="89"/>
+      <c r="BA229" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA229" s="97"/>
-[...1 lines deleted...]
-      <c r="BC229" s="99" t="str">
+      <c r="BB229" s="89"/>
+      <c r="BC229" s="89"/>
+      <c r="BD229" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD229" s="97"/>
-[...3 lines deleted...]
-      <c r="BH229" s="99" t="str">
+      <c r="BE229" s="89"/>
+      <c r="BF229" s="89"/>
+      <c r="BG229" s="89"/>
+      <c r="BH229" s="89"/>
+      <c r="BI229" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI229" s="99" t="str">
+      <c r="BJ229" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ229" s="22"/>
-[...13 lines deleted...]
-    <row r="230" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK229" s="22"/>
+      <c r="BL229" s="92"/>
+      <c r="BM229" s="92"/>
+      <c r="BN229" s="92"/>
+      <c r="BO229" s="92"/>
+      <c r="BP229" s="92"/>
+      <c r="BQ229" s="92"/>
+      <c r="BR229" s="92"/>
+      <c r="BS229" s="92"/>
+      <c r="BT229" s="92"/>
+      <c r="BU229" s="92"/>
+      <c r="BV229" s="92"/>
+      <c r="BW229" s="92"/>
+    </row>
+    <row r="230" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A230" s="22"/>
       <c r="B230" s="21"/>
       <c r="C230" s="22"/>
       <c r="D230" s="22"/>
       <c r="E230" s="22"/>
       <c r="F230" s="21"/>
       <c r="G230" s="22"/>
       <c r="H230" s="22"/>
       <c r="I230" s="23"/>
       <c r="J230" s="23"/>
-      <c r="K230" s="93"/>
-[...2 lines deleted...]
-      <c r="N230" s="95" t="str">
+      <c r="K230" s="85"/>
+      <c r="L230" s="86"/>
+      <c r="M230" s="86"/>
+      <c r="N230" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O230" s="96"/>
-[...1 lines deleted...]
-      <c r="Q230" s="96"/>
+      <c r="O230" s="88"/>
+      <c r="P230" s="88"/>
+      <c r="Q230" s="88"/>
       <c r="R230" s="23"/>
       <c r="S230" s="23"/>
-      <c r="T230" s="97"/>
+      <c r="T230" s="89"/>
       <c r="U230" s="23"/>
       <c r="V230" s="23"/>
-      <c r="W230" s="97"/>
-[...8 lines deleted...]
-      <c r="AF230" s="98" t="str">
+      <c r="W230" s="89"/>
+      <c r="X230" s="89"/>
+      <c r="Y230" s="89"/>
+      <c r="Z230" s="89"/>
+      <c r="AA230" s="89"/>
+      <c r="AB230" s="89"/>
+      <c r="AC230" s="89"/>
+      <c r="AD230" s="89"/>
+      <c r="AE230" s="89"/>
+      <c r="AF230" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG230" s="23"/>
+      <c r="AG230" s="89"/>
       <c r="AH230" s="23"/>
       <c r="AI230" s="23"/>
       <c r="AJ230" s="23"/>
       <c r="AK230" s="23"/>
       <c r="AL230" s="23"/>
       <c r="AM230" s="23"/>
-      <c r="AN230" s="98" t="str">
+      <c r="AN230" s="23"/>
+      <c r="AO230" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO230" s="97"/>
-[...8 lines deleted...]
-      <c r="AX230" s="99" t="str">
+      <c r="AP230" s="89"/>
+      <c r="AQ230" s="89"/>
+      <c r="AR230" s="89"/>
+      <c r="AS230" s="89"/>
+      <c r="AT230" s="89"/>
+      <c r="AU230" s="89"/>
+      <c r="AV230" s="89"/>
+      <c r="AW230" s="89"/>
+      <c r="AX230" s="89"/>
+      <c r="AY230" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY230" s="97"/>
-      <c r="AZ230" s="99" t="str">
+      <c r="AZ230" s="89"/>
+      <c r="BA230" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA230" s="97"/>
-[...1 lines deleted...]
-      <c r="BC230" s="99" t="str">
+      <c r="BB230" s="89"/>
+      <c r="BC230" s="89"/>
+      <c r="BD230" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD230" s="97"/>
-[...3 lines deleted...]
-      <c r="BH230" s="99" t="str">
+      <c r="BE230" s="89"/>
+      <c r="BF230" s="89"/>
+      <c r="BG230" s="89"/>
+      <c r="BH230" s="89"/>
+      <c r="BI230" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI230" s="99" t="str">
+      <c r="BJ230" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ230" s="22"/>
-[...13 lines deleted...]
-    <row r="231" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK230" s="22"/>
+      <c r="BL230" s="92"/>
+      <c r="BM230" s="92"/>
+      <c r="BN230" s="92"/>
+      <c r="BO230" s="92"/>
+      <c r="BP230" s="92"/>
+      <c r="BQ230" s="92"/>
+      <c r="BR230" s="92"/>
+      <c r="BS230" s="92"/>
+      <c r="BT230" s="92"/>
+      <c r="BU230" s="92"/>
+      <c r="BV230" s="92"/>
+      <c r="BW230" s="92"/>
+    </row>
+    <row r="231" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A231" s="22"/>
       <c r="B231" s="21"/>
       <c r="C231" s="22"/>
       <c r="D231" s="22"/>
       <c r="E231" s="22"/>
       <c r="F231" s="21"/>
       <c r="G231" s="22"/>
       <c r="H231" s="22"/>
       <c r="I231" s="23"/>
       <c r="J231" s="23"/>
-      <c r="K231" s="93"/>
-[...5 lines deleted...]
-      <c r="Q231" s="96"/>
+      <c r="K231" s="85"/>
+      <c r="L231" s="86"/>
+      <c r="M231" s="86"/>
+      <c r="N231" s="87"/>
+      <c r="O231" s="88"/>
+      <c r="P231" s="88"/>
+      <c r="Q231" s="88"/>
       <c r="R231" s="23"/>
       <c r="S231" s="23"/>
-      <c r="T231" s="97"/>
+      <c r="T231" s="89"/>
       <c r="U231" s="23"/>
       <c r="V231" s="23"/>
-      <c r="W231" s="97"/>
-[...9 lines deleted...]
-      <c r="AG231" s="23"/>
+      <c r="W231" s="89"/>
+      <c r="X231" s="89"/>
+      <c r="Y231" s="89"/>
+      <c r="Z231" s="89"/>
+      <c r="AA231" s="89"/>
+      <c r="AB231" s="89"/>
+      <c r="AC231" s="89"/>
+      <c r="AD231" s="89"/>
+      <c r="AE231" s="89"/>
+      <c r="AF231" s="90"/>
+      <c r="AG231" s="89"/>
       <c r="AH231" s="23"/>
       <c r="AI231" s="23"/>
       <c r="AJ231" s="23"/>
       <c r="AK231" s="23"/>
       <c r="AL231" s="23"/>
       <c r="AM231" s="23"/>
-      <c r="AN231" s="98"/>
-[...35 lines deleted...]
-    <row r="232" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="AN231" s="23"/>
+      <c r="AO231" s="90"/>
+      <c r="AP231" s="89"/>
+      <c r="AQ231" s="89"/>
+      <c r="AR231" s="89"/>
+      <c r="AS231" s="89"/>
+      <c r="AT231" s="89"/>
+      <c r="AU231" s="89"/>
+      <c r="AV231" s="89"/>
+      <c r="AW231" s="89"/>
+      <c r="AX231" s="89"/>
+      <c r="AY231" s="91"/>
+      <c r="AZ231" s="89"/>
+      <c r="BA231" s="91"/>
+      <c r="BB231" s="89"/>
+      <c r="BC231" s="89"/>
+      <c r="BD231" s="91"/>
+      <c r="BE231" s="89"/>
+      <c r="BF231" s="89"/>
+      <c r="BG231" s="89"/>
+      <c r="BH231" s="89"/>
+      <c r="BI231" s="91"/>
+      <c r="BJ231" s="91"/>
+      <c r="BK231" s="22"/>
+      <c r="BL231" s="92"/>
+      <c r="BM231" s="92"/>
+      <c r="BN231" s="92"/>
+      <c r="BO231" s="92"/>
+      <c r="BP231" s="92"/>
+      <c r="BQ231" s="92"/>
+      <c r="BR231" s="92"/>
+      <c r="BS231" s="92"/>
+      <c r="BT231" s="92"/>
+      <c r="BU231" s="92"/>
+      <c r="BV231" s="92"/>
+      <c r="BW231" s="92"/>
+    </row>
+    <row r="232" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A232" s="22"/>
       <c r="B232" s="21"/>
       <c r="C232" s="22"/>
       <c r="D232" s="22"/>
       <c r="E232" s="22"/>
       <c r="F232" s="21"/>
       <c r="G232" s="22"/>
       <c r="H232" s="22"/>
       <c r="I232" s="23"/>
       <c r="J232" s="23"/>
-      <c r="K232" s="93"/>
-[...2 lines deleted...]
-      <c r="N232" s="95" t="str">
+      <c r="K232" s="85"/>
+      <c r="L232" s="86"/>
+      <c r="M232" s="86"/>
+      <c r="N232" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O232" s="96"/>
-[...1 lines deleted...]
-      <c r="Q232" s="96"/>
+      <c r="O232" s="88"/>
+      <c r="P232" s="88"/>
+      <c r="Q232" s="88"/>
       <c r="R232" s="23"/>
       <c r="S232" s="23"/>
-      <c r="T232" s="97"/>
+      <c r="T232" s="89"/>
       <c r="U232" s="23"/>
       <c r="V232" s="23"/>
-      <c r="W232" s="97"/>
-[...8 lines deleted...]
-      <c r="AF232" s="98" t="str">
+      <c r="W232" s="89"/>
+      <c r="X232" s="89"/>
+      <c r="Y232" s="89"/>
+      <c r="Z232" s="89"/>
+      <c r="AA232" s="89"/>
+      <c r="AB232" s="89"/>
+      <c r="AC232" s="89"/>
+      <c r="AD232" s="89"/>
+      <c r="AE232" s="89"/>
+      <c r="AF232" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG232" s="23"/>
+      <c r="AG232" s="89"/>
       <c r="AH232" s="23"/>
       <c r="AI232" s="23"/>
       <c r="AJ232" s="23"/>
       <c r="AK232" s="23"/>
       <c r="AL232" s="23"/>
       <c r="AM232" s="23"/>
-      <c r="AN232" s="98" t="str">
+      <c r="AN232" s="23"/>
+      <c r="AO232" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO232" s="97"/>
-[...8 lines deleted...]
-      <c r="AX232" s="99" t="str">
+      <c r="AP232" s="89"/>
+      <c r="AQ232" s="89"/>
+      <c r="AR232" s="89"/>
+      <c r="AS232" s="89"/>
+      <c r="AT232" s="89"/>
+      <c r="AU232" s="89"/>
+      <c r="AV232" s="89"/>
+      <c r="AW232" s="89"/>
+      <c r="AX232" s="89"/>
+      <c r="AY232" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY232" s="97"/>
-      <c r="AZ232" s="99" t="str">
+      <c r="AZ232" s="89"/>
+      <c r="BA232" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA232" s="97"/>
-[...1 lines deleted...]
-      <c r="BC232" s="99" t="str">
+      <c r="BB232" s="89"/>
+      <c r="BC232" s="89"/>
+      <c r="BD232" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD232" s="97"/>
-[...3 lines deleted...]
-      <c r="BH232" s="99" t="str">
+      <c r="BE232" s="89"/>
+      <c r="BF232" s="89"/>
+      <c r="BG232" s="89"/>
+      <c r="BH232" s="89"/>
+      <c r="BI232" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI232" s="99" t="str">
+      <c r="BJ232" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ232" s="22"/>
-[...13 lines deleted...]
-    <row r="233" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK232" s="22"/>
+      <c r="BL232" s="92"/>
+      <c r="BM232" s="92"/>
+      <c r="BN232" s="92"/>
+      <c r="BO232" s="92"/>
+      <c r="BP232" s="92"/>
+      <c r="BQ232" s="92"/>
+      <c r="BR232" s="92"/>
+      <c r="BS232" s="92"/>
+      <c r="BT232" s="92"/>
+      <c r="BU232" s="92"/>
+      <c r="BV232" s="92"/>
+      <c r="BW232" s="92"/>
+    </row>
+    <row r="233" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A233" s="22"/>
       <c r="B233" s="21"/>
       <c r="C233" s="22"/>
       <c r="D233" s="22"/>
       <c r="E233" s="22"/>
       <c r="F233" s="21"/>
       <c r="G233" s="22"/>
       <c r="H233" s="22"/>
       <c r="I233" s="23"/>
       <c r="J233" s="23"/>
-      <c r="K233" s="93"/>
-[...2 lines deleted...]
-      <c r="N233" s="95" t="str">
+      <c r="K233" s="85"/>
+      <c r="L233" s="86"/>
+      <c r="M233" s="86"/>
+      <c r="N233" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O233" s="96"/>
-[...1 lines deleted...]
-      <c r="Q233" s="96"/>
+      <c r="O233" s="88"/>
+      <c r="P233" s="88"/>
+      <c r="Q233" s="88"/>
       <c r="R233" s="23"/>
       <c r="S233" s="23"/>
-      <c r="T233" s="97"/>
+      <c r="T233" s="89"/>
       <c r="U233" s="23"/>
       <c r="V233" s="23"/>
-      <c r="W233" s="97"/>
-[...8 lines deleted...]
-      <c r="AF233" s="98" t="str">
+      <c r="W233" s="89"/>
+      <c r="X233" s="89"/>
+      <c r="Y233" s="89"/>
+      <c r="Z233" s="89"/>
+      <c r="AA233" s="89"/>
+      <c r="AB233" s="89"/>
+      <c r="AC233" s="89"/>
+      <c r="AD233" s="89"/>
+      <c r="AE233" s="89"/>
+      <c r="AF233" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG233" s="23"/>
+      <c r="AG233" s="89"/>
       <c r="AH233" s="23"/>
       <c r="AI233" s="23"/>
       <c r="AJ233" s="23"/>
       <c r="AK233" s="23"/>
       <c r="AL233" s="23"/>
       <c r="AM233" s="23"/>
-      <c r="AN233" s="98" t="str">
+      <c r="AN233" s="23"/>
+      <c r="AO233" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO233" s="97"/>
-[...8 lines deleted...]
-      <c r="AX233" s="99" t="str">
+      <c r="AP233" s="89"/>
+      <c r="AQ233" s="89"/>
+      <c r="AR233" s="89"/>
+      <c r="AS233" s="89"/>
+      <c r="AT233" s="89"/>
+      <c r="AU233" s="89"/>
+      <c r="AV233" s="89"/>
+      <c r="AW233" s="89"/>
+      <c r="AX233" s="89"/>
+      <c r="AY233" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY233" s="97"/>
-      <c r="AZ233" s="99" t="str">
+      <c r="AZ233" s="89"/>
+      <c r="BA233" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA233" s="97"/>
-[...1 lines deleted...]
-      <c r="BC233" s="99" t="str">
+      <c r="BB233" s="89"/>
+      <c r="BC233" s="89"/>
+      <c r="BD233" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD233" s="97"/>
-[...3 lines deleted...]
-      <c r="BH233" s="99" t="str">
+      <c r="BE233" s="89"/>
+      <c r="BF233" s="89"/>
+      <c r="BG233" s="89"/>
+      <c r="BH233" s="89"/>
+      <c r="BI233" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI233" s="99" t="str">
+      <c r="BJ233" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ233" s="22"/>
-[...13 lines deleted...]
-    <row r="234" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK233" s="22"/>
+      <c r="BL233" s="92"/>
+      <c r="BM233" s="92"/>
+      <c r="BN233" s="92"/>
+      <c r="BO233" s="92"/>
+      <c r="BP233" s="92"/>
+      <c r="BQ233" s="92"/>
+      <c r="BR233" s="92"/>
+      <c r="BS233" s="92"/>
+      <c r="BT233" s="92"/>
+      <c r="BU233" s="92"/>
+      <c r="BV233" s="92"/>
+      <c r="BW233" s="92"/>
+    </row>
+    <row r="234" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A234" s="22"/>
       <c r="B234" s="21"/>
       <c r="C234" s="22"/>
       <c r="D234" s="22"/>
       <c r="E234" s="22"/>
       <c r="F234" s="21"/>
       <c r="G234" s="22"/>
       <c r="H234" s="22"/>
       <c r="I234" s="23"/>
       <c r="J234" s="23"/>
-      <c r="K234" s="93"/>
-[...2 lines deleted...]
-      <c r="N234" s="95" t="str">
+      <c r="K234" s="85"/>
+      <c r="L234" s="86"/>
+      <c r="M234" s="86"/>
+      <c r="N234" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O234" s="96"/>
-[...1 lines deleted...]
-      <c r="Q234" s="96"/>
+      <c r="O234" s="88"/>
+      <c r="P234" s="88"/>
+      <c r="Q234" s="88"/>
       <c r="R234" s="23"/>
       <c r="S234" s="23"/>
-      <c r="T234" s="97"/>
+      <c r="T234" s="89"/>
       <c r="U234" s="23"/>
       <c r="V234" s="23"/>
-      <c r="W234" s="97"/>
-[...8 lines deleted...]
-      <c r="AF234" s="98" t="str">
+      <c r="W234" s="89"/>
+      <c r="X234" s="89"/>
+      <c r="Y234" s="89"/>
+      <c r="Z234" s="89"/>
+      <c r="AA234" s="89"/>
+      <c r="AB234" s="89"/>
+      <c r="AC234" s="89"/>
+      <c r="AD234" s="89"/>
+      <c r="AE234" s="89"/>
+      <c r="AF234" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG234" s="23"/>
+      <c r="AG234" s="89"/>
       <c r="AH234" s="23"/>
       <c r="AI234" s="23"/>
       <c r="AJ234" s="23"/>
       <c r="AK234" s="23"/>
       <c r="AL234" s="23"/>
       <c r="AM234" s="23"/>
-      <c r="AN234" s="98" t="str">
+      <c r="AN234" s="23"/>
+      <c r="AO234" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO234" s="97"/>
-[...8 lines deleted...]
-      <c r="AX234" s="99" t="str">
+      <c r="AP234" s="89"/>
+      <c r="AQ234" s="89"/>
+      <c r="AR234" s="89"/>
+      <c r="AS234" s="89"/>
+      <c r="AT234" s="89"/>
+      <c r="AU234" s="89"/>
+      <c r="AV234" s="89"/>
+      <c r="AW234" s="89"/>
+      <c r="AX234" s="89"/>
+      <c r="AY234" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY234" s="97"/>
-      <c r="AZ234" s="99" t="str">
+      <c r="AZ234" s="89"/>
+      <c r="BA234" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA234" s="97"/>
-[...1 lines deleted...]
-      <c r="BC234" s="99" t="str">
+      <c r="BB234" s="89"/>
+      <c r="BC234" s="89"/>
+      <c r="BD234" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD234" s="97"/>
-[...3 lines deleted...]
-      <c r="BH234" s="99" t="str">
+      <c r="BE234" s="89"/>
+      <c r="BF234" s="89"/>
+      <c r="BG234" s="89"/>
+      <c r="BH234" s="89"/>
+      <c r="BI234" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI234" s="99" t="str">
+      <c r="BJ234" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ234" s="22"/>
-[...13 lines deleted...]
-    <row r="235" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK234" s="22"/>
+      <c r="BL234" s="92"/>
+      <c r="BM234" s="92"/>
+      <c r="BN234" s="92"/>
+      <c r="BO234" s="92"/>
+      <c r="BP234" s="92"/>
+      <c r="BQ234" s="92"/>
+      <c r="BR234" s="92"/>
+      <c r="BS234" s="92"/>
+      <c r="BT234" s="92"/>
+      <c r="BU234" s="92"/>
+      <c r="BV234" s="92"/>
+      <c r="BW234" s="92"/>
+    </row>
+    <row r="235" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A235" s="22"/>
       <c r="B235" s="21"/>
       <c r="C235" s="22"/>
       <c r="D235" s="22"/>
       <c r="E235" s="22"/>
       <c r="F235" s="21"/>
       <c r="G235" s="22"/>
       <c r="H235" s="22"/>
       <c r="I235" s="23"/>
       <c r="J235" s="23"/>
-      <c r="K235" s="93"/>
-[...2 lines deleted...]
-      <c r="N235" s="95" t="str">
+      <c r="K235" s="85"/>
+      <c r="L235" s="86"/>
+      <c r="M235" s="86"/>
+      <c r="N235" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O235" s="96"/>
-[...1 lines deleted...]
-      <c r="Q235" s="96"/>
+      <c r="O235" s="88"/>
+      <c r="P235" s="88"/>
+      <c r="Q235" s="88"/>
       <c r="R235" s="23"/>
       <c r="S235" s="23"/>
-      <c r="T235" s="97"/>
+      <c r="T235" s="89"/>
       <c r="U235" s="23"/>
       <c r="V235" s="23"/>
-      <c r="W235" s="97"/>
-[...8 lines deleted...]
-      <c r="AF235" s="98" t="str">
+      <c r="W235" s="89"/>
+      <c r="X235" s="89"/>
+      <c r="Y235" s="89"/>
+      <c r="Z235" s="89"/>
+      <c r="AA235" s="89"/>
+      <c r="AB235" s="89"/>
+      <c r="AC235" s="89"/>
+      <c r="AD235" s="89"/>
+      <c r="AE235" s="89"/>
+      <c r="AF235" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG235" s="23"/>
+      <c r="AG235" s="89"/>
       <c r="AH235" s="23"/>
       <c r="AI235" s="23"/>
       <c r="AJ235" s="23"/>
       <c r="AK235" s="23"/>
       <c r="AL235" s="23"/>
       <c r="AM235" s="23"/>
-      <c r="AN235" s="98" t="str">
+      <c r="AN235" s="23"/>
+      <c r="AO235" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO235" s="97"/>
-[...8 lines deleted...]
-      <c r="AX235" s="99" t="str">
+      <c r="AP235" s="89"/>
+      <c r="AQ235" s="89"/>
+      <c r="AR235" s="89"/>
+      <c r="AS235" s="89"/>
+      <c r="AT235" s="89"/>
+      <c r="AU235" s="89"/>
+      <c r="AV235" s="89"/>
+      <c r="AW235" s="89"/>
+      <c r="AX235" s="89"/>
+      <c r="AY235" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY235" s="97"/>
-      <c r="AZ235" s="99" t="str">
+      <c r="AZ235" s="89"/>
+      <c r="BA235" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA235" s="97"/>
-[...1 lines deleted...]
-      <c r="BC235" s="99" t="str">
+      <c r="BB235" s="89"/>
+      <c r="BC235" s="89"/>
+      <c r="BD235" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD235" s="97"/>
-[...3 lines deleted...]
-      <c r="BH235" s="99" t="str">
+      <c r="BE235" s="89"/>
+      <c r="BF235" s="89"/>
+      <c r="BG235" s="89"/>
+      <c r="BH235" s="89"/>
+      <c r="BI235" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI235" s="99" t="str">
+      <c r="BJ235" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ235" s="22"/>
-[...13 lines deleted...]
-    <row r="236" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK235" s="22"/>
+      <c r="BL235" s="92"/>
+      <c r="BM235" s="92"/>
+      <c r="BN235" s="92"/>
+      <c r="BO235" s="92"/>
+      <c r="BP235" s="92"/>
+      <c r="BQ235" s="92"/>
+      <c r="BR235" s="92"/>
+      <c r="BS235" s="92"/>
+      <c r="BT235" s="92"/>
+      <c r="BU235" s="92"/>
+      <c r="BV235" s="92"/>
+      <c r="BW235" s="92"/>
+    </row>
+    <row r="236" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A236" s="22"/>
       <c r="B236" s="21"/>
       <c r="C236" s="22"/>
       <c r="D236" s="22"/>
       <c r="E236" s="22"/>
       <c r="F236" s="21"/>
       <c r="G236" s="22"/>
       <c r="H236" s="22"/>
       <c r="I236" s="23"/>
       <c r="J236" s="23"/>
-      <c r="K236" s="93"/>
-[...2 lines deleted...]
-      <c r="N236" s="95" t="str">
+      <c r="K236" s="85"/>
+      <c r="L236" s="86"/>
+      <c r="M236" s="86"/>
+      <c r="N236" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O236" s="96"/>
-[...1 lines deleted...]
-      <c r="Q236" s="96"/>
+      <c r="O236" s="88"/>
+      <c r="P236" s="88"/>
+      <c r="Q236" s="88"/>
       <c r="R236" s="23"/>
       <c r="S236" s="23"/>
-      <c r="T236" s="97"/>
+      <c r="T236" s="89"/>
       <c r="U236" s="23"/>
       <c r="V236" s="23"/>
-      <c r="W236" s="97"/>
-[...8 lines deleted...]
-      <c r="AF236" s="98" t="str">
+      <c r="W236" s="89"/>
+      <c r="X236" s="89"/>
+      <c r="Y236" s="89"/>
+      <c r="Z236" s="89"/>
+      <c r="AA236" s="89"/>
+      <c r="AB236" s="89"/>
+      <c r="AC236" s="89"/>
+      <c r="AD236" s="89"/>
+      <c r="AE236" s="89"/>
+      <c r="AF236" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG236" s="23"/>
+      <c r="AG236" s="89"/>
       <c r="AH236" s="23"/>
       <c r="AI236" s="23"/>
       <c r="AJ236" s="23"/>
       <c r="AK236" s="23"/>
       <c r="AL236" s="23"/>
       <c r="AM236" s="23"/>
-      <c r="AN236" s="98" t="str">
+      <c r="AN236" s="23"/>
+      <c r="AO236" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO236" s="97"/>
-[...8 lines deleted...]
-      <c r="AX236" s="99" t="str">
+      <c r="AP236" s="89"/>
+      <c r="AQ236" s="89"/>
+      <c r="AR236" s="89"/>
+      <c r="AS236" s="89"/>
+      <c r="AT236" s="89"/>
+      <c r="AU236" s="89"/>
+      <c r="AV236" s="89"/>
+      <c r="AW236" s="89"/>
+      <c r="AX236" s="89"/>
+      <c r="AY236" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY236" s="97"/>
-      <c r="AZ236" s="99" t="str">
+      <c r="AZ236" s="89"/>
+      <c r="BA236" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA236" s="97"/>
-[...1 lines deleted...]
-      <c r="BC236" s="99" t="str">
+      <c r="BB236" s="89"/>
+      <c r="BC236" s="89"/>
+      <c r="BD236" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD236" s="97"/>
-[...3 lines deleted...]
-      <c r="BH236" s="99" t="str">
+      <c r="BE236" s="89"/>
+      <c r="BF236" s="89"/>
+      <c r="BG236" s="89"/>
+      <c r="BH236" s="89"/>
+      <c r="BI236" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI236" s="99" t="str">
+      <c r="BJ236" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ236" s="22"/>
-[...13 lines deleted...]
-    <row r="237" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK236" s="22"/>
+      <c r="BL236" s="92"/>
+      <c r="BM236" s="92"/>
+      <c r="BN236" s="92"/>
+      <c r="BO236" s="92"/>
+      <c r="BP236" s="92"/>
+      <c r="BQ236" s="92"/>
+      <c r="BR236" s="92"/>
+      <c r="BS236" s="92"/>
+      <c r="BT236" s="92"/>
+      <c r="BU236" s="92"/>
+      <c r="BV236" s="92"/>
+      <c r="BW236" s="92"/>
+    </row>
+    <row r="237" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A237" s="22"/>
       <c r="B237" s="21"/>
       <c r="C237" s="22"/>
       <c r="D237" s="22"/>
       <c r="E237" s="22"/>
       <c r="F237" s="21"/>
       <c r="G237" s="22"/>
       <c r="H237" s="22"/>
       <c r="I237" s="23"/>
       <c r="J237" s="23"/>
-      <c r="K237" s="93"/>
-[...2 lines deleted...]
-      <c r="N237" s="95" t="str">
+      <c r="K237" s="85"/>
+      <c r="L237" s="86"/>
+      <c r="M237" s="86"/>
+      <c r="N237" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O237" s="96"/>
-[...1 lines deleted...]
-      <c r="Q237" s="96"/>
+      <c r="O237" s="88"/>
+      <c r="P237" s="88"/>
+      <c r="Q237" s="88"/>
       <c r="R237" s="23"/>
       <c r="S237" s="23"/>
-      <c r="T237" s="97"/>
+      <c r="T237" s="89"/>
       <c r="U237" s="23"/>
       <c r="V237" s="23"/>
-      <c r="W237" s="97"/>
-[...8 lines deleted...]
-      <c r="AF237" s="98" t="str">
+      <c r="W237" s="89"/>
+      <c r="X237" s="89"/>
+      <c r="Y237" s="89"/>
+      <c r="Z237" s="89"/>
+      <c r="AA237" s="89"/>
+      <c r="AB237" s="89"/>
+      <c r="AC237" s="89"/>
+      <c r="AD237" s="89"/>
+      <c r="AE237" s="89"/>
+      <c r="AF237" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG237" s="23"/>
+      <c r="AG237" s="89"/>
       <c r="AH237" s="23"/>
       <c r="AI237" s="23"/>
       <c r="AJ237" s="23"/>
       <c r="AK237" s="23"/>
       <c r="AL237" s="23"/>
       <c r="AM237" s="23"/>
-      <c r="AN237" s="98" t="str">
+      <c r="AN237" s="23"/>
+      <c r="AO237" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO237" s="97"/>
-[...8 lines deleted...]
-      <c r="AX237" s="99" t="str">
+      <c r="AP237" s="89"/>
+      <c r="AQ237" s="89"/>
+      <c r="AR237" s="89"/>
+      <c r="AS237" s="89"/>
+      <c r="AT237" s="89"/>
+      <c r="AU237" s="89"/>
+      <c r="AV237" s="89"/>
+      <c r="AW237" s="89"/>
+      <c r="AX237" s="89"/>
+      <c r="AY237" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY237" s="97"/>
-      <c r="AZ237" s="99" t="str">
+      <c r="AZ237" s="89"/>
+      <c r="BA237" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA237" s="97"/>
-[...1 lines deleted...]
-      <c r="BC237" s="99" t="str">
+      <c r="BB237" s="89"/>
+      <c r="BC237" s="89"/>
+      <c r="BD237" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD237" s="97"/>
-[...3 lines deleted...]
-      <c r="BH237" s="99" t="str">
+      <c r="BE237" s="89"/>
+      <c r="BF237" s="89"/>
+      <c r="BG237" s="89"/>
+      <c r="BH237" s="89"/>
+      <c r="BI237" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI237" s="99" t="str">
+      <c r="BJ237" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ237" s="22"/>
-[...13 lines deleted...]
-    <row r="238" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK237" s="22"/>
+      <c r="BL237" s="92"/>
+      <c r="BM237" s="92"/>
+      <c r="BN237" s="92"/>
+      <c r="BO237" s="92"/>
+      <c r="BP237" s="92"/>
+      <c r="BQ237" s="92"/>
+      <c r="BR237" s="92"/>
+      <c r="BS237" s="92"/>
+      <c r="BT237" s="92"/>
+      <c r="BU237" s="92"/>
+      <c r="BV237" s="92"/>
+      <c r="BW237" s="92"/>
+    </row>
+    <row r="238" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A238" s="22"/>
       <c r="B238" s="21"/>
       <c r="C238" s="22"/>
       <c r="D238" s="22"/>
       <c r="E238" s="22"/>
       <c r="F238" s="21"/>
       <c r="G238" s="22"/>
       <c r="H238" s="22"/>
       <c r="I238" s="23"/>
       <c r="J238" s="23"/>
-      <c r="K238" s="93"/>
-[...2 lines deleted...]
-      <c r="N238" s="95" t="str">
+      <c r="K238" s="85"/>
+      <c r="L238" s="86"/>
+      <c r="M238" s="86"/>
+      <c r="N238" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O238" s="96"/>
-[...1 lines deleted...]
-      <c r="Q238" s="96"/>
+      <c r="O238" s="88"/>
+      <c r="P238" s="88"/>
+      <c r="Q238" s="88"/>
       <c r="R238" s="23"/>
       <c r="S238" s="23"/>
-      <c r="T238" s="97"/>
+      <c r="T238" s="89"/>
       <c r="U238" s="23"/>
       <c r="V238" s="23"/>
-      <c r="W238" s="97"/>
-[...8 lines deleted...]
-      <c r="AF238" s="98" t="str">
+      <c r="W238" s="89"/>
+      <c r="X238" s="89"/>
+      <c r="Y238" s="89"/>
+      <c r="Z238" s="89"/>
+      <c r="AA238" s="89"/>
+      <c r="AB238" s="89"/>
+      <c r="AC238" s="89"/>
+      <c r="AD238" s="89"/>
+      <c r="AE238" s="89"/>
+      <c r="AF238" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG238" s="23"/>
+      <c r="AG238" s="89"/>
       <c r="AH238" s="23"/>
       <c r="AI238" s="23"/>
       <c r="AJ238" s="23"/>
       <c r="AK238" s="23"/>
       <c r="AL238" s="23"/>
       <c r="AM238" s="23"/>
-      <c r="AN238" s="98" t="str">
+      <c r="AN238" s="23"/>
+      <c r="AO238" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO238" s="97"/>
-[...8 lines deleted...]
-      <c r="AX238" s="99" t="str">
+      <c r="AP238" s="89"/>
+      <c r="AQ238" s="89"/>
+      <c r="AR238" s="89"/>
+      <c r="AS238" s="89"/>
+      <c r="AT238" s="89"/>
+      <c r="AU238" s="89"/>
+      <c r="AV238" s="89"/>
+      <c r="AW238" s="89"/>
+      <c r="AX238" s="89"/>
+      <c r="AY238" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY238" s="97"/>
-      <c r="AZ238" s="99" t="str">
+      <c r="AZ238" s="89"/>
+      <c r="BA238" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA238" s="97"/>
-[...1 lines deleted...]
-      <c r="BC238" s="99" t="str">
+      <c r="BB238" s="89"/>
+      <c r="BC238" s="89"/>
+      <c r="BD238" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD238" s="97"/>
-[...3 lines deleted...]
-      <c r="BH238" s="99" t="str">
+      <c r="BE238" s="89"/>
+      <c r="BF238" s="89"/>
+      <c r="BG238" s="89"/>
+      <c r="BH238" s="89"/>
+      <c r="BI238" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI238" s="99" t="str">
+      <c r="BJ238" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ238" s="22"/>
-[...13 lines deleted...]
-    <row r="239" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK238" s="22"/>
+      <c r="BL238" s="92"/>
+      <c r="BM238" s="92"/>
+      <c r="BN238" s="92"/>
+      <c r="BO238" s="92"/>
+      <c r="BP238" s="92"/>
+      <c r="BQ238" s="92"/>
+      <c r="BR238" s="92"/>
+      <c r="BS238" s="92"/>
+      <c r="BT238" s="92"/>
+      <c r="BU238" s="92"/>
+      <c r="BV238" s="92"/>
+      <c r="BW238" s="92"/>
+    </row>
+    <row r="239" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A239" s="22"/>
       <c r="B239" s="21"/>
       <c r="C239" s="22"/>
       <c r="D239" s="22"/>
       <c r="E239" s="22"/>
       <c r="F239" s="21"/>
       <c r="G239" s="22"/>
       <c r="H239" s="22"/>
       <c r="I239" s="23"/>
       <c r="J239" s="23"/>
-      <c r="K239" s="93"/>
-[...2 lines deleted...]
-      <c r="N239" s="95" t="str">
+      <c r="K239" s="85"/>
+      <c r="L239" s="86"/>
+      <c r="M239" s="86"/>
+      <c r="N239" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O239" s="96"/>
-[...1 lines deleted...]
-      <c r="Q239" s="96"/>
+      <c r="O239" s="88"/>
+      <c r="P239" s="88"/>
+      <c r="Q239" s="88"/>
       <c r="R239" s="23"/>
       <c r="S239" s="23"/>
-      <c r="T239" s="97"/>
+      <c r="T239" s="89"/>
       <c r="U239" s="23"/>
       <c r="V239" s="23"/>
-      <c r="W239" s="97"/>
-[...8 lines deleted...]
-      <c r="AF239" s="98" t="str">
+      <c r="W239" s="89"/>
+      <c r="X239" s="89"/>
+      <c r="Y239" s="89"/>
+      <c r="Z239" s="89"/>
+      <c r="AA239" s="89"/>
+      <c r="AB239" s="89"/>
+      <c r="AC239" s="89"/>
+      <c r="AD239" s="89"/>
+      <c r="AE239" s="89"/>
+      <c r="AF239" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG239" s="23"/>
+      <c r="AG239" s="89"/>
       <c r="AH239" s="23"/>
       <c r="AI239" s="23"/>
       <c r="AJ239" s="23"/>
       <c r="AK239" s="23"/>
       <c r="AL239" s="23"/>
       <c r="AM239" s="23"/>
-      <c r="AN239" s="98" t="str">
+      <c r="AN239" s="23"/>
+      <c r="AO239" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO239" s="97"/>
-[...8 lines deleted...]
-      <c r="AX239" s="99" t="str">
+      <c r="AP239" s="89"/>
+      <c r="AQ239" s="89"/>
+      <c r="AR239" s="89"/>
+      <c r="AS239" s="89"/>
+      <c r="AT239" s="89"/>
+      <c r="AU239" s="89"/>
+      <c r="AV239" s="89"/>
+      <c r="AW239" s="89"/>
+      <c r="AX239" s="89"/>
+      <c r="AY239" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY239" s="97"/>
-      <c r="AZ239" s="99" t="str">
+      <c r="AZ239" s="89"/>
+      <c r="BA239" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA239" s="97"/>
-[...1 lines deleted...]
-      <c r="BC239" s="99" t="str">
+      <c r="BB239" s="89"/>
+      <c r="BC239" s="89"/>
+      <c r="BD239" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD239" s="97"/>
-[...3 lines deleted...]
-      <c r="BH239" s="99" t="str">
+      <c r="BE239" s="89"/>
+      <c r="BF239" s="89"/>
+      <c r="BG239" s="89"/>
+      <c r="BH239" s="89"/>
+      <c r="BI239" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI239" s="99" t="str">
+      <c r="BJ239" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ239" s="22"/>
-[...13 lines deleted...]
-    <row r="240" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK239" s="22"/>
+      <c r="BL239" s="92"/>
+      <c r="BM239" s="92"/>
+      <c r="BN239" s="92"/>
+      <c r="BO239" s="92"/>
+      <c r="BP239" s="92"/>
+      <c r="BQ239" s="92"/>
+      <c r="BR239" s="92"/>
+      <c r="BS239" s="92"/>
+      <c r="BT239" s="92"/>
+      <c r="BU239" s="92"/>
+      <c r="BV239" s="92"/>
+      <c r="BW239" s="92"/>
+    </row>
+    <row r="240" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A240" s="22"/>
       <c r="B240" s="21"/>
       <c r="C240" s="22"/>
       <c r="D240" s="22"/>
       <c r="E240" s="22"/>
       <c r="F240" s="21"/>
       <c r="G240" s="22"/>
       <c r="H240" s="22"/>
       <c r="I240" s="23"/>
       <c r="J240" s="23"/>
-      <c r="K240" s="93"/>
-[...2 lines deleted...]
-      <c r="N240" s="95" t="str">
+      <c r="K240" s="85"/>
+      <c r="L240" s="86"/>
+      <c r="M240" s="86"/>
+      <c r="N240" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O240" s="96"/>
-[...1 lines deleted...]
-      <c r="Q240" s="96"/>
+      <c r="O240" s="88"/>
+      <c r="P240" s="88"/>
+      <c r="Q240" s="88"/>
       <c r="R240" s="23"/>
       <c r="S240" s="23"/>
-      <c r="T240" s="97"/>
+      <c r="T240" s="89"/>
       <c r="U240" s="23"/>
       <c r="V240" s="23"/>
-      <c r="W240" s="97"/>
-[...8 lines deleted...]
-      <c r="AF240" s="98" t="str">
+      <c r="W240" s="89"/>
+      <c r="X240" s="89"/>
+      <c r="Y240" s="89"/>
+      <c r="Z240" s="89"/>
+      <c r="AA240" s="89"/>
+      <c r="AB240" s="89"/>
+      <c r="AC240" s="89"/>
+      <c r="AD240" s="89"/>
+      <c r="AE240" s="89"/>
+      <c r="AF240" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG240" s="23"/>
+      <c r="AG240" s="89"/>
       <c r="AH240" s="23"/>
       <c r="AI240" s="23"/>
       <c r="AJ240" s="23"/>
       <c r="AK240" s="23"/>
       <c r="AL240" s="23"/>
       <c r="AM240" s="23"/>
-      <c r="AN240" s="98" t="str">
+      <c r="AN240" s="23"/>
+      <c r="AO240" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO240" s="97"/>
-[...8 lines deleted...]
-      <c r="AX240" s="99" t="str">
+      <c r="AP240" s="89"/>
+      <c r="AQ240" s="89"/>
+      <c r="AR240" s="89"/>
+      <c r="AS240" s="89"/>
+      <c r="AT240" s="89"/>
+      <c r="AU240" s="89"/>
+      <c r="AV240" s="89"/>
+      <c r="AW240" s="89"/>
+      <c r="AX240" s="89"/>
+      <c r="AY240" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY240" s="97"/>
-      <c r="AZ240" s="99" t="str">
+      <c r="AZ240" s="89"/>
+      <c r="BA240" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA240" s="97"/>
-[...1 lines deleted...]
-      <c r="BC240" s="99" t="str">
+      <c r="BB240" s="89"/>
+      <c r="BC240" s="89"/>
+      <c r="BD240" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD240" s="97"/>
-[...3 lines deleted...]
-      <c r="BH240" s="99" t="str">
+      <c r="BE240" s="89"/>
+      <c r="BF240" s="89"/>
+      <c r="BG240" s="89"/>
+      <c r="BH240" s="89"/>
+      <c r="BI240" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI240" s="99" t="str">
+      <c r="BJ240" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ240" s="22"/>
-[...13 lines deleted...]
-    <row r="241" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK240" s="22"/>
+      <c r="BL240" s="92"/>
+      <c r="BM240" s="92"/>
+      <c r="BN240" s="92"/>
+      <c r="BO240" s="92"/>
+      <c r="BP240" s="92"/>
+      <c r="BQ240" s="92"/>
+      <c r="BR240" s="92"/>
+      <c r="BS240" s="92"/>
+      <c r="BT240" s="92"/>
+      <c r="BU240" s="92"/>
+      <c r="BV240" s="92"/>
+      <c r="BW240" s="92"/>
+    </row>
+    <row r="241" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A241" s="22"/>
       <c r="B241" s="21"/>
       <c r="C241" s="22"/>
       <c r="D241" s="22"/>
       <c r="E241" s="22"/>
       <c r="F241" s="21"/>
       <c r="G241" s="22"/>
       <c r="H241" s="22"/>
       <c r="I241" s="23"/>
       <c r="J241" s="23"/>
-      <c r="K241" s="93"/>
-[...2 lines deleted...]
-      <c r="N241" s="95" t="str">
+      <c r="K241" s="85"/>
+      <c r="L241" s="86"/>
+      <c r="M241" s="86"/>
+      <c r="N241" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O241" s="96"/>
-[...1 lines deleted...]
-      <c r="Q241" s="96"/>
+      <c r="O241" s="88"/>
+      <c r="P241" s="88"/>
+      <c r="Q241" s="88"/>
       <c r="R241" s="23"/>
       <c r="S241" s="23"/>
-      <c r="T241" s="97"/>
+      <c r="T241" s="89"/>
       <c r="U241" s="23"/>
       <c r="V241" s="23"/>
-      <c r="W241" s="97"/>
-[...8 lines deleted...]
-      <c r="AF241" s="98" t="str">
+      <c r="W241" s="89"/>
+      <c r="X241" s="89"/>
+      <c r="Y241" s="89"/>
+      <c r="Z241" s="89"/>
+      <c r="AA241" s="89"/>
+      <c r="AB241" s="89"/>
+      <c r="AC241" s="89"/>
+      <c r="AD241" s="89"/>
+      <c r="AE241" s="89"/>
+      <c r="AF241" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG241" s="23"/>
+      <c r="AG241" s="89"/>
       <c r="AH241" s="23"/>
       <c r="AI241" s="23"/>
       <c r="AJ241" s="23"/>
       <c r="AK241" s="23"/>
       <c r="AL241" s="23"/>
       <c r="AM241" s="23"/>
-      <c r="AN241" s="98" t="str">
+      <c r="AN241" s="23"/>
+      <c r="AO241" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO241" s="97"/>
-[...8 lines deleted...]
-      <c r="AX241" s="99" t="str">
+      <c r="AP241" s="89"/>
+      <c r="AQ241" s="89"/>
+      <c r="AR241" s="89"/>
+      <c r="AS241" s="89"/>
+      <c r="AT241" s="89"/>
+      <c r="AU241" s="89"/>
+      <c r="AV241" s="89"/>
+      <c r="AW241" s="89"/>
+      <c r="AX241" s="89"/>
+      <c r="AY241" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY241" s="97"/>
-      <c r="AZ241" s="99" t="str">
+      <c r="AZ241" s="89"/>
+      <c r="BA241" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA241" s="97"/>
-[...1 lines deleted...]
-      <c r="BC241" s="99" t="str">
+      <c r="BB241" s="89"/>
+      <c r="BC241" s="89"/>
+      <c r="BD241" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD241" s="97"/>
-[...3 lines deleted...]
-      <c r="BH241" s="99" t="str">
+      <c r="BE241" s="89"/>
+      <c r="BF241" s="89"/>
+      <c r="BG241" s="89"/>
+      <c r="BH241" s="89"/>
+      <c r="BI241" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI241" s="99" t="str">
+      <c r="BJ241" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ241" s="22"/>
-[...13 lines deleted...]
-    <row r="242" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK241" s="22"/>
+      <c r="BL241" s="92"/>
+      <c r="BM241" s="92"/>
+      <c r="BN241" s="92"/>
+      <c r="BO241" s="92"/>
+      <c r="BP241" s="92"/>
+      <c r="BQ241" s="92"/>
+      <c r="BR241" s="92"/>
+      <c r="BS241" s="92"/>
+      <c r="BT241" s="92"/>
+      <c r="BU241" s="92"/>
+      <c r="BV241" s="92"/>
+      <c r="BW241" s="92"/>
+    </row>
+    <row r="242" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A242" s="22"/>
       <c r="B242" s="21"/>
       <c r="C242" s="22"/>
       <c r="D242" s="22"/>
       <c r="E242" s="22"/>
       <c r="F242" s="21"/>
       <c r="G242" s="22"/>
       <c r="H242" s="22"/>
       <c r="I242" s="23"/>
       <c r="J242" s="23"/>
-      <c r="K242" s="93"/>
-[...2 lines deleted...]
-      <c r="N242" s="95" t="str">
+      <c r="K242" s="85"/>
+      <c r="L242" s="86"/>
+      <c r="M242" s="86"/>
+      <c r="N242" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O242" s="96"/>
-[...1 lines deleted...]
-      <c r="Q242" s="96"/>
+      <c r="O242" s="88"/>
+      <c r="P242" s="88"/>
+      <c r="Q242" s="88"/>
       <c r="R242" s="23"/>
       <c r="S242" s="23"/>
-      <c r="T242" s="97"/>
+      <c r="T242" s="89"/>
       <c r="U242" s="23"/>
       <c r="V242" s="23"/>
-      <c r="W242" s="97"/>
-[...8 lines deleted...]
-      <c r="AF242" s="98" t="str">
+      <c r="W242" s="89"/>
+      <c r="X242" s="89"/>
+      <c r="Y242" s="89"/>
+      <c r="Z242" s="89"/>
+      <c r="AA242" s="89"/>
+      <c r="AB242" s="89"/>
+      <c r="AC242" s="89"/>
+      <c r="AD242" s="89"/>
+      <c r="AE242" s="89"/>
+      <c r="AF242" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG242" s="23"/>
+      <c r="AG242" s="89"/>
       <c r="AH242" s="23"/>
       <c r="AI242" s="23"/>
       <c r="AJ242" s="23"/>
       <c r="AK242" s="23"/>
       <c r="AL242" s="23"/>
       <c r="AM242" s="23"/>
-      <c r="AN242" s="98" t="str">
+      <c r="AN242" s="23"/>
+      <c r="AO242" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO242" s="97"/>
-[...8 lines deleted...]
-      <c r="AX242" s="99" t="str">
+      <c r="AP242" s="89"/>
+      <c r="AQ242" s="89"/>
+      <c r="AR242" s="89"/>
+      <c r="AS242" s="89"/>
+      <c r="AT242" s="89"/>
+      <c r="AU242" s="89"/>
+      <c r="AV242" s="89"/>
+      <c r="AW242" s="89"/>
+      <c r="AX242" s="89"/>
+      <c r="AY242" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY242" s="97"/>
-      <c r="AZ242" s="99" t="str">
+      <c r="AZ242" s="89"/>
+      <c r="BA242" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA242" s="97"/>
-[...1 lines deleted...]
-      <c r="BC242" s="99" t="str">
+      <c r="BB242" s="89"/>
+      <c r="BC242" s="89"/>
+      <c r="BD242" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD242" s="97"/>
-[...3 lines deleted...]
-      <c r="BH242" s="99" t="str">
+      <c r="BE242" s="89"/>
+      <c r="BF242" s="89"/>
+      <c r="BG242" s="89"/>
+      <c r="BH242" s="89"/>
+      <c r="BI242" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI242" s="99" t="str">
+      <c r="BJ242" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ242" s="22"/>
-[...13 lines deleted...]
-    <row r="243" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK242" s="22"/>
+      <c r="BL242" s="92"/>
+      <c r="BM242" s="92"/>
+      <c r="BN242" s="92"/>
+      <c r="BO242" s="92"/>
+      <c r="BP242" s="92"/>
+      <c r="BQ242" s="92"/>
+      <c r="BR242" s="92"/>
+      <c r="BS242" s="92"/>
+      <c r="BT242" s="92"/>
+      <c r="BU242" s="92"/>
+      <c r="BV242" s="92"/>
+      <c r="BW242" s="92"/>
+    </row>
+    <row r="243" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A243" s="22"/>
       <c r="B243" s="21"/>
       <c r="C243" s="22"/>
       <c r="D243" s="22"/>
       <c r="E243" s="22"/>
       <c r="F243" s="21"/>
       <c r="G243" s="22"/>
       <c r="H243" s="22"/>
       <c r="I243" s="23"/>
       <c r="J243" s="23"/>
-      <c r="K243" s="93"/>
-[...2 lines deleted...]
-      <c r="N243" s="95" t="str">
+      <c r="K243" s="85"/>
+      <c r="L243" s="86"/>
+      <c r="M243" s="86"/>
+      <c r="N243" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O243" s="96"/>
-[...1 lines deleted...]
-      <c r="Q243" s="96"/>
+      <c r="O243" s="88"/>
+      <c r="P243" s="88"/>
+      <c r="Q243" s="88"/>
       <c r="R243" s="23"/>
       <c r="S243" s="23"/>
-      <c r="T243" s="97"/>
+      <c r="T243" s="89"/>
       <c r="U243" s="23"/>
       <c r="V243" s="23"/>
-      <c r="W243" s="97"/>
-[...8 lines deleted...]
-      <c r="AF243" s="98" t="str">
+      <c r="W243" s="89"/>
+      <c r="X243" s="89"/>
+      <c r="Y243" s="89"/>
+      <c r="Z243" s="89"/>
+      <c r="AA243" s="89"/>
+      <c r="AB243" s="89"/>
+      <c r="AC243" s="89"/>
+      <c r="AD243" s="89"/>
+      <c r="AE243" s="89"/>
+      <c r="AF243" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG243" s="23"/>
+      <c r="AG243" s="89"/>
       <c r="AH243" s="23"/>
       <c r="AI243" s="23"/>
       <c r="AJ243" s="23"/>
       <c r="AK243" s="23"/>
       <c r="AL243" s="23"/>
       <c r="AM243" s="23"/>
-      <c r="AN243" s="98" t="str">
+      <c r="AN243" s="23"/>
+      <c r="AO243" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO243" s="97"/>
-[...8 lines deleted...]
-      <c r="AX243" s="99" t="str">
+      <c r="AP243" s="89"/>
+      <c r="AQ243" s="89"/>
+      <c r="AR243" s="89"/>
+      <c r="AS243" s="89"/>
+      <c r="AT243" s="89"/>
+      <c r="AU243" s="89"/>
+      <c r="AV243" s="89"/>
+      <c r="AW243" s="89"/>
+      <c r="AX243" s="89"/>
+      <c r="AY243" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY243" s="97"/>
-      <c r="AZ243" s="99" t="str">
+      <c r="AZ243" s="89"/>
+      <c r="BA243" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA243" s="97"/>
-[...1 lines deleted...]
-      <c r="BC243" s="99" t="str">
+      <c r="BB243" s="89"/>
+      <c r="BC243" s="89"/>
+      <c r="BD243" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD243" s="97"/>
-[...3 lines deleted...]
-      <c r="BH243" s="99" t="str">
+      <c r="BE243" s="89"/>
+      <c r="BF243" s="89"/>
+      <c r="BG243" s="89"/>
+      <c r="BH243" s="89"/>
+      <c r="BI243" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI243" s="99" t="str">
+      <c r="BJ243" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ243" s="22"/>
-[...13 lines deleted...]
-    <row r="244" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK243" s="22"/>
+      <c r="BL243" s="92"/>
+      <c r="BM243" s="92"/>
+      <c r="BN243" s="92"/>
+      <c r="BO243" s="92"/>
+      <c r="BP243" s="92"/>
+      <c r="BQ243" s="92"/>
+      <c r="BR243" s="92"/>
+      <c r="BS243" s="92"/>
+      <c r="BT243" s="92"/>
+      <c r="BU243" s="92"/>
+      <c r="BV243" s="92"/>
+      <c r="BW243" s="92"/>
+    </row>
+    <row r="244" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A244" s="22"/>
       <c r="B244" s="21"/>
       <c r="C244" s="22"/>
       <c r="D244" s="22"/>
       <c r="E244" s="22"/>
       <c r="F244" s="21"/>
       <c r="G244" s="22"/>
       <c r="H244" s="22"/>
       <c r="I244" s="23"/>
       <c r="J244" s="23"/>
-      <c r="K244" s="93"/>
-[...2 lines deleted...]
-      <c r="N244" s="95" t="str">
+      <c r="K244" s="85"/>
+      <c r="L244" s="86"/>
+      <c r="M244" s="86"/>
+      <c r="N244" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O244" s="96"/>
-[...1 lines deleted...]
-      <c r="Q244" s="96"/>
+      <c r="O244" s="88"/>
+      <c r="P244" s="88"/>
+      <c r="Q244" s="88"/>
       <c r="R244" s="23"/>
       <c r="S244" s="23"/>
-      <c r="T244" s="97"/>
+      <c r="T244" s="89"/>
       <c r="U244" s="23"/>
       <c r="V244" s="23"/>
-      <c r="W244" s="97"/>
-[...8 lines deleted...]
-      <c r="AF244" s="98" t="str">
+      <c r="W244" s="89"/>
+      <c r="X244" s="89"/>
+      <c r="Y244" s="89"/>
+      <c r="Z244" s="89"/>
+      <c r="AA244" s="89"/>
+      <c r="AB244" s="89"/>
+      <c r="AC244" s="89"/>
+      <c r="AD244" s="89"/>
+      <c r="AE244" s="89"/>
+      <c r="AF244" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG244" s="23"/>
+      <c r="AG244" s="89"/>
       <c r="AH244" s="23"/>
       <c r="AI244" s="23"/>
       <c r="AJ244" s="23"/>
       <c r="AK244" s="23"/>
       <c r="AL244" s="23"/>
       <c r="AM244" s="23"/>
-      <c r="AN244" s="98" t="str">
+      <c r="AN244" s="23"/>
+      <c r="AO244" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO244" s="97"/>
-[...8 lines deleted...]
-      <c r="AX244" s="99" t="str">
+      <c r="AP244" s="89"/>
+      <c r="AQ244" s="89"/>
+      <c r="AR244" s="89"/>
+      <c r="AS244" s="89"/>
+      <c r="AT244" s="89"/>
+      <c r="AU244" s="89"/>
+      <c r="AV244" s="89"/>
+      <c r="AW244" s="89"/>
+      <c r="AX244" s="89"/>
+      <c r="AY244" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY244" s="97"/>
-      <c r="AZ244" s="99" t="str">
+      <c r="AZ244" s="89"/>
+      <c r="BA244" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA244" s="97"/>
-[...1 lines deleted...]
-      <c r="BC244" s="99" t="str">
+      <c r="BB244" s="89"/>
+      <c r="BC244" s="89"/>
+      <c r="BD244" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD244" s="97"/>
-[...3 lines deleted...]
-      <c r="BH244" s="99" t="str">
+      <c r="BE244" s="89"/>
+      <c r="BF244" s="89"/>
+      <c r="BG244" s="89"/>
+      <c r="BH244" s="89"/>
+      <c r="BI244" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI244" s="99" t="str">
+      <c r="BJ244" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ244" s="22"/>
-[...13 lines deleted...]
-    <row r="245" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK244" s="22"/>
+      <c r="BL244" s="92"/>
+      <c r="BM244" s="92"/>
+      <c r="BN244" s="92"/>
+      <c r="BO244" s="92"/>
+      <c r="BP244" s="92"/>
+      <c r="BQ244" s="92"/>
+      <c r="BR244" s="92"/>
+      <c r="BS244" s="92"/>
+      <c r="BT244" s="92"/>
+      <c r="BU244" s="92"/>
+      <c r="BV244" s="92"/>
+      <c r="BW244" s="92"/>
+    </row>
+    <row r="245" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A245" s="22"/>
       <c r="B245" s="21"/>
       <c r="C245" s="22"/>
       <c r="D245" s="22"/>
       <c r="E245" s="22"/>
       <c r="F245" s="21"/>
       <c r="G245" s="22"/>
       <c r="H245" s="22"/>
       <c r="I245" s="23"/>
       <c r="J245" s="23"/>
-      <c r="K245" s="93"/>
-[...2 lines deleted...]
-      <c r="N245" s="95" t="str">
+      <c r="K245" s="85"/>
+      <c r="L245" s="86"/>
+      <c r="M245" s="86"/>
+      <c r="N245" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O245" s="96"/>
-[...1 lines deleted...]
-      <c r="Q245" s="96"/>
+      <c r="O245" s="88"/>
+      <c r="P245" s="88"/>
+      <c r="Q245" s="88"/>
       <c r="R245" s="23"/>
       <c r="S245" s="23"/>
-      <c r="T245" s="97"/>
+      <c r="T245" s="89"/>
       <c r="U245" s="23"/>
       <c r="V245" s="23"/>
-      <c r="W245" s="97"/>
-[...8 lines deleted...]
-      <c r="AF245" s="98" t="str">
+      <c r="W245" s="89"/>
+      <c r="X245" s="89"/>
+      <c r="Y245" s="89"/>
+      <c r="Z245" s="89"/>
+      <c r="AA245" s="89"/>
+      <c r="AB245" s="89"/>
+      <c r="AC245" s="89"/>
+      <c r="AD245" s="89"/>
+      <c r="AE245" s="89"/>
+      <c r="AF245" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG245" s="23"/>
+      <c r="AG245" s="89"/>
       <c r="AH245" s="23"/>
       <c r="AI245" s="23"/>
       <c r="AJ245" s="23"/>
       <c r="AK245" s="23"/>
       <c r="AL245" s="23"/>
       <c r="AM245" s="23"/>
-      <c r="AN245" s="98" t="str">
+      <c r="AN245" s="23"/>
+      <c r="AO245" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO245" s="97"/>
-[...8 lines deleted...]
-      <c r="AX245" s="99" t="str">
+      <c r="AP245" s="89"/>
+      <c r="AQ245" s="89"/>
+      <c r="AR245" s="89"/>
+      <c r="AS245" s="89"/>
+      <c r="AT245" s="89"/>
+      <c r="AU245" s="89"/>
+      <c r="AV245" s="89"/>
+      <c r="AW245" s="89"/>
+      <c r="AX245" s="89"/>
+      <c r="AY245" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY245" s="97"/>
-      <c r="AZ245" s="99" t="str">
+      <c r="AZ245" s="89"/>
+      <c r="BA245" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA245" s="97"/>
-[...1 lines deleted...]
-      <c r="BC245" s="99" t="str">
+      <c r="BB245" s="89"/>
+      <c r="BC245" s="89"/>
+      <c r="BD245" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD245" s="97"/>
-[...3 lines deleted...]
-      <c r="BH245" s="99" t="str">
+      <c r="BE245" s="89"/>
+      <c r="BF245" s="89"/>
+      <c r="BG245" s="89"/>
+      <c r="BH245" s="89"/>
+      <c r="BI245" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI245" s="99" t="str">
+      <c r="BJ245" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ245" s="22"/>
-[...13 lines deleted...]
-    <row r="246" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK245" s="22"/>
+      <c r="BL245" s="92"/>
+      <c r="BM245" s="92"/>
+      <c r="BN245" s="92"/>
+      <c r="BO245" s="92"/>
+      <c r="BP245" s="92"/>
+      <c r="BQ245" s="92"/>
+      <c r="BR245" s="92"/>
+      <c r="BS245" s="92"/>
+      <c r="BT245" s="92"/>
+      <c r="BU245" s="92"/>
+      <c r="BV245" s="92"/>
+      <c r="BW245" s="92"/>
+    </row>
+    <row r="246" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A246" s="22"/>
       <c r="B246" s="21"/>
       <c r="C246" s="22"/>
       <c r="D246" s="22"/>
       <c r="E246" s="22"/>
       <c r="F246" s="21"/>
       <c r="G246" s="22"/>
       <c r="H246" s="22"/>
       <c r="I246" s="23"/>
       <c r="J246" s="23"/>
-      <c r="K246" s="93"/>
-[...2 lines deleted...]
-      <c r="N246" s="95" t="str">
+      <c r="K246" s="85"/>
+      <c r="L246" s="86"/>
+      <c r="M246" s="86"/>
+      <c r="N246" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O246" s="96"/>
-[...1 lines deleted...]
-      <c r="Q246" s="96"/>
+      <c r="O246" s="88"/>
+      <c r="P246" s="88"/>
+      <c r="Q246" s="88"/>
       <c r="R246" s="23"/>
       <c r="S246" s="23"/>
-      <c r="T246" s="97"/>
+      <c r="T246" s="89"/>
       <c r="U246" s="23"/>
       <c r="V246" s="23"/>
-      <c r="W246" s="97"/>
-[...8 lines deleted...]
-      <c r="AF246" s="98" t="str">
+      <c r="W246" s="89"/>
+      <c r="X246" s="89"/>
+      <c r="Y246" s="89"/>
+      <c r="Z246" s="89"/>
+      <c r="AA246" s="89"/>
+      <c r="AB246" s="89"/>
+      <c r="AC246" s="89"/>
+      <c r="AD246" s="89"/>
+      <c r="AE246" s="89"/>
+      <c r="AF246" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG246" s="23"/>
+      <c r="AG246" s="89"/>
       <c r="AH246" s="23"/>
       <c r="AI246" s="23"/>
       <c r="AJ246" s="23"/>
       <c r="AK246" s="23"/>
       <c r="AL246" s="23"/>
       <c r="AM246" s="23"/>
-      <c r="AN246" s="98" t="str">
+      <c r="AN246" s="23"/>
+      <c r="AO246" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO246" s="97"/>
-[...8 lines deleted...]
-      <c r="AX246" s="99" t="str">
+      <c r="AP246" s="89"/>
+      <c r="AQ246" s="89"/>
+      <c r="AR246" s="89"/>
+      <c r="AS246" s="89"/>
+      <c r="AT246" s="89"/>
+      <c r="AU246" s="89"/>
+      <c r="AV246" s="89"/>
+      <c r="AW246" s="89"/>
+      <c r="AX246" s="89"/>
+      <c r="AY246" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY246" s="97"/>
-      <c r="AZ246" s="99" t="str">
+      <c r="AZ246" s="89"/>
+      <c r="BA246" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA246" s="97"/>
-[...1 lines deleted...]
-      <c r="BC246" s="99" t="str">
+      <c r="BB246" s="89"/>
+      <c r="BC246" s="89"/>
+      <c r="BD246" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD246" s="97"/>
-[...3 lines deleted...]
-      <c r="BH246" s="99" t="str">
+      <c r="BE246" s="89"/>
+      <c r="BF246" s="89"/>
+      <c r="BG246" s="89"/>
+      <c r="BH246" s="89"/>
+      <c r="BI246" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI246" s="99" t="str">
+      <c r="BJ246" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ246" s="22"/>
-[...13 lines deleted...]
-    <row r="247" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK246" s="22"/>
+      <c r="BL246" s="92"/>
+      <c r="BM246" s="92"/>
+      <c r="BN246" s="92"/>
+      <c r="BO246" s="92"/>
+      <c r="BP246" s="92"/>
+      <c r="BQ246" s="92"/>
+      <c r="BR246" s="92"/>
+      <c r="BS246" s="92"/>
+      <c r="BT246" s="92"/>
+      <c r="BU246" s="92"/>
+      <c r="BV246" s="92"/>
+      <c r="BW246" s="92"/>
+    </row>
+    <row r="247" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A247" s="22"/>
       <c r="B247" s="21"/>
       <c r="C247" s="22"/>
       <c r="D247" s="22"/>
       <c r="E247" s="22"/>
       <c r="F247" s="21"/>
       <c r="G247" s="22"/>
       <c r="H247" s="22"/>
       <c r="I247" s="23"/>
       <c r="J247" s="23"/>
-      <c r="K247" s="93"/>
-[...2 lines deleted...]
-      <c r="N247" s="95" t="str">
+      <c r="K247" s="85"/>
+      <c r="L247" s="86"/>
+      <c r="M247" s="86"/>
+      <c r="N247" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O247" s="96"/>
-[...1 lines deleted...]
-      <c r="Q247" s="96"/>
+      <c r="O247" s="88"/>
+      <c r="P247" s="88"/>
+      <c r="Q247" s="88"/>
       <c r="R247" s="23"/>
       <c r="S247" s="23"/>
-      <c r="T247" s="97"/>
+      <c r="T247" s="89"/>
       <c r="U247" s="23"/>
       <c r="V247" s="23"/>
-      <c r="W247" s="97"/>
-[...8 lines deleted...]
-      <c r="AF247" s="98" t="str">
+      <c r="W247" s="89"/>
+      <c r="X247" s="89"/>
+      <c r="Y247" s="89"/>
+      <c r="Z247" s="89"/>
+      <c r="AA247" s="89"/>
+      <c r="AB247" s="89"/>
+      <c r="AC247" s="89"/>
+      <c r="AD247" s="89"/>
+      <c r="AE247" s="89"/>
+      <c r="AF247" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG247" s="23"/>
+      <c r="AG247" s="89"/>
       <c r="AH247" s="23"/>
       <c r="AI247" s="23"/>
       <c r="AJ247" s="23"/>
       <c r="AK247" s="23"/>
       <c r="AL247" s="23"/>
       <c r="AM247" s="23"/>
-      <c r="AN247" s="98" t="str">
+      <c r="AN247" s="23"/>
+      <c r="AO247" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO247" s="97"/>
-[...8 lines deleted...]
-      <c r="AX247" s="99" t="str">
+      <c r="AP247" s="89"/>
+      <c r="AQ247" s="89"/>
+      <c r="AR247" s="89"/>
+      <c r="AS247" s="89"/>
+      <c r="AT247" s="89"/>
+      <c r="AU247" s="89"/>
+      <c r="AV247" s="89"/>
+      <c r="AW247" s="89"/>
+      <c r="AX247" s="89"/>
+      <c r="AY247" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY247" s="97"/>
-      <c r="AZ247" s="99" t="str">
+      <c r="AZ247" s="89"/>
+      <c r="BA247" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA247" s="97"/>
-[...1 lines deleted...]
-      <c r="BC247" s="99" t="str">
+      <c r="BB247" s="89"/>
+      <c r="BC247" s="89"/>
+      <c r="BD247" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD247" s="97"/>
-[...3 lines deleted...]
-      <c r="BH247" s="99" t="str">
+      <c r="BE247" s="89"/>
+      <c r="BF247" s="89"/>
+      <c r="BG247" s="89"/>
+      <c r="BH247" s="89"/>
+      <c r="BI247" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI247" s="99" t="str">
+      <c r="BJ247" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ247" s="22"/>
-[...13 lines deleted...]
-    <row r="248" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK247" s="22"/>
+      <c r="BL247" s="92"/>
+      <c r="BM247" s="92"/>
+      <c r="BN247" s="92"/>
+      <c r="BO247" s="92"/>
+      <c r="BP247" s="92"/>
+      <c r="BQ247" s="92"/>
+      <c r="BR247" s="92"/>
+      <c r="BS247" s="92"/>
+      <c r="BT247" s="92"/>
+      <c r="BU247" s="92"/>
+      <c r="BV247" s="92"/>
+      <c r="BW247" s="92"/>
+    </row>
+    <row r="248" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A248" s="22"/>
       <c r="B248" s="21"/>
       <c r="C248" s="22"/>
       <c r="D248" s="22"/>
       <c r="E248" s="22"/>
       <c r="F248" s="21"/>
       <c r="G248" s="22"/>
       <c r="H248" s="22"/>
       <c r="I248" s="23"/>
       <c r="J248" s="23"/>
-      <c r="K248" s="93"/>
-[...2 lines deleted...]
-      <c r="N248" s="95" t="str">
+      <c r="K248" s="85"/>
+      <c r="L248" s="86"/>
+      <c r="M248" s="86"/>
+      <c r="N248" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O248" s="96"/>
-[...1 lines deleted...]
-      <c r="Q248" s="96"/>
+      <c r="O248" s="88"/>
+      <c r="P248" s="88"/>
+      <c r="Q248" s="88"/>
       <c r="R248" s="23"/>
       <c r="S248" s="23"/>
-      <c r="T248" s="97"/>
+      <c r="T248" s="89"/>
       <c r="U248" s="23"/>
       <c r="V248" s="23"/>
-      <c r="W248" s="97"/>
-[...8 lines deleted...]
-      <c r="AF248" s="98" t="str">
+      <c r="W248" s="89"/>
+      <c r="X248" s="89"/>
+      <c r="Y248" s="89"/>
+      <c r="Z248" s="89"/>
+      <c r="AA248" s="89"/>
+      <c r="AB248" s="89"/>
+      <c r="AC248" s="89"/>
+      <c r="AD248" s="89"/>
+      <c r="AE248" s="89"/>
+      <c r="AF248" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG248" s="23"/>
+      <c r="AG248" s="89"/>
       <c r="AH248" s="23"/>
       <c r="AI248" s="23"/>
       <c r="AJ248" s="23"/>
       <c r="AK248" s="23"/>
       <c r="AL248" s="23"/>
       <c r="AM248" s="23"/>
-      <c r="AN248" s="98" t="str">
+      <c r="AN248" s="23"/>
+      <c r="AO248" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO248" s="97"/>
-[...8 lines deleted...]
-      <c r="AX248" s="99" t="str">
+      <c r="AP248" s="89"/>
+      <c r="AQ248" s="89"/>
+      <c r="AR248" s="89"/>
+      <c r="AS248" s="89"/>
+      <c r="AT248" s="89"/>
+      <c r="AU248" s="89"/>
+      <c r="AV248" s="89"/>
+      <c r="AW248" s="89"/>
+      <c r="AX248" s="89"/>
+      <c r="AY248" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY248" s="97"/>
-      <c r="AZ248" s="99" t="str">
+      <c r="AZ248" s="89"/>
+      <c r="BA248" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA248" s="97"/>
-[...1 lines deleted...]
-      <c r="BC248" s="99" t="str">
+      <c r="BB248" s="89"/>
+      <c r="BC248" s="89"/>
+      <c r="BD248" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD248" s="97"/>
-[...3 lines deleted...]
-      <c r="BH248" s="99" t="str">
+      <c r="BE248" s="89"/>
+      <c r="BF248" s="89"/>
+      <c r="BG248" s="89"/>
+      <c r="BH248" s="89"/>
+      <c r="BI248" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI248" s="99" t="str">
+      <c r="BJ248" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ248" s="22"/>
-[...13 lines deleted...]
-    <row r="249" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK248" s="22"/>
+      <c r="BL248" s="92"/>
+      <c r="BM248" s="92"/>
+      <c r="BN248" s="92"/>
+      <c r="BO248" s="92"/>
+      <c r="BP248" s="92"/>
+      <c r="BQ248" s="92"/>
+      <c r="BR248" s="92"/>
+      <c r="BS248" s="92"/>
+      <c r="BT248" s="92"/>
+      <c r="BU248" s="92"/>
+      <c r="BV248" s="92"/>
+      <c r="BW248" s="92"/>
+    </row>
+    <row r="249" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A249" s="22"/>
       <c r="B249" s="21"/>
       <c r="C249" s="22"/>
       <c r="D249" s="22"/>
       <c r="E249" s="22"/>
       <c r="F249" s="21"/>
       <c r="G249" s="22"/>
       <c r="H249" s="22"/>
       <c r="I249" s="23"/>
       <c r="J249" s="23"/>
-      <c r="K249" s="93"/>
-[...2 lines deleted...]
-      <c r="N249" s="95" t="str">
+      <c r="K249" s="85"/>
+      <c r="L249" s="86"/>
+      <c r="M249" s="86"/>
+      <c r="N249" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O249" s="96"/>
-[...1 lines deleted...]
-      <c r="Q249" s="96"/>
+      <c r="O249" s="88"/>
+      <c r="P249" s="88"/>
+      <c r="Q249" s="88"/>
       <c r="R249" s="23"/>
       <c r="S249" s="23"/>
-      <c r="T249" s="97"/>
+      <c r="T249" s="89"/>
       <c r="U249" s="23"/>
       <c r="V249" s="23"/>
-      <c r="W249" s="97"/>
-[...8 lines deleted...]
-      <c r="AF249" s="98" t="str">
+      <c r="W249" s="89"/>
+      <c r="X249" s="89"/>
+      <c r="Y249" s="89"/>
+      <c r="Z249" s="89"/>
+      <c r="AA249" s="89"/>
+      <c r="AB249" s="89"/>
+      <c r="AC249" s="89"/>
+      <c r="AD249" s="89"/>
+      <c r="AE249" s="89"/>
+      <c r="AF249" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG249" s="23"/>
+      <c r="AG249" s="89"/>
       <c r="AH249" s="23"/>
       <c r="AI249" s="23"/>
       <c r="AJ249" s="23"/>
       <c r="AK249" s="23"/>
       <c r="AL249" s="23"/>
       <c r="AM249" s="23"/>
-      <c r="AN249" s="98" t="str">
+      <c r="AN249" s="23"/>
+      <c r="AO249" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO249" s="97"/>
-[...8 lines deleted...]
-      <c r="AX249" s="99" t="str">
+      <c r="AP249" s="89"/>
+      <c r="AQ249" s="89"/>
+      <c r="AR249" s="89"/>
+      <c r="AS249" s="89"/>
+      <c r="AT249" s="89"/>
+      <c r="AU249" s="89"/>
+      <c r="AV249" s="89"/>
+      <c r="AW249" s="89"/>
+      <c r="AX249" s="89"/>
+      <c r="AY249" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY249" s="97"/>
-      <c r="AZ249" s="99" t="str">
+      <c r="AZ249" s="89"/>
+      <c r="BA249" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA249" s="97"/>
-[...1 lines deleted...]
-      <c r="BC249" s="99" t="str">
+      <c r="BB249" s="89"/>
+      <c r="BC249" s="89"/>
+      <c r="BD249" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD249" s="97"/>
-[...3 lines deleted...]
-      <c r="BH249" s="99" t="str">
+      <c r="BE249" s="89"/>
+      <c r="BF249" s="89"/>
+      <c r="BG249" s="89"/>
+      <c r="BH249" s="89"/>
+      <c r="BI249" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI249" s="99" t="str">
+      <c r="BJ249" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ249" s="22"/>
-[...13 lines deleted...]
-    <row r="250" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK249" s="22"/>
+      <c r="BL249" s="92"/>
+      <c r="BM249" s="92"/>
+      <c r="BN249" s="92"/>
+      <c r="BO249" s="92"/>
+      <c r="BP249" s="92"/>
+      <c r="BQ249" s="92"/>
+      <c r="BR249" s="92"/>
+      <c r="BS249" s="92"/>
+      <c r="BT249" s="92"/>
+      <c r="BU249" s="92"/>
+      <c r="BV249" s="92"/>
+      <c r="BW249" s="92"/>
+    </row>
+    <row r="250" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A250" s="22"/>
       <c r="B250" s="21"/>
       <c r="C250" s="22"/>
       <c r="D250" s="22"/>
       <c r="E250" s="22"/>
       <c r="F250" s="21"/>
       <c r="G250" s="22"/>
       <c r="H250" s="22"/>
       <c r="I250" s="23"/>
       <c r="J250" s="23"/>
-      <c r="K250" s="93"/>
-[...2 lines deleted...]
-      <c r="N250" s="95" t="str">
+      <c r="K250" s="85"/>
+      <c r="L250" s="86"/>
+      <c r="M250" s="86"/>
+      <c r="N250" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O250" s="96"/>
-[...1 lines deleted...]
-      <c r="Q250" s="96"/>
+      <c r="O250" s="88"/>
+      <c r="P250" s="88"/>
+      <c r="Q250" s="88"/>
       <c r="R250" s="23"/>
       <c r="S250" s="23"/>
-      <c r="T250" s="97"/>
+      <c r="T250" s="89"/>
       <c r="U250" s="23"/>
       <c r="V250" s="23"/>
-      <c r="W250" s="97"/>
-[...8 lines deleted...]
-      <c r="AF250" s="98" t="str">
+      <c r="W250" s="89"/>
+      <c r="X250" s="89"/>
+      <c r="Y250" s="89"/>
+      <c r="Z250" s="89"/>
+      <c r="AA250" s="89"/>
+      <c r="AB250" s="89"/>
+      <c r="AC250" s="89"/>
+      <c r="AD250" s="89"/>
+      <c r="AE250" s="89"/>
+      <c r="AF250" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG250" s="23"/>
+      <c r="AG250" s="89"/>
       <c r="AH250" s="23"/>
       <c r="AI250" s="23"/>
       <c r="AJ250" s="23"/>
       <c r="AK250" s="23"/>
       <c r="AL250" s="23"/>
       <c r="AM250" s="23"/>
-      <c r="AN250" s="98" t="str">
+      <c r="AN250" s="23"/>
+      <c r="AO250" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO250" s="97"/>
-[...8 lines deleted...]
-      <c r="AX250" s="99" t="str">
+      <c r="AP250" s="89"/>
+      <c r="AQ250" s="89"/>
+      <c r="AR250" s="89"/>
+      <c r="AS250" s="89"/>
+      <c r="AT250" s="89"/>
+      <c r="AU250" s="89"/>
+      <c r="AV250" s="89"/>
+      <c r="AW250" s="89"/>
+      <c r="AX250" s="89"/>
+      <c r="AY250" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY250" s="97"/>
-      <c r="AZ250" s="99" t="str">
+      <c r="AZ250" s="89"/>
+      <c r="BA250" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA250" s="97"/>
-[...1 lines deleted...]
-      <c r="BC250" s="99" t="str">
+      <c r="BB250" s="89"/>
+      <c r="BC250" s="89"/>
+      <c r="BD250" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD250" s="97"/>
-[...3 lines deleted...]
-      <c r="BH250" s="99" t="str">
+      <c r="BE250" s="89"/>
+      <c r="BF250" s="89"/>
+      <c r="BG250" s="89"/>
+      <c r="BH250" s="89"/>
+      <c r="BI250" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI250" s="99" t="str">
+      <c r="BJ250" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ250" s="22"/>
-[...13 lines deleted...]
-    <row r="251" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK250" s="22"/>
+      <c r="BL250" s="92"/>
+      <c r="BM250" s="92"/>
+      <c r="BN250" s="92"/>
+      <c r="BO250" s="92"/>
+      <c r="BP250" s="92"/>
+      <c r="BQ250" s="92"/>
+      <c r="BR250" s="92"/>
+      <c r="BS250" s="92"/>
+      <c r="BT250" s="92"/>
+      <c r="BU250" s="92"/>
+      <c r="BV250" s="92"/>
+      <c r="BW250" s="92"/>
+    </row>
+    <row r="251" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A251" s="22"/>
       <c r="B251" s="21"/>
       <c r="C251" s="22"/>
       <c r="D251" s="22"/>
       <c r="E251" s="22"/>
       <c r="F251" s="21"/>
       <c r="G251" s="22"/>
       <c r="H251" s="22"/>
       <c r="I251" s="23"/>
       <c r="J251" s="23"/>
-      <c r="K251" s="93"/>
-[...2 lines deleted...]
-      <c r="N251" s="95" t="str">
+      <c r="K251" s="85"/>
+      <c r="L251" s="86"/>
+      <c r="M251" s="86"/>
+      <c r="N251" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O251" s="96"/>
-[...1 lines deleted...]
-      <c r="Q251" s="96"/>
+      <c r="O251" s="88"/>
+      <c r="P251" s="88"/>
+      <c r="Q251" s="88"/>
       <c r="R251" s="23"/>
       <c r="S251" s="23"/>
-      <c r="T251" s="97"/>
+      <c r="T251" s="89"/>
       <c r="U251" s="23"/>
       <c r="V251" s="23"/>
-      <c r="W251" s="97"/>
-[...8 lines deleted...]
-      <c r="AF251" s="98" t="str">
+      <c r="W251" s="89"/>
+      <c r="X251" s="89"/>
+      <c r="Y251" s="89"/>
+      <c r="Z251" s="89"/>
+      <c r="AA251" s="89"/>
+      <c r="AB251" s="89"/>
+      <c r="AC251" s="89"/>
+      <c r="AD251" s="89"/>
+      <c r="AE251" s="89"/>
+      <c r="AF251" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG251" s="23"/>
+      <c r="AG251" s="89"/>
       <c r="AH251" s="23"/>
       <c r="AI251" s="23"/>
       <c r="AJ251" s="23"/>
       <c r="AK251" s="23"/>
       <c r="AL251" s="23"/>
       <c r="AM251" s="23"/>
-      <c r="AN251" s="98" t="str">
+      <c r="AN251" s="23"/>
+      <c r="AO251" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO251" s="97"/>
-[...8 lines deleted...]
-      <c r="AX251" s="99" t="str">
+      <c r="AP251" s="89"/>
+      <c r="AQ251" s="89"/>
+      <c r="AR251" s="89"/>
+      <c r="AS251" s="89"/>
+      <c r="AT251" s="89"/>
+      <c r="AU251" s="89"/>
+      <c r="AV251" s="89"/>
+      <c r="AW251" s="89"/>
+      <c r="AX251" s="89"/>
+      <c r="AY251" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY251" s="97"/>
-      <c r="AZ251" s="99" t="str">
+      <c r="AZ251" s="89"/>
+      <c r="BA251" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA251" s="97"/>
-[...1 lines deleted...]
-      <c r="BC251" s="99" t="str">
+      <c r="BB251" s="89"/>
+      <c r="BC251" s="89"/>
+      <c r="BD251" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD251" s="97"/>
-[...3 lines deleted...]
-      <c r="BH251" s="99" t="str">
+      <c r="BE251" s="89"/>
+      <c r="BF251" s="89"/>
+      <c r="BG251" s="89"/>
+      <c r="BH251" s="89"/>
+      <c r="BI251" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI251" s="99" t="str">
+      <c r="BJ251" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ251" s="22"/>
-[...13 lines deleted...]
-    <row r="252" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK251" s="22"/>
+      <c r="BL251" s="92"/>
+      <c r="BM251" s="92"/>
+      <c r="BN251" s="92"/>
+      <c r="BO251" s="92"/>
+      <c r="BP251" s="92"/>
+      <c r="BQ251" s="92"/>
+      <c r="BR251" s="92"/>
+      <c r="BS251" s="92"/>
+      <c r="BT251" s="92"/>
+      <c r="BU251" s="92"/>
+      <c r="BV251" s="92"/>
+      <c r="BW251" s="92"/>
+    </row>
+    <row r="252" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A252" s="22"/>
       <c r="B252" s="21"/>
       <c r="C252" s="22"/>
       <c r="D252" s="22"/>
       <c r="E252" s="22"/>
       <c r="F252" s="21"/>
       <c r="G252" s="22"/>
       <c r="H252" s="22"/>
       <c r="I252" s="23"/>
       <c r="J252" s="23"/>
-      <c r="K252" s="93"/>
-[...2 lines deleted...]
-      <c r="N252" s="95" t="str">
+      <c r="K252" s="85"/>
+      <c r="L252" s="86"/>
+      <c r="M252" s="86"/>
+      <c r="N252" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O252" s="96"/>
-[...1 lines deleted...]
-      <c r="Q252" s="96"/>
+      <c r="O252" s="88"/>
+      <c r="P252" s="88"/>
+      <c r="Q252" s="88"/>
       <c r="R252" s="23"/>
       <c r="S252" s="23"/>
-      <c r="T252" s="97"/>
+      <c r="T252" s="89"/>
       <c r="U252" s="23"/>
       <c r="V252" s="23"/>
-      <c r="W252" s="97"/>
-[...8 lines deleted...]
-      <c r="AF252" s="98" t="str">
+      <c r="W252" s="89"/>
+      <c r="X252" s="89"/>
+      <c r="Y252" s="89"/>
+      <c r="Z252" s="89"/>
+      <c r="AA252" s="89"/>
+      <c r="AB252" s="89"/>
+      <c r="AC252" s="89"/>
+      <c r="AD252" s="89"/>
+      <c r="AE252" s="89"/>
+      <c r="AF252" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG252" s="23"/>
+      <c r="AG252" s="89"/>
       <c r="AH252" s="23"/>
       <c r="AI252" s="23"/>
       <c r="AJ252" s="23"/>
       <c r="AK252" s="23"/>
       <c r="AL252" s="23"/>
       <c r="AM252" s="23"/>
-      <c r="AN252" s="98" t="str">
+      <c r="AN252" s="23"/>
+      <c r="AO252" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO252" s="97"/>
-[...8 lines deleted...]
-      <c r="AX252" s="99" t="str">
+      <c r="AP252" s="89"/>
+      <c r="AQ252" s="89"/>
+      <c r="AR252" s="89"/>
+      <c r="AS252" s="89"/>
+      <c r="AT252" s="89"/>
+      <c r="AU252" s="89"/>
+      <c r="AV252" s="89"/>
+      <c r="AW252" s="89"/>
+      <c r="AX252" s="89"/>
+      <c r="AY252" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY252" s="97"/>
-      <c r="AZ252" s="99" t="str">
+      <c r="AZ252" s="89"/>
+      <c r="BA252" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA252" s="97"/>
-[...1 lines deleted...]
-      <c r="BC252" s="99" t="str">
+      <c r="BB252" s="89"/>
+      <c r="BC252" s="89"/>
+      <c r="BD252" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD252" s="97"/>
-[...3 lines deleted...]
-      <c r="BH252" s="99" t="str">
+      <c r="BE252" s="89"/>
+      <c r="BF252" s="89"/>
+      <c r="BG252" s="89"/>
+      <c r="BH252" s="89"/>
+      <c r="BI252" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI252" s="99" t="str">
+      <c r="BJ252" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ252" s="22"/>
-[...13 lines deleted...]
-    <row r="253" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK252" s="22"/>
+      <c r="BL252" s="92"/>
+      <c r="BM252" s="92"/>
+      <c r="BN252" s="92"/>
+      <c r="BO252" s="92"/>
+      <c r="BP252" s="92"/>
+      <c r="BQ252" s="92"/>
+      <c r="BR252" s="92"/>
+      <c r="BS252" s="92"/>
+      <c r="BT252" s="92"/>
+      <c r="BU252" s="92"/>
+      <c r="BV252" s="92"/>
+      <c r="BW252" s="92"/>
+    </row>
+    <row r="253" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A253" s="22"/>
       <c r="B253" s="21"/>
       <c r="C253" s="22"/>
       <c r="D253" s="22"/>
       <c r="E253" s="22"/>
       <c r="F253" s="21"/>
       <c r="G253" s="22"/>
       <c r="H253" s="22"/>
       <c r="I253" s="23"/>
       <c r="J253" s="23"/>
-      <c r="K253" s="93"/>
-[...2 lines deleted...]
-      <c r="N253" s="95" t="str">
+      <c r="K253" s="85"/>
+      <c r="L253" s="86"/>
+      <c r="M253" s="86"/>
+      <c r="N253" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O253" s="96"/>
-[...1 lines deleted...]
-      <c r="Q253" s="96"/>
+      <c r="O253" s="88"/>
+      <c r="P253" s="88"/>
+      <c r="Q253" s="88"/>
       <c r="R253" s="23"/>
       <c r="S253" s="23"/>
-      <c r="T253" s="97"/>
+      <c r="T253" s="89"/>
       <c r="U253" s="23"/>
       <c r="V253" s="23"/>
-      <c r="W253" s="97"/>
-[...8 lines deleted...]
-      <c r="AF253" s="98" t="str">
+      <c r="W253" s="89"/>
+      <c r="X253" s="89"/>
+      <c r="Y253" s="89"/>
+      <c r="Z253" s="89"/>
+      <c r="AA253" s="89"/>
+      <c r="AB253" s="89"/>
+      <c r="AC253" s="89"/>
+      <c r="AD253" s="89"/>
+      <c r="AE253" s="89"/>
+      <c r="AF253" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG253" s="23"/>
+      <c r="AG253" s="89"/>
       <c r="AH253" s="23"/>
       <c r="AI253" s="23"/>
       <c r="AJ253" s="23"/>
       <c r="AK253" s="23"/>
       <c r="AL253" s="23"/>
       <c r="AM253" s="23"/>
-      <c r="AN253" s="98" t="str">
+      <c r="AN253" s="23"/>
+      <c r="AO253" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO253" s="97"/>
-[...8 lines deleted...]
-      <c r="AX253" s="99" t="str">
+      <c r="AP253" s="89"/>
+      <c r="AQ253" s="89"/>
+      <c r="AR253" s="89"/>
+      <c r="AS253" s="89"/>
+      <c r="AT253" s="89"/>
+      <c r="AU253" s="89"/>
+      <c r="AV253" s="89"/>
+      <c r="AW253" s="89"/>
+      <c r="AX253" s="89"/>
+      <c r="AY253" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY253" s="97"/>
-      <c r="AZ253" s="99" t="str">
+      <c r="AZ253" s="89"/>
+      <c r="BA253" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA253" s="97"/>
-[...1 lines deleted...]
-      <c r="BC253" s="99" t="str">
+      <c r="BB253" s="89"/>
+      <c r="BC253" s="89"/>
+      <c r="BD253" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD253" s="97"/>
-[...3 lines deleted...]
-      <c r="BH253" s="99" t="str">
+      <c r="BE253" s="89"/>
+      <c r="BF253" s="89"/>
+      <c r="BG253" s="89"/>
+      <c r="BH253" s="89"/>
+      <c r="BI253" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI253" s="99" t="str">
+      <c r="BJ253" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ253" s="22"/>
-[...13 lines deleted...]
-    <row r="254" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK253" s="22"/>
+      <c r="BL253" s="92"/>
+      <c r="BM253" s="92"/>
+      <c r="BN253" s="92"/>
+      <c r="BO253" s="92"/>
+      <c r="BP253" s="92"/>
+      <c r="BQ253" s="92"/>
+      <c r="BR253" s="92"/>
+      <c r="BS253" s="92"/>
+      <c r="BT253" s="92"/>
+      <c r="BU253" s="92"/>
+      <c r="BV253" s="92"/>
+      <c r="BW253" s="92"/>
+    </row>
+    <row r="254" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A254" s="22"/>
       <c r="B254" s="21"/>
       <c r="C254" s="22"/>
       <c r="D254" s="22"/>
       <c r="E254" s="22"/>
       <c r="F254" s="21"/>
       <c r="G254" s="22"/>
       <c r="H254" s="22"/>
       <c r="I254" s="23"/>
       <c r="J254" s="23"/>
-      <c r="K254" s="93"/>
-[...2 lines deleted...]
-      <c r="N254" s="95" t="str">
+      <c r="K254" s="85"/>
+      <c r="L254" s="86"/>
+      <c r="M254" s="86"/>
+      <c r="N254" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O254" s="96"/>
-[...1 lines deleted...]
-      <c r="Q254" s="96"/>
+      <c r="O254" s="88"/>
+      <c r="P254" s="88"/>
+      <c r="Q254" s="88"/>
       <c r="R254" s="23"/>
       <c r="S254" s="23"/>
-      <c r="T254" s="97"/>
+      <c r="T254" s="89"/>
       <c r="U254" s="23"/>
       <c r="V254" s="23"/>
-      <c r="W254" s="97"/>
-[...8 lines deleted...]
-      <c r="AF254" s="98" t="str">
+      <c r="W254" s="89"/>
+      <c r="X254" s="89"/>
+      <c r="Y254" s="89"/>
+      <c r="Z254" s="89"/>
+      <c r="AA254" s="89"/>
+      <c r="AB254" s="89"/>
+      <c r="AC254" s="89"/>
+      <c r="AD254" s="89"/>
+      <c r="AE254" s="89"/>
+      <c r="AF254" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG254" s="23"/>
+      <c r="AG254" s="89"/>
       <c r="AH254" s="23"/>
       <c r="AI254" s="23"/>
       <c r="AJ254" s="23"/>
       <c r="AK254" s="23"/>
       <c r="AL254" s="23"/>
       <c r="AM254" s="23"/>
-      <c r="AN254" s="98" t="str">
+      <c r="AN254" s="23"/>
+      <c r="AO254" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO254" s="97"/>
-[...8 lines deleted...]
-      <c r="AX254" s="99" t="str">
+      <c r="AP254" s="89"/>
+      <c r="AQ254" s="89"/>
+      <c r="AR254" s="89"/>
+      <c r="AS254" s="89"/>
+      <c r="AT254" s="89"/>
+      <c r="AU254" s="89"/>
+      <c r="AV254" s="89"/>
+      <c r="AW254" s="89"/>
+      <c r="AX254" s="89"/>
+      <c r="AY254" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY254" s="97"/>
-      <c r="AZ254" s="99" t="str">
+      <c r="AZ254" s="89"/>
+      <c r="BA254" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA254" s="97"/>
-[...1 lines deleted...]
-      <c r="BC254" s="99" t="str">
+      <c r="BB254" s="89"/>
+      <c r="BC254" s="89"/>
+      <c r="BD254" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD254" s="97"/>
-[...3 lines deleted...]
-      <c r="BH254" s="99" t="str">
+      <c r="BE254" s="89"/>
+      <c r="BF254" s="89"/>
+      <c r="BG254" s="89"/>
+      <c r="BH254" s="89"/>
+      <c r="BI254" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI254" s="99" t="str">
+      <c r="BJ254" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ254" s="22"/>
-[...13 lines deleted...]
-    <row r="255" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK254" s="22"/>
+      <c r="BL254" s="92"/>
+      <c r="BM254" s="92"/>
+      <c r="BN254" s="92"/>
+      <c r="BO254" s="92"/>
+      <c r="BP254" s="92"/>
+      <c r="BQ254" s="92"/>
+      <c r="BR254" s="92"/>
+      <c r="BS254" s="92"/>
+      <c r="BT254" s="92"/>
+      <c r="BU254" s="92"/>
+      <c r="BV254" s="92"/>
+      <c r="BW254" s="92"/>
+    </row>
+    <row r="255" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A255" s="22"/>
       <c r="B255" s="21"/>
       <c r="C255" s="22"/>
       <c r="D255" s="22"/>
       <c r="E255" s="22"/>
       <c r="F255" s="21"/>
       <c r="G255" s="22"/>
       <c r="H255" s="22"/>
       <c r="I255" s="23"/>
       <c r="J255" s="23"/>
-      <c r="K255" s="93"/>
-[...2 lines deleted...]
-      <c r="N255" s="95" t="str">
+      <c r="K255" s="85"/>
+      <c r="L255" s="86"/>
+      <c r="M255" s="86"/>
+      <c r="N255" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O255" s="96"/>
-[...1 lines deleted...]
-      <c r="Q255" s="96"/>
+      <c r="O255" s="88"/>
+      <c r="P255" s="88"/>
+      <c r="Q255" s="88"/>
       <c r="R255" s="23"/>
       <c r="S255" s="23"/>
-      <c r="T255" s="97"/>
+      <c r="T255" s="89"/>
       <c r="U255" s="23"/>
       <c r="V255" s="23"/>
-      <c r="W255" s="97"/>
-[...8 lines deleted...]
-      <c r="AF255" s="98" t="str">
+      <c r="W255" s="89"/>
+      <c r="X255" s="89"/>
+      <c r="Y255" s="89"/>
+      <c r="Z255" s="89"/>
+      <c r="AA255" s="89"/>
+      <c r="AB255" s="89"/>
+      <c r="AC255" s="89"/>
+      <c r="AD255" s="89"/>
+      <c r="AE255" s="89"/>
+      <c r="AF255" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG255" s="23"/>
+      <c r="AG255" s="89"/>
       <c r="AH255" s="23"/>
       <c r="AI255" s="23"/>
       <c r="AJ255" s="23"/>
       <c r="AK255" s="23"/>
       <c r="AL255" s="23"/>
       <c r="AM255" s="23"/>
-      <c r="AN255" s="98" t="str">
+      <c r="AN255" s="23"/>
+      <c r="AO255" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO255" s="97"/>
-[...8 lines deleted...]
-      <c r="AX255" s="99" t="str">
+      <c r="AP255" s="89"/>
+      <c r="AQ255" s="89"/>
+      <c r="AR255" s="89"/>
+      <c r="AS255" s="89"/>
+      <c r="AT255" s="89"/>
+      <c r="AU255" s="89"/>
+      <c r="AV255" s="89"/>
+      <c r="AW255" s="89"/>
+      <c r="AX255" s="89"/>
+      <c r="AY255" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY255" s="97"/>
-      <c r="AZ255" s="99" t="str">
+      <c r="AZ255" s="89"/>
+      <c r="BA255" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA255" s="97"/>
-[...1 lines deleted...]
-      <c r="BC255" s="99" t="str">
+      <c r="BB255" s="89"/>
+      <c r="BC255" s="89"/>
+      <c r="BD255" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD255" s="97"/>
-[...3 lines deleted...]
-      <c r="BH255" s="99" t="str">
+      <c r="BE255" s="89"/>
+      <c r="BF255" s="89"/>
+      <c r="BG255" s="89"/>
+      <c r="BH255" s="89"/>
+      <c r="BI255" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI255" s="99" t="str">
+      <c r="BJ255" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ255" s="22"/>
-[...13 lines deleted...]
-    <row r="256" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK255" s="22"/>
+      <c r="BL255" s="92"/>
+      <c r="BM255" s="92"/>
+      <c r="BN255" s="92"/>
+      <c r="BO255" s="92"/>
+      <c r="BP255" s="92"/>
+      <c r="BQ255" s="92"/>
+      <c r="BR255" s="92"/>
+      <c r="BS255" s="92"/>
+      <c r="BT255" s="92"/>
+      <c r="BU255" s="92"/>
+      <c r="BV255" s="92"/>
+      <c r="BW255" s="92"/>
+    </row>
+    <row r="256" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A256" s="22"/>
       <c r="B256" s="21"/>
       <c r="C256" s="22"/>
       <c r="D256" s="22"/>
       <c r="E256" s="22"/>
       <c r="F256" s="21"/>
       <c r="G256" s="22"/>
       <c r="H256" s="22"/>
       <c r="I256" s="23"/>
       <c r="J256" s="23"/>
-      <c r="K256" s="93"/>
-[...2 lines deleted...]
-      <c r="N256" s="95" t="str">
+      <c r="K256" s="85"/>
+      <c r="L256" s="86"/>
+      <c r="M256" s="86"/>
+      <c r="N256" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O256" s="96"/>
-[...1 lines deleted...]
-      <c r="Q256" s="96"/>
+      <c r="O256" s="88"/>
+      <c r="P256" s="88"/>
+      <c r="Q256" s="88"/>
       <c r="R256" s="23"/>
       <c r="S256" s="23"/>
-      <c r="T256" s="97"/>
+      <c r="T256" s="89"/>
       <c r="U256" s="23"/>
       <c r="V256" s="23"/>
-      <c r="W256" s="97"/>
-[...8 lines deleted...]
-      <c r="AF256" s="98" t="str">
+      <c r="W256" s="89"/>
+      <c r="X256" s="89"/>
+      <c r="Y256" s="89"/>
+      <c r="Z256" s="89"/>
+      <c r="AA256" s="89"/>
+      <c r="AB256" s="89"/>
+      <c r="AC256" s="89"/>
+      <c r="AD256" s="89"/>
+      <c r="AE256" s="89"/>
+      <c r="AF256" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG256" s="23"/>
+      <c r="AG256" s="89"/>
       <c r="AH256" s="23"/>
       <c r="AI256" s="23"/>
       <c r="AJ256" s="23"/>
       <c r="AK256" s="23"/>
       <c r="AL256" s="23"/>
       <c r="AM256" s="23"/>
-      <c r="AN256" s="98" t="str">
+      <c r="AN256" s="23"/>
+      <c r="AO256" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO256" s="97"/>
-[...8 lines deleted...]
-      <c r="AX256" s="99" t="str">
+      <c r="AP256" s="89"/>
+      <c r="AQ256" s="89"/>
+      <c r="AR256" s="89"/>
+      <c r="AS256" s="89"/>
+      <c r="AT256" s="89"/>
+      <c r="AU256" s="89"/>
+      <c r="AV256" s="89"/>
+      <c r="AW256" s="89"/>
+      <c r="AX256" s="89"/>
+      <c r="AY256" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY256" s="97"/>
-      <c r="AZ256" s="99" t="str">
+      <c r="AZ256" s="89"/>
+      <c r="BA256" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA256" s="97"/>
-[...1 lines deleted...]
-      <c r="BC256" s="99" t="str">
+      <c r="BB256" s="89"/>
+      <c r="BC256" s="89"/>
+      <c r="BD256" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD256" s="97"/>
-[...3 lines deleted...]
-      <c r="BH256" s="99" t="str">
+      <c r="BE256" s="89"/>
+      <c r="BF256" s="89"/>
+      <c r="BG256" s="89"/>
+      <c r="BH256" s="89"/>
+      <c r="BI256" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI256" s="99" t="str">
+      <c r="BJ256" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ256" s="22"/>
-[...13 lines deleted...]
-    <row r="257" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK256" s="22"/>
+      <c r="BL256" s="92"/>
+      <c r="BM256" s="92"/>
+      <c r="BN256" s="92"/>
+      <c r="BO256" s="92"/>
+      <c r="BP256" s="92"/>
+      <c r="BQ256" s="92"/>
+      <c r="BR256" s="92"/>
+      <c r="BS256" s="92"/>
+      <c r="BT256" s="92"/>
+      <c r="BU256" s="92"/>
+      <c r="BV256" s="92"/>
+      <c r="BW256" s="92"/>
+    </row>
+    <row r="257" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A257" s="22"/>
       <c r="B257" s="21"/>
       <c r="C257" s="22"/>
       <c r="D257" s="22"/>
       <c r="E257" s="22"/>
       <c r="F257" s="21"/>
       <c r="G257" s="22"/>
       <c r="H257" s="22"/>
       <c r="I257" s="23"/>
       <c r="J257" s="23"/>
-      <c r="K257" s="93"/>
-[...2 lines deleted...]
-      <c r="N257" s="95" t="str">
+      <c r="K257" s="85"/>
+      <c r="L257" s="86"/>
+      <c r="M257" s="86"/>
+      <c r="N257" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O257" s="96"/>
-[...1 lines deleted...]
-      <c r="Q257" s="96"/>
+      <c r="O257" s="88"/>
+      <c r="P257" s="88"/>
+      <c r="Q257" s="88"/>
       <c r="R257" s="23"/>
       <c r="S257" s="23"/>
-      <c r="T257" s="97"/>
+      <c r="T257" s="89"/>
       <c r="U257" s="23"/>
       <c r="V257" s="23"/>
-      <c r="W257" s="97"/>
-[...8 lines deleted...]
-      <c r="AF257" s="98" t="str">
+      <c r="W257" s="89"/>
+      <c r="X257" s="89"/>
+      <c r="Y257" s="89"/>
+      <c r="Z257" s="89"/>
+      <c r="AA257" s="89"/>
+      <c r="AB257" s="89"/>
+      <c r="AC257" s="89"/>
+      <c r="AD257" s="89"/>
+      <c r="AE257" s="89"/>
+      <c r="AF257" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG257" s="23"/>
+      <c r="AG257" s="89"/>
       <c r="AH257" s="23"/>
       <c r="AI257" s="23"/>
       <c r="AJ257" s="23"/>
       <c r="AK257" s="23"/>
       <c r="AL257" s="23"/>
       <c r="AM257" s="23"/>
-      <c r="AN257" s="98" t="str">
+      <c r="AN257" s="23"/>
+      <c r="AO257" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO257" s="97"/>
-[...8 lines deleted...]
-      <c r="AX257" s="99" t="str">
+      <c r="AP257" s="89"/>
+      <c r="AQ257" s="89"/>
+      <c r="AR257" s="89"/>
+      <c r="AS257" s="89"/>
+      <c r="AT257" s="89"/>
+      <c r="AU257" s="89"/>
+      <c r="AV257" s="89"/>
+      <c r="AW257" s="89"/>
+      <c r="AX257" s="89"/>
+      <c r="AY257" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY257" s="97"/>
-      <c r="AZ257" s="99" t="str">
+      <c r="AZ257" s="89"/>
+      <c r="BA257" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA257" s="97"/>
-[...1 lines deleted...]
-      <c r="BC257" s="99" t="str">
+      <c r="BB257" s="89"/>
+      <c r="BC257" s="89"/>
+      <c r="BD257" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD257" s="97"/>
-[...3 lines deleted...]
-      <c r="BH257" s="99" t="str">
+      <c r="BE257" s="89"/>
+      <c r="BF257" s="89"/>
+      <c r="BG257" s="89"/>
+      <c r="BH257" s="89"/>
+      <c r="BI257" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI257" s="99" t="str">
+      <c r="BJ257" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ257" s="22"/>
-[...13 lines deleted...]
-    <row r="258" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK257" s="22"/>
+      <c r="BL257" s="92"/>
+      <c r="BM257" s="92"/>
+      <c r="BN257" s="92"/>
+      <c r="BO257" s="92"/>
+      <c r="BP257" s="92"/>
+      <c r="BQ257" s="92"/>
+      <c r="BR257" s="92"/>
+      <c r="BS257" s="92"/>
+      <c r="BT257" s="92"/>
+      <c r="BU257" s="92"/>
+      <c r="BV257" s="92"/>
+      <c r="BW257" s="92"/>
+    </row>
+    <row r="258" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A258" s="22"/>
       <c r="B258" s="21"/>
       <c r="C258" s="22"/>
       <c r="D258" s="22"/>
       <c r="E258" s="22"/>
       <c r="F258" s="21"/>
       <c r="G258" s="22"/>
       <c r="H258" s="22"/>
       <c r="I258" s="23"/>
       <c r="J258" s="23"/>
-      <c r="K258" s="93"/>
-[...2 lines deleted...]
-      <c r="N258" s="95" t="str">
+      <c r="K258" s="85"/>
+      <c r="L258" s="86"/>
+      <c r="M258" s="86"/>
+      <c r="N258" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O258" s="96"/>
-[...1 lines deleted...]
-      <c r="Q258" s="96"/>
+      <c r="O258" s="88"/>
+      <c r="P258" s="88"/>
+      <c r="Q258" s="88"/>
       <c r="R258" s="23"/>
       <c r="S258" s="23"/>
-      <c r="T258" s="97"/>
+      <c r="T258" s="89"/>
       <c r="U258" s="23"/>
       <c r="V258" s="23"/>
-      <c r="W258" s="97"/>
-[...8 lines deleted...]
-      <c r="AF258" s="98" t="str">
+      <c r="W258" s="89"/>
+      <c r="X258" s="89"/>
+      <c r="Y258" s="89"/>
+      <c r="Z258" s="89"/>
+      <c r="AA258" s="89"/>
+      <c r="AB258" s="89"/>
+      <c r="AC258" s="89"/>
+      <c r="AD258" s="89"/>
+      <c r="AE258" s="89"/>
+      <c r="AF258" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG258" s="23"/>
+      <c r="AG258" s="89"/>
       <c r="AH258" s="23"/>
       <c r="AI258" s="23"/>
       <c r="AJ258" s="23"/>
       <c r="AK258" s="23"/>
       <c r="AL258" s="23"/>
       <c r="AM258" s="23"/>
-      <c r="AN258" s="98" t="str">
+      <c r="AN258" s="23"/>
+      <c r="AO258" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO258" s="97"/>
-[...8 lines deleted...]
-      <c r="AX258" s="99" t="str">
+      <c r="AP258" s="89"/>
+      <c r="AQ258" s="89"/>
+      <c r="AR258" s="89"/>
+      <c r="AS258" s="89"/>
+      <c r="AT258" s="89"/>
+      <c r="AU258" s="89"/>
+      <c r="AV258" s="89"/>
+      <c r="AW258" s="89"/>
+      <c r="AX258" s="89"/>
+      <c r="AY258" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY258" s="97"/>
-      <c r="AZ258" s="99" t="str">
+      <c r="AZ258" s="89"/>
+      <c r="BA258" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA258" s="97"/>
-[...1 lines deleted...]
-      <c r="BC258" s="99" t="str">
+      <c r="BB258" s="89"/>
+      <c r="BC258" s="89"/>
+      <c r="BD258" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD258" s="97"/>
-[...3 lines deleted...]
-      <c r="BH258" s="99" t="str">
+      <c r="BE258" s="89"/>
+      <c r="BF258" s="89"/>
+      <c r="BG258" s="89"/>
+      <c r="BH258" s="89"/>
+      <c r="BI258" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI258" s="99" t="str">
+      <c r="BJ258" s="91" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="BJ258" s="22"/>
-[...13 lines deleted...]
-    <row r="259" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK258" s="22"/>
+      <c r="BL258" s="92"/>
+      <c r="BM258" s="92"/>
+      <c r="BN258" s="92"/>
+      <c r="BO258" s="92"/>
+      <c r="BP258" s="92"/>
+      <c r="BQ258" s="92"/>
+      <c r="BR258" s="92"/>
+      <c r="BS258" s="92"/>
+      <c r="BT258" s="92"/>
+      <c r="BU258" s="92"/>
+      <c r="BV258" s="92"/>
+      <c r="BW258" s="92"/>
+    </row>
+    <row r="259" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A259" s="22"/>
       <c r="B259" s="21"/>
       <c r="C259" s="22"/>
       <c r="D259" s="22"/>
       <c r="E259" s="22"/>
       <c r="F259" s="21"/>
       <c r="G259" s="22"/>
       <c r="H259" s="22"/>
       <c r="I259" s="23"/>
       <c r="J259" s="23"/>
-      <c r="K259" s="93"/>
-[...2 lines deleted...]
-      <c r="N259" s="95" t="str">
+      <c r="K259" s="85"/>
+      <c r="L259" s="86"/>
+      <c r="M259" s="86"/>
+      <c r="N259" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O259" s="96"/>
-[...1 lines deleted...]
-      <c r="Q259" s="96"/>
+      <c r="O259" s="88"/>
+      <c r="P259" s="88"/>
+      <c r="Q259" s="88"/>
       <c r="R259" s="23"/>
       <c r="S259" s="23"/>
-      <c r="T259" s="97"/>
+      <c r="T259" s="89"/>
       <c r="U259" s="23"/>
       <c r="V259" s="23"/>
-      <c r="W259" s="97"/>
-[...8 lines deleted...]
-      <c r="AF259" s="98" t="str">
+      <c r="W259" s="89"/>
+      <c r="X259" s="89"/>
+      <c r="Y259" s="89"/>
+      <c r="Z259" s="89"/>
+      <c r="AA259" s="89"/>
+      <c r="AB259" s="89"/>
+      <c r="AC259" s="89"/>
+      <c r="AD259" s="89"/>
+      <c r="AE259" s="89"/>
+      <c r="AF259" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG259" s="23"/>
+      <c r="AG259" s="89"/>
       <c r="AH259" s="23"/>
       <c r="AI259" s="23"/>
       <c r="AJ259" s="23"/>
       <c r="AK259" s="23"/>
       <c r="AL259" s="23"/>
       <c r="AM259" s="23"/>
-      <c r="AN259" s="98" t="str">
+      <c r="AN259" s="23"/>
+      <c r="AO259" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO259" s="97"/>
-[...8 lines deleted...]
-      <c r="AX259" s="99" t="str">
+      <c r="AP259" s="89"/>
+      <c r="AQ259" s="89"/>
+      <c r="AR259" s="89"/>
+      <c r="AS259" s="89"/>
+      <c r="AT259" s="89"/>
+      <c r="AU259" s="89"/>
+      <c r="AV259" s="89"/>
+      <c r="AW259" s="89"/>
+      <c r="AX259" s="89"/>
+      <c r="AY259" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY259" s="97"/>
-      <c r="AZ259" s="99" t="str">
+      <c r="AZ259" s="89"/>
+      <c r="BA259" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA259" s="97"/>
-[...1 lines deleted...]
-      <c r="BC259" s="99" t="str">
+      <c r="BB259" s="89"/>
+      <c r="BC259" s="89"/>
+      <c r="BD259" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD259" s="97"/>
-[...3 lines deleted...]
-      <c r="BH259" s="99" t="str">
+      <c r="BE259" s="89"/>
+      <c r="BF259" s="89"/>
+      <c r="BG259" s="89"/>
+      <c r="BH259" s="89"/>
+      <c r="BI259" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI259" s="99" t="str">
-[...17 lines deleted...]
-    <row r="260" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BJ259" s="91" t="str">
+        <f t="shared" ref="BJ259:BJ268" si="5">IF(SUM(AP259,AQ259,BA259,BD259,BI259)&lt;&gt;0, SUM(AP259,AQ259,BA259,BD259,BI259), "")</f>
+        <v/>
+      </c>
+      <c r="BK259" s="22"/>
+      <c r="BL259" s="92"/>
+      <c r="BM259" s="92"/>
+      <c r="BN259" s="92"/>
+      <c r="BO259" s="92"/>
+      <c r="BP259" s="92"/>
+      <c r="BQ259" s="92"/>
+      <c r="BR259" s="92"/>
+      <c r="BS259" s="92"/>
+      <c r="BT259" s="92"/>
+      <c r="BU259" s="92"/>
+      <c r="BV259" s="92"/>
+      <c r="BW259" s="92"/>
+    </row>
+    <row r="260" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A260" s="22"/>
       <c r="B260" s="21"/>
       <c r="C260" s="22"/>
       <c r="D260" s="22"/>
       <c r="E260" s="22"/>
       <c r="F260" s="21"/>
       <c r="G260" s="22"/>
       <c r="H260" s="22"/>
       <c r="I260" s="23"/>
       <c r="J260" s="23"/>
-      <c r="K260" s="93"/>
-[...2 lines deleted...]
-      <c r="N260" s="95" t="str">
+      <c r="K260" s="85"/>
+      <c r="L260" s="86"/>
+      <c r="M260" s="86"/>
+      <c r="N260" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O260" s="96"/>
-[...1 lines deleted...]
-      <c r="Q260" s="96"/>
+      <c r="O260" s="88"/>
+      <c r="P260" s="88"/>
+      <c r="Q260" s="88"/>
       <c r="R260" s="23"/>
       <c r="S260" s="23"/>
-      <c r="T260" s="97"/>
+      <c r="T260" s="89"/>
       <c r="U260" s="23"/>
       <c r="V260" s="23"/>
-      <c r="W260" s="97"/>
-[...8 lines deleted...]
-      <c r="AF260" s="98" t="str">
+      <c r="W260" s="89"/>
+      <c r="X260" s="89"/>
+      <c r="Y260" s="89"/>
+      <c r="Z260" s="89"/>
+      <c r="AA260" s="89"/>
+      <c r="AB260" s="89"/>
+      <c r="AC260" s="89"/>
+      <c r="AD260" s="89"/>
+      <c r="AE260" s="89"/>
+      <c r="AF260" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG260" s="23"/>
+      <c r="AG260" s="89"/>
       <c r="AH260" s="23"/>
       <c r="AI260" s="23"/>
       <c r="AJ260" s="23"/>
       <c r="AK260" s="23"/>
       <c r="AL260" s="23"/>
       <c r="AM260" s="23"/>
-      <c r="AN260" s="98" t="str">
+      <c r="AN260" s="23"/>
+      <c r="AO260" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO260" s="97"/>
-[...8 lines deleted...]
-      <c r="AX260" s="99" t="str">
+      <c r="AP260" s="89"/>
+      <c r="AQ260" s="89"/>
+      <c r="AR260" s="89"/>
+      <c r="AS260" s="89"/>
+      <c r="AT260" s="89"/>
+      <c r="AU260" s="89"/>
+      <c r="AV260" s="89"/>
+      <c r="AW260" s="89"/>
+      <c r="AX260" s="89"/>
+      <c r="AY260" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY260" s="97"/>
-      <c r="AZ260" s="99" t="str">
+      <c r="AZ260" s="89"/>
+      <c r="BA260" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA260" s="97"/>
-[...1 lines deleted...]
-      <c r="BC260" s="99" t="str">
+      <c r="BB260" s="89"/>
+      <c r="BC260" s="89"/>
+      <c r="BD260" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD260" s="97"/>
-[...3 lines deleted...]
-      <c r="BH260" s="99" t="str">
+      <c r="BE260" s="89"/>
+      <c r="BF260" s="89"/>
+      <c r="BG260" s="89"/>
+      <c r="BH260" s="89"/>
+      <c r="BI260" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI260" s="99" t="str">
+      <c r="BJ260" s="91" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="BJ260" s="22"/>
-[...13 lines deleted...]
-    <row r="261" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK260" s="22"/>
+      <c r="BL260" s="92"/>
+      <c r="BM260" s="92"/>
+      <c r="BN260" s="92"/>
+      <c r="BO260" s="92"/>
+      <c r="BP260" s="92"/>
+      <c r="BQ260" s="92"/>
+      <c r="BR260" s="92"/>
+      <c r="BS260" s="92"/>
+      <c r="BT260" s="92"/>
+      <c r="BU260" s="92"/>
+      <c r="BV260" s="92"/>
+      <c r="BW260" s="92"/>
+    </row>
+    <row r="261" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A261" s="22"/>
       <c r="B261" s="21"/>
       <c r="C261" s="22"/>
       <c r="D261" s="22"/>
       <c r="E261" s="22"/>
       <c r="F261" s="21"/>
       <c r="G261" s="22"/>
       <c r="H261" s="22"/>
       <c r="I261" s="23"/>
       <c r="J261" s="23"/>
-      <c r="K261" s="93"/>
-[...2 lines deleted...]
-      <c r="N261" s="95" t="str">
+      <c r="K261" s="85"/>
+      <c r="L261" s="86"/>
+      <c r="M261" s="86"/>
+      <c r="N261" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O261" s="96"/>
-[...1 lines deleted...]
-      <c r="Q261" s="96"/>
+      <c r="O261" s="88"/>
+      <c r="P261" s="88"/>
+      <c r="Q261" s="88"/>
       <c r="R261" s="23"/>
       <c r="S261" s="23"/>
-      <c r="T261" s="97"/>
+      <c r="T261" s="89"/>
       <c r="U261" s="23"/>
       <c r="V261" s="23"/>
-      <c r="W261" s="97"/>
-[...8 lines deleted...]
-      <c r="AF261" s="98" t="str">
+      <c r="W261" s="89"/>
+      <c r="X261" s="89"/>
+      <c r="Y261" s="89"/>
+      <c r="Z261" s="89"/>
+      <c r="AA261" s="89"/>
+      <c r="AB261" s="89"/>
+      <c r="AC261" s="89"/>
+      <c r="AD261" s="89"/>
+      <c r="AE261" s="89"/>
+      <c r="AF261" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG261" s="23"/>
+      <c r="AG261" s="89"/>
       <c r="AH261" s="23"/>
       <c r="AI261" s="23"/>
       <c r="AJ261" s="23"/>
       <c r="AK261" s="23"/>
       <c r="AL261" s="23"/>
       <c r="AM261" s="23"/>
-      <c r="AN261" s="98" t="str">
+      <c r="AN261" s="23"/>
+      <c r="AO261" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO261" s="97"/>
-[...8 lines deleted...]
-      <c r="AX261" s="99" t="str">
+      <c r="AP261" s="89"/>
+      <c r="AQ261" s="89"/>
+      <c r="AR261" s="89"/>
+      <c r="AS261" s="89"/>
+      <c r="AT261" s="89"/>
+      <c r="AU261" s="89"/>
+      <c r="AV261" s="89"/>
+      <c r="AW261" s="89"/>
+      <c r="AX261" s="89"/>
+      <c r="AY261" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY261" s="97"/>
-      <c r="AZ261" s="99" t="str">
+      <c r="AZ261" s="89"/>
+      <c r="BA261" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA261" s="97"/>
-[...1 lines deleted...]
-      <c r="BC261" s="99" t="str">
+      <c r="BB261" s="89"/>
+      <c r="BC261" s="89"/>
+      <c r="BD261" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD261" s="97"/>
-[...3 lines deleted...]
-      <c r="BH261" s="99" t="str">
+      <c r="BE261" s="89"/>
+      <c r="BF261" s="89"/>
+      <c r="BG261" s="89"/>
+      <c r="BH261" s="89"/>
+      <c r="BI261" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI261" s="99" t="str">
+      <c r="BJ261" s="91" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="BJ261" s="22"/>
-[...13 lines deleted...]
-    <row r="262" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK261" s="22"/>
+      <c r="BL261" s="92"/>
+      <c r="BM261" s="92"/>
+      <c r="BN261" s="92"/>
+      <c r="BO261" s="92"/>
+      <c r="BP261" s="92"/>
+      <c r="BQ261" s="92"/>
+      <c r="BR261" s="92"/>
+      <c r="BS261" s="92"/>
+      <c r="BT261" s="92"/>
+      <c r="BU261" s="92"/>
+      <c r="BV261" s="92"/>
+      <c r="BW261" s="92"/>
+    </row>
+    <row r="262" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A262" s="22"/>
       <c r="B262" s="21"/>
       <c r="C262" s="22"/>
       <c r="D262" s="22"/>
       <c r="E262" s="22"/>
       <c r="F262" s="21"/>
       <c r="G262" s="22"/>
       <c r="H262" s="22"/>
       <c r="I262" s="23"/>
       <c r="J262" s="23"/>
-      <c r="K262" s="93"/>
-[...2 lines deleted...]
-      <c r="N262" s="95" t="str">
+      <c r="K262" s="85"/>
+      <c r="L262" s="86"/>
+      <c r="M262" s="86"/>
+      <c r="N262" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O262" s="96"/>
-[...1 lines deleted...]
-      <c r="Q262" s="96"/>
+      <c r="O262" s="88"/>
+      <c r="P262" s="88"/>
+      <c r="Q262" s="88"/>
       <c r="R262" s="23"/>
       <c r="S262" s="23"/>
-      <c r="T262" s="97"/>
+      <c r="T262" s="89"/>
       <c r="U262" s="23"/>
       <c r="V262" s="23"/>
-      <c r="W262" s="97"/>
-[...8 lines deleted...]
-      <c r="AF262" s="98" t="str">
+      <c r="W262" s="89"/>
+      <c r="X262" s="89"/>
+      <c r="Y262" s="89"/>
+      <c r="Z262" s="89"/>
+      <c r="AA262" s="89"/>
+      <c r="AB262" s="89"/>
+      <c r="AC262" s="89"/>
+      <c r="AD262" s="89"/>
+      <c r="AE262" s="89"/>
+      <c r="AF262" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG262" s="23"/>
+      <c r="AG262" s="89"/>
       <c r="AH262" s="23"/>
       <c r="AI262" s="23"/>
       <c r="AJ262" s="23"/>
       <c r="AK262" s="23"/>
       <c r="AL262" s="23"/>
       <c r="AM262" s="23"/>
-      <c r="AN262" s="98" t="str">
+      <c r="AN262" s="23"/>
+      <c r="AO262" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO262" s="97"/>
-[...8 lines deleted...]
-      <c r="AX262" s="99" t="str">
+      <c r="AP262" s="89"/>
+      <c r="AQ262" s="89"/>
+      <c r="AR262" s="89"/>
+      <c r="AS262" s="89"/>
+      <c r="AT262" s="89"/>
+      <c r="AU262" s="89"/>
+      <c r="AV262" s="89"/>
+      <c r="AW262" s="89"/>
+      <c r="AX262" s="89"/>
+      <c r="AY262" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY262" s="97"/>
-      <c r="AZ262" s="99" t="str">
+      <c r="AZ262" s="89"/>
+      <c r="BA262" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA262" s="97"/>
-[...1 lines deleted...]
-      <c r="BC262" s="99" t="str">
+      <c r="BB262" s="89"/>
+      <c r="BC262" s="89"/>
+      <c r="BD262" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD262" s="97"/>
-[...3 lines deleted...]
-      <c r="BH262" s="99" t="str">
+      <c r="BE262" s="89"/>
+      <c r="BF262" s="89"/>
+      <c r="BG262" s="89"/>
+      <c r="BH262" s="89"/>
+      <c r="BI262" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI262" s="99" t="str">
+      <c r="BJ262" s="91" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="BJ262" s="22"/>
-[...13 lines deleted...]
-    <row r="263" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK262" s="22"/>
+      <c r="BL262" s="92"/>
+      <c r="BM262" s="92"/>
+      <c r="BN262" s="92"/>
+      <c r="BO262" s="92"/>
+      <c r="BP262" s="92"/>
+      <c r="BQ262" s="92"/>
+      <c r="BR262" s="92"/>
+      <c r="BS262" s="92"/>
+      <c r="BT262" s="92"/>
+      <c r="BU262" s="92"/>
+      <c r="BV262" s="92"/>
+      <c r="BW262" s="92"/>
+    </row>
+    <row r="263" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A263" s="22"/>
       <c r="B263" s="21"/>
       <c r="C263" s="22"/>
       <c r="D263" s="22"/>
       <c r="E263" s="22"/>
       <c r="F263" s="21"/>
       <c r="G263" s="22"/>
       <c r="H263" s="22"/>
       <c r="I263" s="23"/>
       <c r="J263" s="23"/>
-      <c r="K263" s="93"/>
-[...2 lines deleted...]
-      <c r="N263" s="95" t="str">
+      <c r="K263" s="85"/>
+      <c r="L263" s="86"/>
+      <c r="M263" s="86"/>
+      <c r="N263" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O263" s="96"/>
-[...1 lines deleted...]
-      <c r="Q263" s="96"/>
+      <c r="O263" s="88"/>
+      <c r="P263" s="88"/>
+      <c r="Q263" s="88"/>
       <c r="R263" s="23"/>
       <c r="S263" s="23"/>
-      <c r="T263" s="97"/>
+      <c r="T263" s="89"/>
       <c r="U263" s="23"/>
       <c r="V263" s="23"/>
-      <c r="W263" s="97"/>
-[...8 lines deleted...]
-      <c r="AF263" s="98" t="str">
+      <c r="W263" s="89"/>
+      <c r="X263" s="89"/>
+      <c r="Y263" s="89"/>
+      <c r="Z263" s="89"/>
+      <c r="AA263" s="89"/>
+      <c r="AB263" s="89"/>
+      <c r="AC263" s="89"/>
+      <c r="AD263" s="89"/>
+      <c r="AE263" s="89"/>
+      <c r="AF263" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG263" s="23"/>
+      <c r="AG263" s="89"/>
       <c r="AH263" s="23"/>
       <c r="AI263" s="23"/>
       <c r="AJ263" s="23"/>
       <c r="AK263" s="23"/>
       <c r="AL263" s="23"/>
       <c r="AM263" s="23"/>
-      <c r="AN263" s="98" t="str">
+      <c r="AN263" s="23"/>
+      <c r="AO263" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO263" s="97"/>
-[...8 lines deleted...]
-      <c r="AX263" s="99" t="str">
+      <c r="AP263" s="89"/>
+      <c r="AQ263" s="89"/>
+      <c r="AR263" s="89"/>
+      <c r="AS263" s="89"/>
+      <c r="AT263" s="89"/>
+      <c r="AU263" s="89"/>
+      <c r="AV263" s="89"/>
+      <c r="AW263" s="89"/>
+      <c r="AX263" s="89"/>
+      <c r="AY263" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY263" s="97"/>
-      <c r="AZ263" s="99" t="str">
+      <c r="AZ263" s="89"/>
+      <c r="BA263" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA263" s="97"/>
-[...1 lines deleted...]
-      <c r="BC263" s="99" t="str">
+      <c r="BB263" s="89"/>
+      <c r="BC263" s="89"/>
+      <c r="BD263" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD263" s="97"/>
-[...3 lines deleted...]
-      <c r="BH263" s="99" t="str">
+      <c r="BE263" s="89"/>
+      <c r="BF263" s="89"/>
+      <c r="BG263" s="89"/>
+      <c r="BH263" s="89"/>
+      <c r="BI263" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI263" s="99" t="str">
+      <c r="BJ263" s="91" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="BJ263" s="22"/>
-[...13 lines deleted...]
-    <row r="264" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK263" s="22"/>
+      <c r="BL263" s="92"/>
+      <c r="BM263" s="92"/>
+      <c r="BN263" s="92"/>
+      <c r="BO263" s="92"/>
+      <c r="BP263" s="92"/>
+      <c r="BQ263" s="92"/>
+      <c r="BR263" s="92"/>
+      <c r="BS263" s="92"/>
+      <c r="BT263" s="92"/>
+      <c r="BU263" s="92"/>
+      <c r="BV263" s="92"/>
+      <c r="BW263" s="92"/>
+    </row>
+    <row r="264" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A264" s="22"/>
       <c r="B264" s="21"/>
       <c r="C264" s="22"/>
       <c r="D264" s="22"/>
       <c r="E264" s="22"/>
       <c r="F264" s="21"/>
       <c r="G264" s="22"/>
       <c r="H264" s="22"/>
       <c r="I264" s="23"/>
       <c r="J264" s="23"/>
-      <c r="K264" s="93"/>
-[...2 lines deleted...]
-      <c r="N264" s="95" t="str">
+      <c r="K264" s="85"/>
+      <c r="L264" s="86"/>
+      <c r="M264" s="86"/>
+      <c r="N264" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O264" s="96"/>
-[...1 lines deleted...]
-      <c r="Q264" s="96"/>
+      <c r="O264" s="88"/>
+      <c r="P264" s="88"/>
+      <c r="Q264" s="88"/>
       <c r="R264" s="23"/>
       <c r="S264" s="23"/>
-      <c r="T264" s="97"/>
+      <c r="T264" s="89"/>
       <c r="U264" s="23"/>
       <c r="V264" s="23"/>
-      <c r="W264" s="97"/>
-[...8 lines deleted...]
-      <c r="AF264" s="98" t="str">
+      <c r="W264" s="89"/>
+      <c r="X264" s="89"/>
+      <c r="Y264" s="89"/>
+      <c r="Z264" s="89"/>
+      <c r="AA264" s="89"/>
+      <c r="AB264" s="89"/>
+      <c r="AC264" s="89"/>
+      <c r="AD264" s="89"/>
+      <c r="AE264" s="89"/>
+      <c r="AF264" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG264" s="23"/>
+      <c r="AG264" s="89"/>
       <c r="AH264" s="23"/>
       <c r="AI264" s="23"/>
       <c r="AJ264" s="23"/>
       <c r="AK264" s="23"/>
       <c r="AL264" s="23"/>
       <c r="AM264" s="23"/>
-      <c r="AN264" s="98" t="str">
+      <c r="AN264" s="23"/>
+      <c r="AO264" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO264" s="97"/>
-[...8 lines deleted...]
-      <c r="AX264" s="99" t="str">
+      <c r="AP264" s="89"/>
+      <c r="AQ264" s="89"/>
+      <c r="AR264" s="89"/>
+      <c r="AS264" s="89"/>
+      <c r="AT264" s="89"/>
+      <c r="AU264" s="89"/>
+      <c r="AV264" s="89"/>
+      <c r="AW264" s="89"/>
+      <c r="AX264" s="89"/>
+      <c r="AY264" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY264" s="97"/>
-      <c r="AZ264" s="99" t="str">
+      <c r="AZ264" s="89"/>
+      <c r="BA264" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA264" s="97"/>
-[...1 lines deleted...]
-      <c r="BC264" s="99" t="str">
+      <c r="BB264" s="89"/>
+      <c r="BC264" s="89"/>
+      <c r="BD264" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD264" s="97"/>
-[...3 lines deleted...]
-      <c r="BH264" s="99" t="str">
+      <c r="BE264" s="89"/>
+      <c r="BF264" s="89"/>
+      <c r="BG264" s="89"/>
+      <c r="BH264" s="89"/>
+      <c r="BI264" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI264" s="99" t="str">
+      <c r="BJ264" s="91" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="BJ264" s="22"/>
-[...13 lines deleted...]
-    <row r="265" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK264" s="22"/>
+      <c r="BL264" s="92"/>
+      <c r="BM264" s="92"/>
+      <c r="BN264" s="92"/>
+      <c r="BO264" s="92"/>
+      <c r="BP264" s="92"/>
+      <c r="BQ264" s="92"/>
+      <c r="BR264" s="92"/>
+      <c r="BS264" s="92"/>
+      <c r="BT264" s="92"/>
+      <c r="BU264" s="92"/>
+      <c r="BV264" s="92"/>
+      <c r="BW264" s="92"/>
+    </row>
+    <row r="265" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A265" s="22"/>
       <c r="B265" s="21"/>
       <c r="C265" s="22"/>
       <c r="D265" s="22"/>
       <c r="E265" s="22"/>
       <c r="F265" s="21"/>
       <c r="G265" s="22"/>
       <c r="H265" s="22"/>
       <c r="I265" s="23"/>
       <c r="J265" s="23"/>
-      <c r="K265" s="93"/>
-[...2 lines deleted...]
-      <c r="N265" s="95" t="str">
+      <c r="K265" s="85"/>
+      <c r="L265" s="86"/>
+      <c r="M265" s="86"/>
+      <c r="N265" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O265" s="96"/>
-[...1 lines deleted...]
-      <c r="Q265" s="96"/>
+      <c r="O265" s="88"/>
+      <c r="P265" s="88"/>
+      <c r="Q265" s="88"/>
       <c r="R265" s="23"/>
       <c r="S265" s="23"/>
-      <c r="T265" s="97"/>
+      <c r="T265" s="89"/>
       <c r="U265" s="23"/>
       <c r="V265" s="23"/>
-      <c r="W265" s="97"/>
-[...8 lines deleted...]
-      <c r="AF265" s="98" t="str">
+      <c r="W265" s="89"/>
+      <c r="X265" s="89"/>
+      <c r="Y265" s="89"/>
+      <c r="Z265" s="89"/>
+      <c r="AA265" s="89"/>
+      <c r="AB265" s="89"/>
+      <c r="AC265" s="89"/>
+      <c r="AD265" s="89"/>
+      <c r="AE265" s="89"/>
+      <c r="AF265" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG265" s="23"/>
+      <c r="AG265" s="89"/>
       <c r="AH265" s="23"/>
       <c r="AI265" s="23"/>
       <c r="AJ265" s="23"/>
       <c r="AK265" s="23"/>
       <c r="AL265" s="23"/>
       <c r="AM265" s="23"/>
-      <c r="AN265" s="98" t="str">
+      <c r="AN265" s="23"/>
+      <c r="AO265" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO265" s="97"/>
-[...8 lines deleted...]
-      <c r="AX265" s="99" t="str">
+      <c r="AP265" s="89"/>
+      <c r="AQ265" s="89"/>
+      <c r="AR265" s="89"/>
+      <c r="AS265" s="89"/>
+      <c r="AT265" s="89"/>
+      <c r="AU265" s="89"/>
+      <c r="AV265" s="89"/>
+      <c r="AW265" s="89"/>
+      <c r="AX265" s="89"/>
+      <c r="AY265" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY265" s="97"/>
-      <c r="AZ265" s="99" t="str">
+      <c r="AZ265" s="89"/>
+      <c r="BA265" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA265" s="97"/>
-[...1 lines deleted...]
-      <c r="BC265" s="99" t="str">
+      <c r="BB265" s="89"/>
+      <c r="BC265" s="89"/>
+      <c r="BD265" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD265" s="97"/>
-[...3 lines deleted...]
-      <c r="BH265" s="99" t="str">
+      <c r="BE265" s="89"/>
+      <c r="BF265" s="89"/>
+      <c r="BG265" s="89"/>
+      <c r="BH265" s="89"/>
+      <c r="BI265" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI265" s="99" t="str">
+      <c r="BJ265" s="91" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="BJ265" s="22"/>
-[...13 lines deleted...]
-    <row r="266" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK265" s="22"/>
+      <c r="BL265" s="92"/>
+      <c r="BM265" s="92"/>
+      <c r="BN265" s="92"/>
+      <c r="BO265" s="92"/>
+      <c r="BP265" s="92"/>
+      <c r="BQ265" s="92"/>
+      <c r="BR265" s="92"/>
+      <c r="BS265" s="92"/>
+      <c r="BT265" s="92"/>
+      <c r="BU265" s="92"/>
+      <c r="BV265" s="92"/>
+      <c r="BW265" s="92"/>
+    </row>
+    <row r="266" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A266" s="22"/>
       <c r="B266" s="21"/>
       <c r="C266" s="22"/>
       <c r="D266" s="22"/>
       <c r="E266" s="22"/>
       <c r="F266" s="21"/>
       <c r="G266" s="22"/>
       <c r="H266" s="22"/>
       <c r="I266" s="23"/>
       <c r="J266" s="23"/>
-      <c r="K266" s="93"/>
-[...2 lines deleted...]
-      <c r="N266" s="95" t="str">
+      <c r="K266" s="85"/>
+      <c r="L266" s="86"/>
+      <c r="M266" s="86"/>
+      <c r="N266" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O266" s="96"/>
-[...1 lines deleted...]
-      <c r="Q266" s="96"/>
+      <c r="O266" s="88"/>
+      <c r="P266" s="88"/>
+      <c r="Q266" s="88"/>
       <c r="R266" s="23"/>
       <c r="S266" s="23"/>
-      <c r="T266" s="97"/>
+      <c r="T266" s="89"/>
       <c r="U266" s="23"/>
       <c r="V266" s="23"/>
-      <c r="W266" s="97"/>
-[...8 lines deleted...]
-      <c r="AF266" s="98" t="str">
+      <c r="W266" s="89"/>
+      <c r="X266" s="89"/>
+      <c r="Y266" s="89"/>
+      <c r="Z266" s="89"/>
+      <c r="AA266" s="89"/>
+      <c r="AB266" s="89"/>
+      <c r="AC266" s="89"/>
+      <c r="AD266" s="89"/>
+      <c r="AE266" s="89"/>
+      <c r="AF266" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG266" s="23"/>
+      <c r="AG266" s="89"/>
       <c r="AH266" s="23"/>
       <c r="AI266" s="23"/>
       <c r="AJ266" s="23"/>
       <c r="AK266" s="23"/>
       <c r="AL266" s="23"/>
       <c r="AM266" s="23"/>
-      <c r="AN266" s="98" t="str">
+      <c r="AN266" s="23"/>
+      <c r="AO266" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO266" s="97"/>
-[...8 lines deleted...]
-      <c r="AX266" s="99" t="str">
+      <c r="AP266" s="89"/>
+      <c r="AQ266" s="89"/>
+      <c r="AR266" s="89"/>
+      <c r="AS266" s="89"/>
+      <c r="AT266" s="89"/>
+      <c r="AU266" s="89"/>
+      <c r="AV266" s="89"/>
+      <c r="AW266" s="89"/>
+      <c r="AX266" s="89"/>
+      <c r="AY266" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY266" s="97"/>
-      <c r="AZ266" s="99" t="str">
+      <c r="AZ266" s="89"/>
+      <c r="BA266" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA266" s="97"/>
-[...1 lines deleted...]
-      <c r="BC266" s="99" t="str">
+      <c r="BB266" s="89"/>
+      <c r="BC266" s="89"/>
+      <c r="BD266" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD266" s="97"/>
-[...3 lines deleted...]
-      <c r="BH266" s="99" t="str">
+      <c r="BE266" s="89"/>
+      <c r="BF266" s="89"/>
+      <c r="BG266" s="89"/>
+      <c r="BH266" s="89"/>
+      <c r="BI266" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI266" s="99" t="str">
+      <c r="BJ266" s="91" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="BJ266" s="22"/>
-[...13 lines deleted...]
-    <row r="267" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK266" s="22"/>
+      <c r="BL266" s="92"/>
+      <c r="BM266" s="92"/>
+      <c r="BN266" s="92"/>
+      <c r="BO266" s="92"/>
+      <c r="BP266" s="92"/>
+      <c r="BQ266" s="92"/>
+      <c r="BR266" s="92"/>
+      <c r="BS266" s="92"/>
+      <c r="BT266" s="92"/>
+      <c r="BU266" s="92"/>
+      <c r="BV266" s="92"/>
+      <c r="BW266" s="92"/>
+    </row>
+    <row r="267" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A267" s="22"/>
       <c r="B267" s="21"/>
       <c r="C267" s="22"/>
       <c r="D267" s="22"/>
       <c r="E267" s="22"/>
       <c r="F267" s="21"/>
       <c r="G267" s="22"/>
       <c r="H267" s="22"/>
       <c r="I267" s="23"/>
       <c r="J267" s="23"/>
-      <c r="K267" s="93"/>
-[...2 lines deleted...]
-      <c r="N267" s="95" t="str">
+      <c r="K267" s="85"/>
+      <c r="L267" s="86"/>
+      <c r="M267" s="86"/>
+      <c r="N267" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O267" s="96"/>
-[...1 lines deleted...]
-      <c r="Q267" s="96"/>
+      <c r="O267" s="88"/>
+      <c r="P267" s="88"/>
+      <c r="Q267" s="88"/>
       <c r="R267" s="23"/>
       <c r="S267" s="23"/>
-      <c r="T267" s="97"/>
+      <c r="T267" s="89"/>
       <c r="U267" s="23"/>
       <c r="V267" s="23"/>
-      <c r="W267" s="97"/>
-[...8 lines deleted...]
-      <c r="AF267" s="98" t="str">
+      <c r="W267" s="89"/>
+      <c r="X267" s="89"/>
+      <c r="Y267" s="89"/>
+      <c r="Z267" s="89"/>
+      <c r="AA267" s="89"/>
+      <c r="AB267" s="89"/>
+      <c r="AC267" s="89"/>
+      <c r="AD267" s="89"/>
+      <c r="AE267" s="89"/>
+      <c r="AF267" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG267" s="23"/>
+      <c r="AG267" s="89"/>
       <c r="AH267" s="23"/>
       <c r="AI267" s="23"/>
       <c r="AJ267" s="23"/>
       <c r="AK267" s="23"/>
       <c r="AL267" s="23"/>
       <c r="AM267" s="23"/>
-      <c r="AN267" s="98" t="str">
+      <c r="AN267" s="23"/>
+      <c r="AO267" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO267" s="97"/>
-[...8 lines deleted...]
-      <c r="AX267" s="99" t="str">
+      <c r="AP267" s="89"/>
+      <c r="AQ267" s="89"/>
+      <c r="AR267" s="89"/>
+      <c r="AS267" s="89"/>
+      <c r="AT267" s="89"/>
+      <c r="AU267" s="89"/>
+      <c r="AV267" s="89"/>
+      <c r="AW267" s="89"/>
+      <c r="AX267" s="89"/>
+      <c r="AY267" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY267" s="97"/>
-      <c r="AZ267" s="99" t="str">
+      <c r="AZ267" s="89"/>
+      <c r="BA267" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA267" s="97"/>
-[...1 lines deleted...]
-      <c r="BC267" s="99" t="str">
+      <c r="BB267" s="89"/>
+      <c r="BC267" s="89"/>
+      <c r="BD267" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD267" s="97"/>
-[...3 lines deleted...]
-      <c r="BH267" s="99" t="str">
+      <c r="BE267" s="89"/>
+      <c r="BF267" s="89"/>
+      <c r="BG267" s="89"/>
+      <c r="BH267" s="89"/>
+      <c r="BI267" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI267" s="99" t="str">
+      <c r="BJ267" s="91" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="BJ267" s="22"/>
-[...13 lines deleted...]
-    <row r="268" spans="1:74" x14ac:dyDescent="0.2">
+      <c r="BK267" s="22"/>
+      <c r="BL267" s="92"/>
+      <c r="BM267" s="92"/>
+      <c r="BN267" s="92"/>
+      <c r="BO267" s="92"/>
+      <c r="BP267" s="92"/>
+      <c r="BQ267" s="92"/>
+      <c r="BR267" s="92"/>
+      <c r="BS267" s="92"/>
+      <c r="BT267" s="92"/>
+      <c r="BU267" s="92"/>
+      <c r="BV267" s="92"/>
+      <c r="BW267" s="92"/>
+    </row>
+    <row r="268" spans="1:75" x14ac:dyDescent="0.35">
       <c r="A268" s="22"/>
       <c r="B268" s="21"/>
       <c r="C268" s="22"/>
       <c r="D268" s="22"/>
       <c r="E268" s="22"/>
       <c r="F268" s="21"/>
       <c r="G268" s="22"/>
       <c r="H268" s="22"/>
       <c r="I268" s="23"/>
       <c r="J268" s="23"/>
-      <c r="K268" s="93"/>
-[...2 lines deleted...]
-      <c r="N268" s="95" t="str">
+      <c r="K268" s="85"/>
+      <c r="L268" s="86"/>
+      <c r="M268" s="86"/>
+      <c r="N268" s="87" t="str">
         <f>IF(OR(Table2[[#This Row],[New Build Percentage]]&lt;&gt;"", Table2[[#This Row],[Condition Works Percentage]]&lt;&gt;"", Table2[[#This Row],[Refurbishment Percentage]]&lt;&gt;""),SUM(Table2[[#This Row],[New Build Percentage]:[Refurbishment Percentage]]), "")</f>
         <v/>
       </c>
-      <c r="O268" s="96"/>
-[...1 lines deleted...]
-      <c r="Q268" s="96"/>
+      <c r="O268" s="88"/>
+      <c r="P268" s="88"/>
+      <c r="Q268" s="88"/>
       <c r="R268" s="23"/>
       <c r="S268" s="23"/>
-      <c r="T268" s="97"/>
+      <c r="T268" s="89"/>
       <c r="U268" s="23"/>
       <c r="V268" s="23"/>
-      <c r="W268" s="97"/>
-[...8 lines deleted...]
-      <c r="AF268" s="98" t="str">
+      <c r="W268" s="89"/>
+      <c r="X268" s="89"/>
+      <c r="Y268" s="89"/>
+      <c r="Z268" s="89"/>
+      <c r="AA268" s="89"/>
+      <c r="AB268" s="89"/>
+      <c r="AC268" s="89"/>
+      <c r="AD268" s="89"/>
+      <c r="AE268" s="89"/>
+      <c r="AF268" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]])&lt;&gt;0, SUM(Table2[[#This Row],[Funding Schools Condition Allocation]:[Funding Other]]), "")</f>
         <v/>
       </c>
-      <c r="AG268" s="23"/>
+      <c r="AG268" s="89"/>
       <c r="AH268" s="23"/>
       <c r="AI268" s="23"/>
       <c r="AJ268" s="23"/>
       <c r="AK268" s="23"/>
       <c r="AL268" s="23"/>
       <c r="AM268" s="23"/>
-      <c r="AN268" s="98" t="str">
+      <c r="AN268" s="23"/>
+      <c r="AO268" s="90" t="str">
         <f>IF(SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]])&lt;&gt;0, SUM(Table2[[#This Row],[Places Additional Mainstream 6th Form]:[Places Re-Provided SEN]]), "")</f>
         <v/>
       </c>
-      <c r="AO268" s="97"/>
-[...8 lines deleted...]
-      <c r="AX268" s="99" t="str">
+      <c r="AP268" s="89"/>
+      <c r="AQ268" s="89"/>
+      <c r="AR268" s="89"/>
+      <c r="AS268" s="89"/>
+      <c r="AT268" s="89"/>
+      <c r="AU268" s="89"/>
+      <c r="AV268" s="89"/>
+      <c r="AW268" s="89"/>
+      <c r="AX268" s="89"/>
+      <c r="AY268" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Substructure Total]:[Prefabricated Buildings And Building Units Total]]), "")</f>
         <v/>
       </c>
-      <c r="AY268" s="97"/>
-      <c r="AZ268" s="99" t="str">
+      <c r="AZ268" s="89"/>
+      <c r="BA268" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]])&lt;&gt;0, SUM(Table2[[#This Row],[(Building Works Total)]:[External Works Total]]), "")</f>
         <v/>
       </c>
-      <c r="BA268" s="97"/>
-[...1 lines deleted...]
-      <c r="BC268" s="99" t="str">
+      <c r="BB268" s="89"/>
+      <c r="BC268" s="89"/>
+      <c r="BD268" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]])&lt;&gt;0, SUM(Table2[[#This Row],[Main Contractor’s Preliminaries Total]:[Main Contractor’s Overheads and Profit Total]]), "")</f>
         <v/>
       </c>
-      <c r="BD268" s="97"/>
-[...3 lines deleted...]
-      <c r="BH268" s="99" t="str">
+      <c r="BE268" s="89"/>
+      <c r="BF268" s="89"/>
+      <c r="BG268" s="89"/>
+      <c r="BH268" s="89"/>
+      <c r="BI268" s="91" t="str">
         <f>IF(SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]])&lt;&gt;0, SUM(Table2[[#This Row],[Project/Design Team Fees Total]:[Abnormals (included above where applicable)]]), "")</f>
         <v/>
       </c>
-      <c r="BI268" s="99" t="str">
+      <c r="BJ268" s="91" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="BJ268" s="22"/>
-[...11 lines deleted...]
-      <c r="BV268" s="100"/>
+      <c r="BK268" s="22"/>
+      <c r="BL268" s="92"/>
+      <c r="BM268" s="92"/>
+      <c r="BN268" s="92"/>
+      <c r="BO268" s="92"/>
+      <c r="BP268" s="92"/>
+      <c r="BQ268" s="92"/>
+      <c r="BR268" s="92"/>
+      <c r="BS268" s="92"/>
+      <c r="BT268" s="92"/>
+      <c r="BU268" s="92"/>
+      <c r="BV268" s="92"/>
+      <c r="BW268" s="92"/>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <conditionalFormatting sqref="C2:E268 O2:S268">
-    <cfRule type="expression" dxfId="9" priority="11">
-      <formula>AND(OR($A2:$BW2&lt;&gt;""), C2="")</formula>
+    <cfRule type="expression" dxfId="10" priority="13">
+      <formula>AND(OR($A2:$BX2&lt;&gt;""), C2="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G2:J268 U2:U268">
-    <cfRule type="expression" dxfId="8" priority="14">
-      <formula>AND(OR($A2:$BW2&lt;&gt;""), G2="", OR($D2="Add places", $D2="Condition and additional places"))</formula>
+    <cfRule type="expression" dxfId="9" priority="16">
+      <formula>AND(OR($A2:$BX2&lt;&gt;""), G2="", OR($D2="Add places", $D2="Condition and additional places"))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N2:N268">
-    <cfRule type="expression" dxfId="7" priority="8">
+    <cfRule type="expression" dxfId="8" priority="10">
       <formula>AND(N2&lt;&gt;"", N2&lt;&gt;1)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="V2:V268 BJ2:BV268">
-    <cfRule type="expression" dxfId="6" priority="9">
+  <conditionalFormatting sqref="V2:V268">
+    <cfRule type="expression" dxfId="7" priority="18">
+      <formula>AND(OR($A2:$BX2&lt;&gt;""), V2="", OR($D2="Address condition", $D2="Condition and additional places"))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="W2:W268 Y2:Y268 AG2:AG268">
+    <cfRule type="expression" dxfId="6" priority="19">
+      <formula>AND(OR($A2:$BX2&lt;&gt;""), OR($AF2=0,$AF2=""))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AH2:AN268">
+    <cfRule type="expression" dxfId="5" priority="21">
+      <formula>AND(OR($A2:$BX2&lt;&gt;""), OR($AO2="", $AO2=0), OR($D2="Add places", $D2="Condition and additional places"))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AH2:BJ268 F2:I268 K2:M268 T2:U268">
+    <cfRule type="expression" dxfId="4" priority="12">
+      <formula>$D2="Address condition"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AP1:AX1048576 AZ1:AZ1048576 BB1:BC1048576 BE1:BH1048576">
+    <cfRule type="expression" dxfId="3" priority="3">
+      <formula>AND(AP1 = "", OR($D1 = "Add places", $D1 = "Condition and additional places"))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="BK2:BW268 V2:V268">
+    <cfRule type="expression" dxfId="2" priority="11">
       <formula>$D2="Add places"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="V2:V268">
-[...15 lines deleted...]
-    <cfRule type="expression" dxfId="2" priority="10">
+  <conditionalFormatting sqref="BK2:BW268">
+    <cfRule type="expression" dxfId="1" priority="1">
       <formula>$D2="Address condition"</formula>
     </cfRule>
-  </conditionalFormatting>
-[...6 lines deleted...]
-    <cfRule type="expression" dxfId="0" priority="7">
+    <cfRule type="expression" dxfId="0" priority="9">
       <formula>$D2="Condition and additional places"</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations xWindow="1116" yWindow="367" count="17">
+  <dataValidations xWindow="1116" yWindow="367" count="18">
     <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Length Exceeded" error="This value must be less than or equal to 669 characters long." promptTitle="Text" prompt="Maximum Length: 669 characters." sqref="A2:A268" xr:uid="{B1B81C13-A539-45B8-91F3-DF65AC4B9D60}">
       <formula1>669</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Length Exceeded" error="This value must be less than or equal to 1000 characters long." promptTitle="Text" prompt="Maximum Length: 1000 characters." sqref="C2:C268" xr:uid="{C5E0FB8C-0426-446B-A458-8B75E8B82945}">
       <formula1>1000</formula1>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Not a whole number" error="Data is not a whole number." promptTitle="URN" prompt="Whole number" sqref="B2:B268" xr:uid="{348136A8-A28E-4A8E-A82C-F97D48498B80}">
       <formula1>0</formula1>
       <formula2>9999999999</formula2>
     </dataValidation>
-    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="Value must be date between 01/04/2024 and 31/03/2025" promptTitle="Date" prompt="Enter date in dd/mm/yyyy format. Please only enter projects for this financial year (i.e. completed between 01/04/2024 and 31/03/2025)" sqref="Q2:Q268" xr:uid="{E5EB6447-0858-49AB-810A-E3A57E6A050B}">
-[...2 lines deleted...]
-    </dataValidation>
     <dataValidation type="custom" operator="greaterThan" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="Data not required (if grey), or not a positive number." promptTitle="Number" prompt="Please enter cost as numeric value higher than 0" sqref="T2:T268" xr:uid="{B3406718-7667-435B-BA6F-5CA84EEBD7F0}">
       <formula1>IF($D2&lt;&gt;"Address condition",  ISNUMBER(T2), T2&gt;=0)</formula1>
     </dataValidation>
-    <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="Data not required (if grey), or not a positive whole number." promptTitle="Whole number" prompt="Please enter a whole number" sqref="AG2:AM268" xr:uid="{4B87FA2F-D713-4163-BA73-84C4F7A1ADC1}">
-      <formula1>AND($D2&lt;&gt;"Address condition",  MOD(AG2,1)=0, AG2&gt;=0, AG2&lt;10000000)</formula1>
+    <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="Data not required (if grey), or not a positive whole number." promptTitle="Whole number" prompt="Please enter a whole number" sqref="AH2:AN268" xr:uid="{4B87FA2F-D713-4163-BA73-84C4F7A1ADC1}">
+      <formula1>AND($D2&lt;&gt;"Address condition",  MOD(AH2,1)=0, AH2&gt;=0, AH2&lt;10000000)</formula1>
     </dataValidation>
-    <dataValidation type="custom" operator="greaterThan" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="Data not required (if grey), or not a positive number." promptTitle="Number" prompt="Please enter a positive number (GBP)" sqref="AY2:AY268 AO2:AW268 BA2:BB268 BD2:BG268" xr:uid="{B554FB28-E5FD-490E-8C74-E71AC8AC3D8B}">
-      <formula1>AND($D2&lt;&gt;"Address condition",  ISNUMBER(AO2), AO2&gt;=0)</formula1>
+    <dataValidation type="custom" operator="greaterThan" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="Data not required (if grey), or not a positive number." promptTitle="Number" prompt="Please enter a positive number (GBP)" sqref="AZ2:AZ268 AP2:AX268 BB2:BC268 BE2:BH268" xr:uid="{B554FB28-E5FD-490E-8C74-E71AC8AC3D8B}">
+      <formula1>AND($D2&lt;&gt;"Address condition",  ISNUMBER(AP2), AP2&gt;=0)</formula1>
     </dataValidation>
-    <dataValidation type="custom" operator="greaterThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="Data not required or less then 4 characters" promptTitle="4-letter CDC reference" prompt="Please enter the 4-letter CDC reference._x000a_(e.g., EFAA)" sqref="BJ2:BJ268" xr:uid="{8CC5D3E9-73B0-45C8-B283-6D7AFC0D9827}">
-      <formula1>AND(ISTEXT(BJ2), LEN(BJ2) &gt;3,  D2="Address condition")</formula1>
+    <dataValidation type="custom" operator="greaterThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="Data not required or less then 4 characters" promptTitle="4-letter CDC reference" prompt="Please enter the 4-letter CDC reference._x000a_(e.g., EFAA)" sqref="BK2:BK268" xr:uid="{8CC5D3E9-73B0-45C8-B283-6D7AFC0D9827}">
+      <formula1>AND(ISTEXT(BK2), LEN(BK2) &gt;3,  D2="Address condition")</formula1>
     </dataValidation>
-    <dataValidation type="custom" operator="greaterThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="Data not required or not a positive number" promptTitle="Number" prompt="Please enter a positive number (GBP)" sqref="BK2:BV268" xr:uid="{FEA4E3CF-73DE-4C8C-A882-7B2523647302}">
-      <formula1>AND(ISNUMBER(BK2), BK2&gt;=0, $D2="Address condition")</formula1>
+    <dataValidation type="custom" operator="greaterThanOrEqual" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="Data not required or not a positive number" promptTitle="Number" prompt="Please enter a positive number (GBP)" sqref="BL2:BW268" xr:uid="{FEA4E3CF-73DE-4C8C-A882-7B2523647302}">
+      <formula1>AND(ISNUMBER(BL2), BL2&gt;=0, $D2="Address condition")</formula1>
     </dataValidation>
     <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="Data not required (if grey), or the code must be a 7-digit number" promptTitle="Pupil Place Planning Area Code" prompt="Please enter the 7 digit Pupil Place Planning Area Code" sqref="F2:F268" xr:uid="{9631F09F-BF6D-4B80-90FE-95A86C1D57F0}">
       <formula1>AND($D2&lt;&gt;"Address condition",  MOD($F2,1)=0, $F2&gt;999999, $F2&lt;10000000)</formula1>
     </dataValidation>
     <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="Data not required (if grey), or not a whole number" promptTitle="Number" prompt="Please enter number of pupils" sqref="I2:I268" xr:uid="{2800863A-6A48-48E5-AD08-45CC6569A4BA}">
       <formula1>AND($D2&lt;&gt;"Address condition",  MOD(I2,1)=0, I2&gt;0, I2&lt;10000000)</formula1>
     </dataValidation>
     <dataValidation type="decimal" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="This value must be a number" promptTitle="Number" prompt="Please enter GIFA as a number (in m2)" sqref="J3:J268" xr:uid="{D6CDCE15-CEC5-4EDF-BE3B-BC4B059A03A4}">
       <formula1>0</formula1>
       <formula2>10000000</formula2>
     </dataValidation>
     <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" errorTitle="Value beyond range" error="New Build Percentage must be a number from 0 through 100." promptTitle="Whole number" prompt="Minimum Value: 0._x000d__x000a_Maximum Value: 100._x000d__x000a_  " sqref="K256:K268" xr:uid="{4FB0651B-371D-4EC2-9379-C8ED3FDC42D9}">
       <formula1>AND($D256&lt;&gt;"Address condition",  ISNUMBER(K256), K256&gt;0, K256&lt;=1)</formula1>
     </dataValidation>
     <dataValidation type="decimal" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="This value must be a number" promptTitle="Number" prompt="Please enter GIFA as a number (in m²)" sqref="J2" xr:uid="{97A0DB7D-5401-4261-A544-4FD1F18B2B83}">
       <formula1>0</formula1>
       <formula2>10000000</formula2>
     </dataValidation>
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Not a positive number" error="Data entered is not a positive number" promptTitle="Funding" prompt="Please enter a positive number (GBP)" sqref="W2:AD268" xr:uid="{28023366-650C-4886-96F6-027BD940CF65}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="date" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="O2:P268" xr:uid="{4D9AD0A6-FBE6-4FF0-A1A9-7B43DCDC2EF2}">
       <formula1>1</formula1>
     </dataValidation>
     <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" errorTitle="Value beyond range" error="New Build Percentage must be a number from 0 through 100." promptTitle="Whole number" prompt="Minimum Value: 0._x000d__x000a_Maximum Value: 100._x000d__x000a_  " sqref="K2:K255 L2:M268" xr:uid="{5B85EED3-DCA1-45F5-8F0D-E834146BFB4F}">
       <formula1>AND($D2&lt;&gt;"Address condition",  ISNUMBER(K2), K2&gt;=0, K2&lt;=1)</formula1>
     </dataValidation>
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid data" error="Value must be date between 01/04/2025 and 31/03/2026" promptTitle="Date" prompt="Enter date in dd/mm/yyyy format. Please only enter projects for this financial year (i.e. completed between 01/04/2025 and 31/03/2026)" sqref="Q2:Q268" xr:uid="{AB985E2C-097D-4658-922B-B096D8FA3844}">
+      <formula1>45748</formula1>
+      <formula2>46112</formula2>
+    </dataValidation>
+    <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Not a positive number" error="Data entered is not a positive number" promptTitle="Positive Number" prompt="Please enter a positive number (GBP)" sqref="AG2:AG268" xr:uid="{3456F682-7254-46D5-ABB9-342C66569A65}">
+      <formula1>0</formula1>
+    </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
-    <tablePart r:id="rId1"/>
+    <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xWindow="1116" yWindow="367" count="7">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{DB8DE985-F0E3-4404-B718-AF35D604FE24}">
           <x14:formula1>
             <xm:f>LookupTable!$A$2:$A$4</xm:f>
           </x14:formula1>
           <xm:sqref>D2:D268</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A8335110-F684-4045-8FA7-ADB306A3E106}">
           <x14:formula1>
             <xm:f>IF($D2&lt;&gt;"Address condition", LookupTable!$C$2:$C$4, LookupTable!$H$2)</xm:f>
           </x14:formula1>
           <xm:sqref>G2:G268</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{DE1DB992-3814-4B62-A6BA-93222C777962}">
           <x14:formula1>
             <xm:f>IF($D2&lt;&gt;"Address condition", LookupTable!$G$2:$G$6, LookupTable!$H$2)</xm:f>
           </x14:formula1>
           <xm:sqref>U2:U268</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E7366403-4A50-44AA-84FB-7B85B79CA021}">
           <x14:formula1>
             <xm:f>IF($D2&lt;&gt;"Address condition", LookupTable!$D$2:$D$4, LookupTable!$H$2)</xm:f>
           </x14:formula1>
           <xm:sqref>H2:H268</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{4092BAF1-9837-41AA-A750-6F676E2518D0}">
           <x14:formula1>
             <xm:f>IF( $D2="Add places", LookupTable!$B$2:$B$5, IF($D2="Address condition", LookupTable!$B$6:$B$8, IF($D2 = "Condition and additional places", LookupTable!$B$2:$B$8, LookupTable!$H$2)))</xm:f>
           </x14:formula1>
           <xm:sqref>E2:E268</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{569D61C2-C484-4342-BA9B-3AD048DCDD95}">
           <x14:formula1>
             <xm:f>LookupTable!$E$2:$E$4</xm:f>
           </x14:formula1>
           <xm:sqref>R2:S268</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{667D10A9-6E99-4752-BC1B-3877EBBC35FF}">
           <x14:formula1>
             <xm:f>IF($D2&lt;&gt;"Add places", LookupTable!$F$2:$F$9,  LookupTable!$H$2)</xm:f>
           </x14:formula1>
-          <xm:sqref>V3:V268 V2</xm:sqref>
+          <xm:sqref>V2:V268</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E34F47E-7176-4353-95DF-3C4E78B95051}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D2" sqref="D2"/>
+      <selection activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="15.33203125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="9.21875" customWidth="1"/>
+    <col min="1" max="1" width="15.3046875" customWidth="1"/>
+    <col min="7" max="7" width="30.4609375" customWidth="1"/>
+    <col min="8" max="8" width="9.23046875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>11</v>
       </c>
       <c r="B1" t="s">
         <v>13</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>162</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>165</v>
       </c>
       <c r="H1" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="42.75" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:8" ht="42" x14ac:dyDescent="0.35">
       <c r="A2" s="1" t="s">
         <v>167</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C2" t="s">
+        <v>201</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="E2" t="s">
         <v>169</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="F2" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="F2" s="3" t="s">
+    </row>
+    <row r="3" spans="1:8" ht="42" x14ac:dyDescent="0.35">
+      <c r="A3" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="G2" s="5" t="s">
+      <c r="B3" s="1" t="s">
         <v>173</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="1" t="s">
+      <c r="C3" t="s">
+        <v>202</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="E3" t="s">
         <v>174</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="F3" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="C3" t="s">
+      <c r="G3" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="D3" s="1" t="s">
+    </row>
+    <row r="4" spans="1:8" ht="42" x14ac:dyDescent="0.35">
+      <c r="A4" s="11" t="s">
         <v>177</v>
       </c>
-      <c r="E3" t="s">
+      <c r="B4" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="C4" t="s">
         <v>179</v>
       </c>
-      <c r="G3" s="5" t="s">
+      <c r="D4" s="1" t="s">
         <v>180</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="11" t="s">
+      <c r="E4" s="7" t="s">
         <v>181</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="F4" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="C4" t="s">
+      <c r="G4" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="D4" s="1" t="s">
+    </row>
+    <row r="5" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+      <c r="B5" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="E4" s="7" t="s">
+      <c r="F5" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G5" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="G4" s="5" t="s">
+    </row>
+    <row r="6" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+      <c r="B6" s="1" t="s">
         <v>187</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B5" s="1" t="s">
+      <c r="F6" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G6" s="10" t="s">
         <v>189</v>
       </c>
-      <c r="G5" s="5" t="s">
+    </row>
+    <row r="7" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+      <c r="B7" s="1" t="s">
         <v>190</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="1" t="s">
+      <c r="F7" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="F6" s="3" t="s">
+    </row>
+    <row r="8" spans="1:8" ht="42" x14ac:dyDescent="0.35">
+      <c r="B8" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="G6" s="10" t="s">
+      <c r="F8" s="3" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="7" spans="1:8" ht="28.5" x14ac:dyDescent="0.2">
-      <c r="B7" s="1" t="s">
+    <row r="9" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+      <c r="F9" s="3" t="s">
         <v>194</v>
-      </c>
-[...14 lines deleted...]
-        <v>198</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="3">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>